--- v0 (2025-10-10)
+++ v1 (2025-12-20)
@@ -1,26903 +1,8949 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33E63">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">"Психологиялық-педагогикалық қолдау саласындағы жергілікті атқарушы органдар көрсететін мемлекеттік </w:t>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F29CC92" wp14:editId="3199E651">
+            <wp:extent cx="2057400" cy="571500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Рисунок 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2057400" cy="571500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении правил оказания государственных услуг в сфере психолого-педагогической поддержки, оказываемых местными исполнительными органами"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приказ Министра образования и науки Республики Казахстан от 27 мая 2020 года № 223. Зарегистрирован в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Министерстве юстиции Республики Казахстан 28 мая 2020 года № 20744.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z4"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В соответствии с подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z5"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Утвердить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z6"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) правила оказания го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сударственной услуги "Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями" </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A33E63">
-[...8 lines deleted...]
-        <w:t>к</w:t>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно приложения</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A33E63">
-[...8 lines deleted...]
-        <w:t>өрсетілетін қызметтерді көрсету тәртібін бекіту туралы"</w:t>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33E63">
-[...8 lines deleted...]
-        <w:t>Қазақстан Республикасы</w:t>
+      <w:bookmarkStart w:id="3" w:name="z7"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) правила оказания государственной услуги "Реабилитация и социальн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ая адаптация детей и подростков с проблемами в развитии" </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A33E63">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Б</w:t>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно приложения</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A33E63">
-[...8 lines deleted...]
-        <w:t>ілім және ғылым министрінің 2020 жылғы 27 мамырдағы № 223 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 28 мамырда № 20744 болып тіркелді.</w:t>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33E63">
-[...8 lines deleted...]
-        <w:t>      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасыны</w:t>
+      <w:bookmarkStart w:id="4" w:name="z8"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) правила оказания государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состояни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ю здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A33E63">
-[...8 lines deleted...]
-        <w:t>ң З</w:t>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно приложения</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A33E63">
-[...33 lines deleted...]
-        <w:t> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33E63">
-[...8 lines deleted...]
-        <w:t>      1. Қоса берілі</w:t>
+      <w:bookmarkStart w:id="5" w:name="z9"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) правила оказания государственной услуги "Прием документов и зачисление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в специальные организации образования детей с ограниченными возможностями для </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A33E63">
-[...8 lines deleted...]
-        <w:t>п</w:t>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A33E63">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> отырған:</w:t>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по специальным общеобразовательным учебным программам" согласно приложения 4 к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33E63">
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік </w:t>
+      <w:bookmarkStart w:id="6" w:name="z10"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Признать утратившими силу некоторые приказы Министра образо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вания и науки Республики Казахстан согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>настоящему</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>приказу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z11"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">чить: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z12"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z13"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) размещение настоящего приказа на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства образования и науки Республики Казахстан после его официального опубликовани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z14"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мероприятий, предусмотренных подпунктами 1), 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z15"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Контроль за исполнением настоящего приказа возложить </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A33E63">
-[...8 lines deleted...]
-        <w:t>к</w:t>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A33E63">
-[...8 lines deleted...]
-        <w:t>өрсетілетін қызметті көрсету қағидалары;</w:t>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>курирующего</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вице-министра образования и науки Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33E63">
-[...550 lines deleted...]
-        <w:t>қа енгізіледі.</w:t>
+      <w:bookmarkStart w:id="12" w:name="z16"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Настоящий приказ вводится в действие по истечен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ии десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10990" w:type="dxa"/>
-[...3 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6312"/>
-        <w:gridCol w:w="4678"/>
+        <w:gridCol w:w="5817"/>
+        <w:gridCol w:w="3705"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidTr="00A33E63">
+      <w:tr w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidTr="00923AC0">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6312" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5817" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+          <w:bookmarkEnd w:id="12"/>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A33E63">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
                 <w:i/>
-                <w:iCs/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
                 <w:i/>
-                <w:iCs/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министр образования и науки </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
                 <w:i/>
-                <w:iCs/>
-[...19 lines deleted...]
-              <w:t>ілім және ғылым министрі</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3705" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A33E63">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
                 <w:i/>
-                <w:iCs/>
-[...6 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">А. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Аймагамбетов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z97"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z115"/>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="0076553C" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z215"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10280" w:type="dxa"/>
-[...3 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5320"/>
-        <w:gridCol w:w="4960"/>
+        <w:gridCol w:w="5954"/>
+        <w:gridCol w:w="3823"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidTr="00A33E63">
+      <w:tr w:rsidR="0076553C" w:rsidRPr="00923AC0">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5320" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+          <w:bookmarkEnd w:id="15"/>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A33E63">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4960" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="z14"/>
-[...16 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3 к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>Б</w:t>
-[...16 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>2020 жылғы 27 мамырдағы</w:t>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>№ 223 бұйрығына</w:t>
-[...9 lines deleted...]
-              <w:t>1-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 27 мая 2020 года № 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33E63">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">"Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік </w:t>
+      <w:bookmarkStart w:id="16" w:name="z217"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Правила оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ния" (далее – Правила)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z218"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z219"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A33E63">
-[...7 lines deleted...]
-        <w:t>к</w:t>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящие Правила оказания государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>т посещать организации начального, основного среднего, общего среднего образования" (далее – Правила) разработаны в соответствии с подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее – Закон) и опре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>деляют порядок ее</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A33E63">
-[...7 lines deleted...]
-        <w:t>өрсетілетін қызмет қағидасы (бұдан әрі – Қағида)</w:t>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставления.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33E63">
-[...7 lines deleted...]
-        <w:t>1. Жалпы ережелер</w:t>
+      <w:bookmarkStart w:id="19" w:name="z220"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В настоящих Правилах используется следующее понятие:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33E63">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">      1. "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік </w:t>
+      <w:bookmarkStart w:id="20" w:name="z221"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) стандарт государственной услуги – перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и результат, а также иные сведения с учетом особенностей предоставления государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z222"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Государственная услуга "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лительного времени не могут посещать организации начального, основного среднего, общего среднего образования" (далее – государственная услуга) оказывается организациями начального, основного среднего, общего среднего образования (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z223"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z224"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Для получения государственной услуги физическое лицо (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) представляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, либо через – веб-портал "электронного правительства" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (да</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лее – портал) пакет документов согласно приложению 1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z225"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При предоставлении пакета документов через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принимает заявление и пакет документов и передает документы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководителю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>годателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Сотрудником канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о приеме документов (в произвольной форме) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z226"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При предоставлении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно приложению 2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z227"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. При обращении через веб-портал "электронного правительства" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет выбор электронной государ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ственной услуги в разделе "Образование", заполнение полей электронного запроса и прикрепление пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z228"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течени</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A33E63">
-[...8 lines deleted...]
-        <w:t>к</w:t>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A33E63">
-[...33 lines deleted...]
-        <w:t> 1) тармақшасына сәйкес әзірленді және оны қалыптастыру тәртібін анықтайды.</w:t>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> двух рабочих дней осуществляет обработку (проверку, регистрацию) электронного запроса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и направля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ет в "личный кабинет" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на портале уведомление о приеме документов согласно приложению 3 к настоящим Правилам либо готовит мотивированный ответ о дальнейшем рассмотрении заявления по форме согласно приложению 2 к настоящим Правилам и направл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>яет в "личный кабинет" портала.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33E63">
-[...9 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z229"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Истребование от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z230"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Документы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассматриваются руководителем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для определения класса,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языка обучения. Руководитель после рассмотрения передает документы специалистам для организации индивидуального бесплатного обучения на дому ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z231"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формирует приказ о зачислении на индивидуальное бесплатное обучение на дому.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z232"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A33E63">
-[...1062 lines deleted...]
-        <w:t>мемлекеттік қызметтер көрсету мониторингісінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 статьи 5 Закона.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33E63">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">3. </w:t>
+      <w:bookmarkStart w:id="32" w:name="z233"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Порядок обжалования решений, де</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йствий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в местные исполнительные органы, города республиканского значения и столицы, района (города областного значения), и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z234"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Жалоба на решение, действий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг может быть подана на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в уполномоченный орган по оценке и </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A33E63">
-[...7 lines deleted...]
-        <w:t>Республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органдарына көрсетілетін мемлекеттік қызметті берушінің және (немесе) оның мемлекеттік қызмет көрсету мәселелері бойынша лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, в соответствии с законодательством Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33E63">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">      14. </w:t>
+      <w:bookmarkStart w:id="34" w:name="z235"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес непосредственно оказывающего государственную услугу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, в соответствии с пунктом 2 статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>яти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z236"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A33E63">
-[...8 lines deleted...]
-        <w:t>Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым Қазақстан Республикасының заңнамасына сәйкес көрсетілетін қызметті беруші басшысының атына, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган</w:t>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A33E63">
-[...8 lines deleted...]
-        <w:t>ға берілуі мүмкін.</w:t>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистраци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33E63">
-[...179 lines deleted...]
-        <w:t>қа жүгінуге құқылы.</w:t>
+      <w:bookmarkStart w:id="36" w:name="z237"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. В случаях несогласия с результатами оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вправе обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9713" w:type="dxa"/>
-[...3 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4753"/>
-        <w:gridCol w:w="4960"/>
+        <w:gridCol w:w="495"/>
+        <w:gridCol w:w="2662"/>
+        <w:gridCol w:w="2665"/>
+        <w:gridCol w:w="3915"/>
+        <w:gridCol w:w="40"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidTr="00A33E63">
+      <w:tr w:rsidR="0076553C" w:rsidRPr="00923AC0">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4753" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+          <w:bookmarkEnd w:id="36"/>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A33E63">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4960" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z35"/>
-[...15 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>балаларды психологиялық-</w:t>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>медициналық-педагогикалық</w:t>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов для организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>тексеру және оларға</w:t>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">индивидуального бесплатного обучения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>консультациялық</w:t>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на дому детей, которые по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>көмек көрсету" мемлекеттік</w:t>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">состоянию здоровья в течение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>длительного времени не могут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">посещать организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">начального, основного среднего, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общего среднего образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0076553C" w:rsidRPr="00923AC0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Стандарт гос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ударственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0076553C" w:rsidRPr="00923AC0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Организации начального, основного среднего и общего среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0076553C" w:rsidRPr="00923AC0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Способы предоставления государственной услуги (каналы доступа) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="37" w:name="z239"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>–Организации начального, основного среднего и общего среднего образования;</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00A33E63">
-[...6 lines deleted...]
-              <w:t>к</w:t>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00A33E63">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">веб-портал "электронного правительства": </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="37"/>
+      </w:tr>
+      <w:tr w:rsidR="0076553C" w:rsidRPr="00923AC0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="38" w:name="z240"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Срок оказания – 2 рабочих дней. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>1-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Максимально допустимое время ожидания для сдачи пакета документов – не более 15 (пятнадцать) минут.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Максимально</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>допустимое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>врем</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обслуживания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 15 (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пятнадцать</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>минут</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="38"/>
+      </w:tr>
+      <w:tr w:rsidR="0076553C" w:rsidRPr="00923AC0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма оказания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="39" w:name="z242"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>частично</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автоматизированная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бумажная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="39"/>
+      </w:tr>
+      <w:tr w:rsidR="0076553C" w:rsidRPr="00923AC0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="40" w:name="z243"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Результат оказания государственной услуги: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) расписка о приеме документов (в произвольной форме);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) приказ о зачислении на индивидуальное бесплатное обучение на дому.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>На портале результат оказания гос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ударственной услуги направляется и хранится в "личном кабинете" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в форме электронного документа.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="40"/>
+      </w:tr>
+      <w:tr w:rsidR="0076553C" w:rsidRPr="00923AC0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственная услуга оказывается бесплатно физическим лицам.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0076553C" w:rsidRPr="00923AC0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>График</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="41" w:name="z247"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: с понедельника по субботу включительно, кроме выходных и праздничных дней, с 9.00 часов до 18.30 часов с перерывом на обед </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с 13.00 до 14.30 часов, согласно Трудовому кодексу Республики Казахстан.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предварительная запись и ускоренное обслуживание не </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>предусмотрены</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Каз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ахстан и статьи 5 Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан" прием заявок и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуг</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и размещены на: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) портале </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="41"/>
+      </w:tr>
+      <w:tr w:rsidR="0076553C" w:rsidRPr="00923AC0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Перечень документов необходимых для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="42" w:name="z253"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление (в произвольной форме);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) заключение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>врачебно-консультационной комиссии с рекомендацией по обучению на дому.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> через портал:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление (в произвольной форме);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) заключение врачебно-консультационной комиссии с рекомендацией по обучению на дому.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>И</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">стребование от </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получает согласие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационн</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ых системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="42"/>
+      </w:tr>
+      <w:tr w:rsidR="0076553C" w:rsidRPr="00923AC0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В случае предоставления </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>елем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия для получения государственной услуги </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отказывает в оказании государственной услуги и выдает уведомление об отказе в приеме документов по форме согласно приложению </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>настоящим</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>правилам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0076553C" w:rsidRPr="00923AC0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="43" w:name="z260"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по вопросам оказания государственных услуг. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные телефоны справочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по вопросам оказан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ия государственной услуги размещены на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения гос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ударственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, сп</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">равочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, а также Единого </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "1414", 8-800-080-7777.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредств</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ом зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="43"/>
+      </w:tr>
+      <w:tr w:rsidR="0076553C" w:rsidRPr="00923AC0">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания государственн</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ой услуги </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов для организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">индивидуального бесплатного обучения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на дому детей, которые по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">состоянию здоровья в течение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>длительного времени не могут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">посещать организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">начального, основного среднего, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общего среднего образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0076553C" w:rsidRPr="00923AC0">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0076553C" w:rsidRPr="00923AC0">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Фамилия, имя, отчество </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>либо наименование организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) ________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(адрес </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33E63">
-[...32 lines deleted...]
-        <w:t>ға алдын ала жазу журналы</w:t>
+      <w:bookmarkStart w:id="44" w:name="z267"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Наименование ГО]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z268"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уведомление об отказе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z269"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уважаемый: [ФИО школьника]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z270"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документы для зачисления в [Наименование организации образования], в [класс, язык обучения] НЕ ПРИНЯТЫ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z271"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Причина_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z272"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для разъяснения просим обратиться в приемную комиссию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наименование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z273"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
-[...9 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1615"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2093"/>
+        <w:gridCol w:w="5867"/>
+        <w:gridCol w:w="3910"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidTr="00A33E63">
+      <w:tr w:rsidR="0076553C" w:rsidRPr="00923AC0">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="776" w:type="pct"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+          <w:bookmarkEnd w:id="50"/>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A33E63">
-[...20 lines deleted...]
-              <w:t>Дата обследования</w:t>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="811" w:type="pct"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A33E63">
-[...41 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>Время обследования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания гос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ударственной услуги </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов для организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">индивидуального бесплатного обучения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на дому детей, которые по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">состоянию здоровья в течение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>длительного времени не могут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">посещать организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">начального, основного среднего, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общего среднего образ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z275"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Наименование ГО]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z276"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уведомление о приеме документов и зачислении в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [наименование организации образования]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z277"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Уважаемый: [ФИО школьника]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z278"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документы в [Наименование организации образования] приняты. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Вы зачислены в [класс, литера, язык обучения], согласно Приказу № [номер приказа] от [дата].</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z279"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Просим Вас подойти в [Наименование школы] ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z280"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="0076553C" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z347"/>
+      <w:bookmarkEnd w:id="56"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5954"/>
+        <w:gridCol w:w="3823"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0076553C" w:rsidRPr="00923AC0">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="57"/>
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1283" w:type="pct"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+          <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A33E63">
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 5 к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>ФИО ребенк</w:t>
-[...77 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>ЖСН</w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>ИИН ребенка</w:t>
-[...146 lines deleted...]
-              <w:t>Жүктеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923AC0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 27 мая 2020 года № 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z349"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень, утративших силу некоторых приказов Министра образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z350"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 174 "Об утверждении стандартов государственных услуг в сфере специаль</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ного образования, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>11047, опубликован в информационно-правовой системе нормативных правовых актов Рес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>публики Казахстан "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" 22 мая 2015 года).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z351"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 13 сентября 2018 года № 462 "О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 8 апреля 2015 г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ода № 174 "Об утверждении стандартов государственных услуг в сфере специального образования, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 125325,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> опубликован в информационно-правовой</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> системе нормативных правовых актов Республики Казахстан "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" 25 октября 2018 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z352"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 14 марта 2017 года № 120 "Об утверждении стандарта государст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>венной услуги "Выдача направления детям с ограниченными возможностями в специальные коррекционные и другие организации для получения медицинских, специальных образовательных и специальных социальных услуг" (зарегистрирован в Реестре государственной регистр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ации нормативных правовых актов Республики Казахстан под № 113285, опубликован в информационно-правовой системе нормативных правовых актов Республики Казахстан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" 17 июля 2017 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>© 2012. РГП на ПХВ «Институт законодательства и правовой информа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923AC0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ции Республики Казахстан» Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00923AC0" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...199 lines deleted...]
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="00923AC0" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...2955 lines deleted...]
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="00923AC0" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...186 lines deleted...]
-    <w:p w:rsidR="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="00923AC0" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...2134 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...186 lines deleted...]
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="00923AC0" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...2173 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...2443 lines deleted...]
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="00923AC0" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...166 lines deleted...]
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="00923AC0" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...3485 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...2381 lines deleted...]
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="00923AC0" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...289 lines deleted...]
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="00923AC0" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...2477 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...2465 lines deleted...]
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="00923AC0" w:rsidRPr="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...278 lines deleted...]
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33E63">
-[...22 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="00923AC0" w:rsidRDefault="00923AC0" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33E63">
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
+    <w:p w:rsidR="0076553C" w:rsidRPr="00923AC0" w:rsidRDefault="0076553C" w:rsidP="00923AC0">
       <w:pPr>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33E63">
-[...9 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="62" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="62"/>
     </w:p>
-    <w:p w:rsidR="00A33E63" w:rsidRPr="00A33E63" w:rsidRDefault="00A33E63" w:rsidP="00A33E63">
-[...1175 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:sectPr w:rsidR="0076553C" w:rsidRPr="00923AC0">
+      <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...14 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...155 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="60"/>
-[...1 lines deleted...]
-  <w:proofState w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F103DF"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F103DF"/>
+    <w:rsidRoot w:val="0076553C"/>
+    <w:rsid w:val="0076553C"/>
+    <w:rsid w:val="00923AC0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="004A3277"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007109C0"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
+    <w:name w:val="DocDefaults"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00923AC0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00923AC0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -27005,585 +9051,86 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...39 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...371 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...84 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z010000267_" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z010000267_" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1700015317" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017567" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z010000267_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1500011047" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z010000267_" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020744" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -27831,55 +9378,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>55188</Characters>
+  <Pages>7</Pages>
+  <Words>2582</Words>
+  <Characters>14722</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>459</Lines>
-  <Paragraphs>129</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>64740</CharactersWithSpaces>
+  <CharactersWithSpaces>17270</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>