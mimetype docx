--- v0 (2025-11-30)
+++ v1 (2025-12-31)
@@ -3,3108 +3,13544 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10206" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="14335" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3119"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6379"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="1297"/>
+        <w:gridCol w:w="6074"/>
+        <w:gridCol w:w="7"/>
+        <w:gridCol w:w="3980"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00611504" w:rsidRPr="00B76C91" w14:paraId="01E8E221" w14:textId="5E720822" w:rsidTr="007F4912">
+      <w:tr w:rsidR="008271F2" w14:paraId="631377E3" w14:textId="10A4BBDC" w:rsidTr="008271F2">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcW w:w="4274" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4613D540" w14:textId="7D6725EB" w:rsidR="00611504" w:rsidRPr="00B76C91" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="20972FDA" w14:textId="2D5C65E1" w:rsidR="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:right="1683" w:firstLine="272"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:tcW w:w="10061" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57AEDED6" w14:textId="6AA79374" w:rsidR="00611504" w:rsidRPr="00B76C91" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="1AC79B86" w14:textId="76A62AC9" w:rsidR="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-              <w:jc w:val="right"/>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00B76C91">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00B76C91">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t>Оқу-ағарту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00B76C91">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқарушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00B76C91">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve">2022 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 17 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қарашадағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00B76C91">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>от 17 ноября 2022 года № 462</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 462 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00611504" w:rsidRPr="00C77136" w14:paraId="19C2008A" w14:textId="39D0AF91" w:rsidTr="007F4912">
+      <w:tr w:rsidR="008271F2" w14:paraId="672D1DD8" w14:textId="5FC44951" w:rsidTr="008271F2">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcW w:w="4274" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E37B25A" w14:textId="702F815A" w:rsidR="00611504" w:rsidRPr="00C77136" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="7CEB3A6B" w14:textId="4CBD3E4E" w:rsidR="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:right="1683" w:firstLine="272"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:tcW w:w="10061" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21725095" w14:textId="77777777" w:rsidR="00611504" w:rsidRDefault="00611504" w:rsidP="00611504">
-[...174 lines deleted...]
-          <w:p w14:paraId="15EC3322" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="00C77136" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="083DA2A3" w14:textId="3F950482" w:rsidR="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>денсаулығына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>байланысты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұзақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уақыт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алмайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үйде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>талаптарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008271F2" w14:paraId="08DAE697" w14:textId="77777777" w:rsidTr="008271F2">
+        <w:trPr>
+          <w:gridAfter w:val="3"/>
+          <w:wAfter w:w="10061" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4274" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21BDC929" w14:textId="6744F786" w:rsidR="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00611504" w:rsidRPr="007F4912" w14:paraId="603595BC" w14:textId="77777777" w:rsidTr="007F4912">
+      <w:tr w:rsidR="008271F2" w:rsidRPr="008271F2" w14:paraId="279623C0" w14:textId="77777777" w:rsidTr="008271F2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="3980" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10206" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10355" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="429B7072" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="007F4912">
+          <w:p w14:paraId="48DED4CA" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20" w:right="-12"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="26"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
+            <w:r w:rsidRPr="008271F2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-              <w:t>"Перечень основных требований к оказанию государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования"</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>ұйымдарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>денсаулығына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>байланысты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>ұзақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>уақыт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>бойы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>бара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>алмайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>балаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>үйде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>оқытуды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>қызметтің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>талаптарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>тізбесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00611504" w:rsidRPr="007F4912" w14:paraId="475B561F" w14:textId="77777777" w:rsidTr="007F4912">
+      <w:tr w:rsidR="008271F2" w:rsidRPr="008271F2" w14:paraId="32B1A522" w14:textId="77777777" w:rsidTr="008271F2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="3987" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02BE42B7" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="45E63279" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007F4912">
-[...23 lines deleted...]
-              <w:t>услугодателя</w:t>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>берушінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58120BCB" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="2B2B2EDD" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00611504" w:rsidRPr="007F4912" w14:paraId="47880A43" w14:textId="77777777" w:rsidTr="007F4912">
+      <w:tr w:rsidR="008271F2" w:rsidRPr="008271F2" w14:paraId="390D628B" w14:textId="77777777" w:rsidTr="008271F2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="3987" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1603B8E8" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="6418E2D0" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...6 lines deleted...]
-              <w:t>Способы предоставления государственной услуги (каналы доступа)</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ұсыну</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>тәсілдері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қолжеткізуарналары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27D9675C" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="29C2411F" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="z148"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> - Организации начального, основного среднего и общего среднего образования; </w:t>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>; - "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>үкіметтің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>веб-порталы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>: www.egov.kz;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="0"/>
-          <w:p w14:paraId="5A5F0E69" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="1C4909E5" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...138 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- www.egov.kz-те </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ұялы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>байланысының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>абоненттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>құрылғысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>арқылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00611504" w:rsidRPr="007F4912" w14:paraId="0BC25FC0" w14:textId="77777777" w:rsidTr="007F4912">
+      <w:tr w:rsidR="008271F2" w:rsidRPr="008271F2" w14:paraId="57E64742" w14:textId="77777777" w:rsidTr="008271F2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="3987" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48FE7B50" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="518A4BDB" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007F4912">
-[...59 lines deleted...]
-              <w:t>услуги</w:t>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65CD9722" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="418CF6D6" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z150"/>
-[...227 lines deleted...]
-            <w:r w:rsidRPr="007F4912">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>топтамасын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>тапсыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>күтудің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>рұқсат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>етілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ұзақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>уақыты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 15 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>он</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>бес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007F4912">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007F4912">
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>минуттан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>аспайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алушыға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсетудің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>рұқсат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>етілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ұзақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>уақыты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 15 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>он</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>бес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>минуттан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>аспайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00611504" w:rsidRPr="007F4912" w14:paraId="2FE5431D" w14:textId="77777777" w:rsidTr="007F4912">
+      <w:tr w:rsidR="008271F2" w:rsidRPr="008271F2" w14:paraId="32BA5D3A" w14:textId="77777777" w:rsidTr="008271F2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="3987" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AE0104F" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="38488ED0" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...27 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсетудің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>нысаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40DE6C15" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="529B8140" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...16 lines deleted...]
-              <w:t>проактивная</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ішінара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>автоматтандырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Қағаз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>түрінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>проактивті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>түрде</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00611504" w:rsidRPr="007F4912" w14:paraId="2923E6B8" w14:textId="77777777" w:rsidTr="007F4912">
+      <w:tr w:rsidR="008271F2" w:rsidRPr="008271F2" w14:paraId="6059AB58" w14:textId="77777777" w:rsidTr="008271F2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="3987" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="094C6F14" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="32973FE8" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007F4912">
-[...59 lines deleted...]
-              <w:t>услуги</w:t>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>нәтижесі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="544E06F0" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="6F7B65D8" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="z152"/>
-[...7 lines deleted...]
-              <w:t>Результат оказания государственной услуги:</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>нәтижесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="2"/>
-          <w:p w14:paraId="506D19A0" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="6BFF0301" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...6 lines deleted...]
-              <w:t>1) расписка о приеме документов (в произвольной форме);</w:t>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>құжаттарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қолхат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>еркін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>нысанда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="047CF34F" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="3123412A" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...46 lines deleted...]
-              <w:t xml:space="preserve"> в форме электронного документа.</w:t>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>үйде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>бұйрық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>нысаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қағаз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>проактивті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>түрінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ұсынылады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="488ECB8E" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="3087AF37" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...47 lines deleted...]
-              <w:t xml:space="preserve"> о приеме документов</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Порталда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>нәтижесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>нысанында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>кабинетінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жолданады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>сақталады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00611504" w:rsidRPr="007F4912" w14:paraId="561716C3" w14:textId="77777777" w:rsidTr="007F4912">
+      <w:tr w:rsidR="008271F2" w:rsidRPr="008271F2" w14:paraId="7F8DD31E" w14:textId="77777777" w:rsidTr="008271F2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="3987" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6156FC68" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="6B0F2B0E" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алушыдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алынатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>төлем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мөлшері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
-[...20 lines deleted...]
-            </w:r>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Республикасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>заңнамасында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көзделген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жағдайларда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>оны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>тәсілдері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="611DFA45" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="3FF39AFE" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> форме.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>сонымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қатар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>проактивті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>түрде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>тұлғаларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>тегін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсетіледі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00611504" w:rsidRPr="007F4912" w14:paraId="4A5747FE" w14:textId="77777777" w:rsidTr="007F4912">
+      <w:tr w:rsidR="008271F2" w:rsidRPr="008271F2" w14:paraId="3413B624" w14:textId="77777777" w:rsidTr="008271F2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="3987" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4ED10DAE" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="7EE925B9" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007F4912">
-[...23 lines deleted...]
-              <w:t>работы</w:t>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>кестесі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4506BA0E" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="515925EA" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="z155"/>
-[...42 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Республикасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>заңнамасына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>демалыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мереке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>күндерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қоспағанда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>дүйсенбі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жұма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>аралығында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>сағат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13.00-ден 14.30-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>түскі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>үзіліспен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>сағат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 09.00-ден 18.30-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...76 lines deleted...]
-            </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="3"/>
-          <w:p w14:paraId="2E1C8FDE" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="641057A6" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...26 lines deleted...]
-              <w:t>;</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>нәтижесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>сағат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13.00-ден 14.30-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>түскі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>үзіліспен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>сағат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 09.00-ден 17.30-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>атқарылады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Алдын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ала</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жазылу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жеделдетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көзделмеген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18C7F6E4" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="61FF6CBF" w14:textId="2DFC99C9" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> www.egov.kz.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/www.edu.gov.kz-те </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ұялы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>байланыстың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>абоненттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>құрылғысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>арқылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жөндеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жұмыстарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жүргізуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>байланысты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>үзілістерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қоспағанда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>тәулік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>бойы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>уақыты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>аяқталғаннан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>кейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>демалыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мереке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>күндері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жасаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Республикасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>заңнамасына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Республикасындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мерекелер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Республикасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>заңының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5-бабына </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>өтініштер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>нәтижесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>келесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>асырылады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EFBB561" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>орындарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мекенжайлары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="396A037C" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>берушінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>интернет-ресурсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33147D32" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2) www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00611504" w:rsidRPr="007F4912" w14:paraId="4147518D" w14:textId="77777777" w:rsidTr="007F4912">
+      <w:tr w:rsidR="008271F2" w:rsidRPr="008271F2" w14:paraId="4F1AD187" w14:textId="77777777" w:rsidTr="008271F2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="3987" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1171B9D6" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="733F47C9" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...47 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алушыдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алынатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қажетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>тізбесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мәліметтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52F3030F" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="5DB1D983" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="z157"/>
-[...45 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>берушіге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жүгінген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>кезде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="4"/>
-          <w:p w14:paraId="4FC938C1" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="0AF25B39" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...6 lines deleted...]
-              <w:t>1) заявление (в произвольной форме);</w:t>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>еркін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>нысанда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="759329F0" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="0EA24B03" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...46 lines deleted...]
-              <w:t xml:space="preserve"> через портал:</w:t>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>үйде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ұсынымдармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>коса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>дәрігерлік-консультациялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>комиссияның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қорытындысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29BCD69F" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="03247980" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...6 lines deleted...]
-              <w:t>1) заявление (в произвольной форме);</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>арқылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>берушіге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жүгінген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>кезде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C82641C" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="2955DAF3" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...76 lines deleted...]
-              <w:t>государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>еркін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>нысанда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DBD5FA4" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>үйде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ұсынымдармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>коса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>дәрігерлік-консультациялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>комиссияның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қорытындысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алушылардан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ақпараттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жүйелерден</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алуға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>болатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>құжаттарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>талап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>етуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жол</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>берілмейді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="450AEC5F" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметтерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ақпараттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жүйелердегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>заңмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қорғалатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>құпиялардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қатарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>кіретін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мәліметтерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>пайдалануға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметтерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>келісімін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>егер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Республикасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>заңдарында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>өзгеше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көзделмесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00611504" w:rsidRPr="007F4912" w14:paraId="26E39AD7" w14:textId="77777777" w:rsidTr="007F4912">
+      <w:tr w:rsidR="008271F2" w:rsidRPr="008271F2" w14:paraId="0271EA5C" w14:textId="77777777" w:rsidTr="008271F2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="3987" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68105DB8" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="52E4F9CA" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
-            </w:r>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Республикасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>заңнамасында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>белгіленген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсетуден</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>бас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>тарту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>негіздер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56E85155" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="354F9ABE" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="z161"/>
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ұсынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ондағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>деректердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мәліметтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>дұрыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>еместігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>анықталған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="5"/>
-          <w:p w14:paraId="2984FC87" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="49F03521" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ұсынылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>материалдардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>объектілердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>деректер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ақпараттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметтерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қажетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мәліметтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Республикасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>нормативтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>актілерінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>белгіленген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>талаптардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>келмеуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DD887EE" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="1F32FF1E" w14:textId="4EA48AC9" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...26 lines deleted...]
-              <w:t>, предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>талап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>етілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Дербес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>деректер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>оларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қорғау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Заңының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8-бабына </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>берілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қолжетімділігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>шектеулі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>дербес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>деректерге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қол</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жеткізуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>келісімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>болмауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметтерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсетуден</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>бас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>тартады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00611504" w:rsidRPr="007F4912" w14:paraId="0338D93A" w14:textId="77777777" w:rsidTr="007F4912">
+      <w:tr w:rsidR="008271F2" w:rsidRPr="008271F2" w14:paraId="4D73073C" w14:textId="77777777" w:rsidTr="008271F2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="3987" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04B7FACF" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="67387155" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F4912">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ішінд</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>еэлектрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>нысанда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>корпорация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>арқылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ерекшеліктері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ескеріле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>отырып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>де</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>талаптар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="211D7C5E" w14:textId="77777777" w:rsidR="00611504" w:rsidRPr="007F4912" w:rsidRDefault="00611504" w:rsidP="00611504">
+          <w:p w14:paraId="7B60C6A2" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007F4912">
-[...51 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>тәртібі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ақпаратты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мәселесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>бірыңғай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>орталығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>сонымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қатар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> www.egov.kz-те </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ұялы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>байланысының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>абоненттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>құрылғысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>арқылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мүмкіндігіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          </w:p>
+          <w:p w14:paraId="4AB13641" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>берушінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мәселелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ақпараттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Министрліктің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> www.edu.gov.kz </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>интернет-ресурсында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>бөлімінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>орналастырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мәселелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Бірыңғай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>орталығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>: 8-800-080-7777, 1414.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B7B29C4" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЭЦҚ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>арқылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>нысанда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алуғамүмкіндігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...51 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          </w:p>
+          <w:p w14:paraId="0EFE08FE" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>тәртібі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мәртебесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ақпаратты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қашықтықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қолжеткізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>режимінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>порталдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>кабинеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>берушінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>анықтамалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қызметтері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>сондай-ақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1414, 8-800-080-7777 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>бірыңғай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>орталығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>арқылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>алуға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мүмкіндігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          </w:p>
+          <w:p w14:paraId="42ABA202" w14:textId="77777777" w:rsidR="008271F2" w:rsidRPr="008271F2" w:rsidRDefault="008271F2" w:rsidP="008271F2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Порталдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>кабинеттен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ұсынылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мәліметтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>сұратылып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>отырған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>тұлғаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>келісімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>сондай-ақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>порталдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>хабарламаға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жауап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ретінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>бір</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>реттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>парольді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жолымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>қысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>мәтіндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>хабарламаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жіберу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>жолымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>субъектінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>порталда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ұялы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>байланыстың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>абоненттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>нөмірі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>арқылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>үшінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>тұлғалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>сұрау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>салуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008271F2">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>.</w:t>
-            </w:r>
-[...94 lines deleted...]
-              <w:t>, а также Единого контакт-центра "1414", 8-800-080-7777. Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="67F7A9CF" w14:textId="77777777" w:rsidR="00083168" w:rsidRPr="007F4912" w:rsidRDefault="00083168">
+    <w:p w14:paraId="63659343" w14:textId="130C20D0" w:rsidR="00083168" w:rsidRPr="008271F2" w:rsidRDefault="008271F2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008271F2">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br w:type="textWrapping" w:clear="all"/>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00083168" w:rsidRPr="007F4912" w:rsidSect="00BC2CAA">
+    <w:sectPr w:rsidR="00083168" w:rsidRPr="008271F2" w:rsidSect="00BC2CAA">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E183A04" w14:textId="77777777" w:rsidR="00D83154" w:rsidRDefault="00D83154" w:rsidP="00611504">
+    <w:p w14:paraId="5FB3C0E7" w14:textId="77777777" w:rsidR="00686720" w:rsidRDefault="00686720" w:rsidP="008271F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A5703B9" w14:textId="77777777" w:rsidR="00D83154" w:rsidRDefault="00D83154" w:rsidP="00611504">
+    <w:p w14:paraId="23C2534F" w14:textId="77777777" w:rsidR="00686720" w:rsidRDefault="00686720" w:rsidP="008271F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3133C7E9" w14:textId="77777777" w:rsidR="00D83154" w:rsidRDefault="00D83154" w:rsidP="00611504">
+    <w:p w14:paraId="7A307346" w14:textId="77777777" w:rsidR="00686720" w:rsidRDefault="00686720" w:rsidP="008271F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="664F2349" w14:textId="77777777" w:rsidR="00D83154" w:rsidRDefault="00D83154" w:rsidP="00611504">
+    <w:p w14:paraId="71F32399" w14:textId="77777777" w:rsidR="00686720" w:rsidRDefault="00686720" w:rsidP="008271F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003A103C"/>
+    <w:rsidRoot w:val="00CE1260"/>
     <w:rsid w:val="00083168"/>
-    <w:rsid w:val="003A103C"/>
     <w:rsid w:val="00565F7A"/>
-    <w:rsid w:val="00611504"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007F4912"/>
+    <w:rsid w:val="00686720"/>
+    <w:rsid w:val="008271F2"/>
     <w:rsid w:val="00BC2CAA"/>
-    <w:rsid w:val="00C77136"/>
-    <w:rsid w:val="00D83154"/>
+    <w:rsid w:val="00CE1260"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5329B461"/>
+  <w14:docId w14:val="783B7C6D"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{A532D793-63DB-4CA6-9AB2-71A18EBA0198}"/>
+  <w15:docId w15:val="{717456DB-E2D6-49C8-9F9F-187611EE710E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3462,137 +13898,137 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C77136"/>
+    <w:rsid w:val="008271F2"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00611504"/>
+    <w:rsid w:val="008271F2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00611504"/>
+    <w:rsid w:val="008271F2"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00611504"/>
+    <w:rsid w:val="008271F2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00611504"/>
+    <w:rsid w:val="008271F2"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
@@ -3870,70 +14306,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>982</Words>
-  <Characters>5602</Characters>
+  <Words>958</Words>
+  <Characters>5463</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6571</CharactersWithSpaces>
+  <CharactersWithSpaces>6409</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Achkasova Alexandra</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>