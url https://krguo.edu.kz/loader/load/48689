--- v0 (2025-11-09)
+++ v1 (2025-11-30)
@@ -1,11310 +1,17471 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+    <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...15 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приказ Министра образования и науки Республики Казахстан от 12 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>октября 2018 года № 564. Зарегистрирован в Министерстве юстиции Республики Казахстан 16 октября 2018 года № 17553.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z4"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В соответствии с подпунктом 29) статьи 5 Закона Республики Казахстан "Об образовании" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
-[...20 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Преамбула - в редакции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказа Министра просвещения РК от 07.08.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 248</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...16 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z5"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Утвердить прилагаемые Типовые правила приема на обучение в организации образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z3"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z6"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      2. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім департаменті (Ш.Т. Каринова) заңнамада белгіленген тәртіппен:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Департаменту дошкольного и среднего образования Министерства образования и науки Республики Казахстан (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Каринова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ш.Т.) в установленном </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z4"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z7"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1) </w:t>
-[...25 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z5"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z8"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      2) осы бұйрық мемлекеттік тіркелген күнінен бастап күнтізбелік он күн ішінде оның көшірмесін қағаз және электронды түрде қазақ және орыс тілдерінде ресми жариялау және Қазақстан</w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) в течение десяти календарных дней со дня государственной регистрации настоящего приказ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Этало</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z6"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z9"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      3) </w:t>
-[...25 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) размещение настоящего приказа на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z7"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z10"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      4) </w:t>
-[...25 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) в течение десяти рабочих </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дней после государственной регистрации настоящего приказа представление в Департамент юридической службы Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="z8"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z11"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Білім және ғылым вице-министрі Э.А. Суханбердиеваға жүктелсін.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:lastRenderedPageBreak/>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Суханбердиеву</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Э.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="z9"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z12"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> 4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>публикования.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10363" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="260"/>
-        <w:gridCol w:w="2323"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A04DF0" w:rsidTr="00203EED">
+      <w:tr w:rsidR="006C6B0B">
         <w:trPr>
-          <w:trHeight w:val="698"/>
+          <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkEnd w:id="8"/>
-          <w:p w:rsidR="00A04DF0" w:rsidRPr="00203EED" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00203EED">
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve"> Министр образования и науки </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A04DF0" w:rsidRPr="00203EED" w:rsidRDefault="00A04DF0">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="006C6B0B">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A04DF0" w:rsidRPr="00203EED" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="006C6B0B">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00203EED">
+            <w:r w:rsidRPr="000522DA">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2323" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Е. Сағадиев</w:t>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="9"/>
+              <w:t xml:space="preserve">Е. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сагадиев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A04DF0" w:rsidTr="00203EED">
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2583" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Утверждены</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>приказом Министра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>№ 564 бұйрығына қосымша</w:t>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 12 октября 2018 года № 564</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
-[...4 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z15"/>
+      <w:r w:rsidRPr="000522DA">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z16"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="z12"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z17"/>
       <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Настоящие Типовые правила приема на обучение в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего, образования (далее –Типовые правила) разработаны в соответствии с подпунктом 29) статьи 5 Закона Республики Казахстан "Об образовани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и" (далее – Закон) и подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", которые определяют порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начально</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>го, основного среднего, общего среднего, образования (далее – организации образования), а также порядок оказания государственных услуг "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеоб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>разовательным программам начального, основного среднего, общего среднего образования" и "Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 1 - в редакции приказа Минист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ра просвещения РК от 07.08.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Организации образования осуществляют прием на обучение в соответствии с Конституцией Республики Каз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ахстан, Законом, настоящими Правилами, иными нормативными правовыми актами, а также разработанными на их основе уставами организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z19"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Зачисление в число обучающихся производится на основании приказа руководителя организации образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z20"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Не допускается комплектование классов по уровню подготовки и степени развития обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z21"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. При приеме обучающихся в организации образования руководители организаций образования заключают с родителями или иными законными представителями детей или обучающихся договора на оказание образовательных услуг в соответствии с типовым договором ок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>азания образовательных услуг, утвержденным приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 93, (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13227).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Исключен приказом Ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нистра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Родители или иные законные представители ребенка или обучающегося выбирают организации образования с учетом желания, индивидуал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ьных склонностей и особенностей ребенка или обучающегося и в соответствии с условиями приема.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 7 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. В случае отказа в приеме на обучение в организацию образования, родители или иные законные представители обучающегося обращаются по мест</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>у жительства в местные органы управления образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z25"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z26"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9. Организации образо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вания, реализующие общеобразовательные учебные программы начального образования, обеспечивают прием в первый класс детей шести лет и детей, которым в текущем календарном году исполняется шесть лет, с обеспечением доступа всех детей, проживающих на территор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ии обслуживания организации образования, независимо от уровня подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Территория обслуживания организации образования утверждается приказом органов управления образованием городов республиканского значения, столицы, районов (городов областного зн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ачения).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 9 - в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z58"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-1. Для получения государственной услуги "Прием документов и зачисление в о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рганизации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования" прием документов и выдача результатов оказания государственной услуги осуществляютс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я посредством веб-портала "электронного правительства" (далее – портал) и на бумажном носителе через организации начального, основного среднего, общего среднего образования (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для получения государственной услуги родители или ин</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ые законные представители ребенка (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) предоставляют </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документы в соответствии с перечнем основных требований к оказанию государственной услуги, утвержденному согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>настоящим</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>далее</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Перечень основных требований к оказанию государственной услуги, включающий характеристику процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в приложени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и 1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При внесении изменений и (или) дополнений в Правила уполномоченный орган в области образования в течение трех рабочих дней после государственной регистрации нормативного правового акта направляет информацию о внесенных измен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ениях и (или) дополнениях оператору информационно-коммуникационной инфраструктуры "электронное правительство" и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, а также в Единый контакт-центр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 9-1 в соответствии с приказом Министра образования и наук</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 04.04.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сле дня их первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z60"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9-2. Прием документов от родителей или иных законных представителей ребенка, поступающих в первый класс организаций образования, реализующих общеобразовательные учебные программы начального образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, осуществляется с 1 апреля по 31 августа текущего календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 9-2 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">истечении десяти календарных дней после </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 30.01.2024 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z61"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, обратившем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уся посредством портала в "личный кабинет", направляется уведомление о принятии запроса для оказания государственной услуги с указанием даты и времени получения результата государственной услуги (прием документов либо мотивированный отказ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">равила дополнены пунктом 9-3 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z62"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-4. При обращении через портал в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "личный кабинет" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение одного рабочего дня поступает уведомление о зачислении ребенка с 1 сентября текущего года в организацию образования, в форме электронного документа, подписанного электронной цифровой подписью (далее - ЭЦП) уполн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">омоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо мотивированный отказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 9-4 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z63"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при зачислении направляет уведомление о зачислении с 1 сентября текущего года первым троим подавшим заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с территории обслуживания организации образования, затем - о зачислении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с 1 сентября текущего года 1 (одному) претенденту не из территории обслуживания организации образования, из числа тех, кто зарегистрировался первым.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 9-5 в соответствии с приказом Министра образования и науки РК от 24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z64"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-6. При подаче заявки на бумажном носителе через </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работник </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрирует документы и в течение одног</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о рабочего дня выдает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> расписку по форме, согласно приложению 1 к Типовым </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>правилам, о том, что ребенок будет принят с 1 сентября текущего года или о мотивированном отказе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z65"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае подачи заявки на бумажном носителе, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зачислении ребенка направляет уведомление о зачислении с 1 сентября текущего года первым троим подавшим заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с территории обслуживания организации образования, затем - о зачислении с 1 сентября текущего года 1 (одному) претенденту не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из территории обслуживания организации образования, из числа тех, кто зарегистрировался первым.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ о зачислении в первый класс издается организацией образования не ранее 25 августа текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 9-6 в соо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тветствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z274"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2D0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9-7. При приеме детей в первый класс гимназий и лицеев проводятся э</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2D0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кзамены до 15 июня календарного года, сроки, формы и задания, которых определяются организациями образования самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Типовые правила дополнены пунктом 9-7 в соответствии с приказом Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z34"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2D0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10. Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования осуществляется в соответствии с государственной услугой "П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2D0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рием документов для перевода детей между организациями начального, основного среднего, общего среднего образования" согласно приложению 2 к Типовым правилам через портал или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2D0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2D0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 10 - в редакции приказа Мин</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">истра просвещения РК от 30.01.2024 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z67"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-1. Для получения государственной услуги "Прием документов для перевода детей между организациями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> начального, основного среднего, общего среднего образования" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подает через портал или на бумажном носителе согласно перечню основных требований к оказанию государственной услуги в приложении 2 к Типовым правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При внесении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>изменений и (или) дополнений в Правила уполномоченный орган в области образования в течение трех рабочих дней после государственной регистрации нормативного правового акта направляет информацию о внесенных изменениях и (или) дополнениях оператору информаци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">онно-коммуникационной инфраструктуры "электронное правительство" и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, а также в Единый контакт-центр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 10-1 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 04.04.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня их первого официального опубликовани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z68"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-2 В случае обращения через портал в "личный кабинет" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приходит уведомление о переводе обучающегося из одной организации в другую организацию образования, с указанием фамилии, имени, отчества (при его наличии), даты рождения, к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ласса, языка обучения и школы (телефон, почтовый адрес, электронный адрес (официальный интернет ресурс) подписанное электронной цифровой подписью (далее - ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, при отказе оказании государственной услуги - о мотивированном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказе с указанием причин отказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 10-2 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">икования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z70"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-3. При приеме от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов на бумажном носителе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается откреп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ительный талон о выбытии для предоставления его в организацию прибытия, с указанием фамилии, имени, отчества (при его наличии), даты рождения, класса, языка обучения и школы (телефон, почтовый адрес, электронный адрес (официальный интернет ресурс) или моти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вированный отказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 10-3 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в реда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кции приказа Министра образования и науки РК от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z71"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-4. В случае получения услуги на бумажном носителе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, к которому прибывает обучающийся, предоставляет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>открепительный талон о прибытии, в котором указывается его фамилия, имя, отчество (при его наличии), дата рождения, класс, язык обучения, школа (почтовый адрес, телефон, электронный адрес (официальный интернет ресурс).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пункт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ом 10-4 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z72"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-5. Оригинал открепительного талона о прибытии (документы выдаются после предоставления оригинала открепительного талона о прибытии в другую организацию среднего образо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вания) предоставляется в ту организацию среднего образования из которой выбывает обучающийся для получения документов (личное дело обучающегося).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документы на руки (личное дело обучающегося). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пред</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оставляет документы (личное дело) в организацию образования в которую прибывает.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Организации образования издают приказы и проводят сверку о зачислении/отчислении обучающегося в/из организации среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пун</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ктом 10-5 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z73"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-6. В случае переполненности класс-комплектов и несоответствия срокам подачи заявления, установленным в настоящих правилах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, отказывает в приеме заявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 10-6 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>опубликования); в редакции приказа Мин</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">истра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z74"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга ок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>азания государственных услуг в порядке согласно подпункту 11) пункта 2 статьи 5 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 10-7 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти кале</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ндарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z36"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прием обучающихся во вторые, третьи, четвертые, пятые, шестые, седьмые, восьмые, девятые классы организаций образования, реализующих общеобразовательные учебные программы начального</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и основного среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z304"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11-1. Порядок приема в организации обучения иностранцев и лиц без гражданства и определение образов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ательного уровня претендента регламентирован Правилами получения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предшкольного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, начального, основного среднего и общего среднего образования иностранцами и лицами без гражданства, постоянно проживающими в Республике Казахстан, утвержденными приказом Минист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ра образования и науки Республики Казахстан от 28 сентября 2010 года № 468 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 6573).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 11-1 в соответствии с приказом Министра просве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">щения РК от 04.04.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня их первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="007F2D0A" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z37"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2D0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>12. Прием обучающихся в десятые, одиннадцатые (двенадцатые) классы организаций образования, реализующих общеобраз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2D0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>овательные учебные программы общего среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования, и на основании личного заявления обучающихся либо заявления их родителей или иных з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2D0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аконных представителей, а также наличия документа государственного образца об основном среднем образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z309"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="007F2D0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2D0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием заявлений производится до 31 августа календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 12 - в редакции приказа Министра просвещения РК от 30.01.2024 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="007F2D0A" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z39"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2D0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Прием обучающихся в десятые, одиннадцатые классы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2D0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>гимназий, лицеев осуществляется в соответствии с уставом гимназии, лицея на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей и наличия документа государственного образца об основном среднем образовании бе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2D0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>з учета территории обслуживания данных видов организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z40"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="007F2D0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2D0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2D0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2D0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Гимназии и лицеи формируют общеобразовательные классы для обеспечения получения обязательного объема знаний, определенных государственными общеобязательными стандартами образов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2D0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ания Республики Казахстан, с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z75"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. Прием на обучение в специализированные организации образования производится на конкурсной основе (далее-конкурс). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z76"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Специализированная организация образования на своем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> размещает квоту, позволяющую осуществить формирование класс-комплектов при проведении конкурсного отбора. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 15 в редакции приказа Министра образования и науки РК от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z77"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. Прием документов для участия в конкурсе от родителя или иного законного представителя ребенка, поступающего в специали</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>зированную организацию образования, проводится с 1 февраля по 15 апреля текущего календарного года, дополнительные сроки устанавливаются уполномоченным органом в области образования Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 16 - в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z78"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. Приказом руководителя специализированной организации образования назначается ответств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">енное лицо для приема документов. Ответственное лицо несет ответственность за создание электронной базы претендентов (наименование специализированной организации образования, ФИО, ИИН, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">класс, язык обучения, электронный адрес, копии дипломов (при наличии)) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на участие в конкурсе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 17 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z79"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18. Для участия в конку</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рсе родитель или иной законный представитель ребенка в установленные сроки проходят регистрацию на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специализированной организации образования или предоставляют ответственному лицу специализированной организации образования следующие докуме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z276"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление от родителя или иного законного представителя ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z277"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) копия свидетельства о рождении ребенка с указанием ИИН;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z278"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) справка ребенка с места учебы с фото, заверенная печатью организации, с указанием электронного адреса п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ретендента;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z279"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) фотография ребенка размером 3х4 в количестве 2 штук;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z280"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) копии документов, подтверждающих принадлежность к социально уязвимым категориям населения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z281"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При наличии информационной системы документы, указанные в </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...32 lines deleted...]
-        <w:t>уға қабылдау" және "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арасында балаларды ауыстыру үшін құжаттарды қабылдау" мемлекеттік көрсетілетін қызметтер тәртібін айқындайды.</w:t>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>настоящем пункте</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...22 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставляются в электронном формате. В случае отсутствия информационной системы, сканированные документы направляются на электронный адрес или предоставляются в бумажном формате в канцелярию специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пунк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т 18 - в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z282"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18-1. К социально уязвимым категориям населения, из числа которых будут отобраны 15% обучающихся от общего </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>количества принимаемых относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дети из семей из сельской местности, получающих государственную адресную социальную помощь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дети, где один из родителей имеет инвалидность первой группы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семьям, имеющим или воспитывающим ребенка </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инвал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">идностью; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дети-сироты и дети, оставшиеся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дети-сироты, дети, оставшиеся без попечения родителей, проживающие в семьях; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дети из семей, требующих экстренной помощи в результате чрезвычайных ситуаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семьям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, лишившимся жилища в результате экологических бедствий, чрезвычайных ситуаций природного и техногенного характера; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семьям лиц, погибших (умерших) при исполнении государственных или общественных обязанностей, воинской службы, при подготовке или осущ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ествлении полета в космическое пространство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 18-1 в соответствии с приказом Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z85"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19. Основанием дл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я отказа в приеме документов может являться</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подача заявления об участии в Конкурсе позже установленных сроков или неполный пакет документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 19 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z86"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20. После завершения приема документов в течение 2 рабочих дней ответственное лицо каждой специализированной организации образования передает электронную базу об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учающихся для участия в конкурсе Центру "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" для разработки тестовых материалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 20 - в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z87"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>риказом руководителя Центра "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" определяется ответственное лицо для работы с электронными базами претендентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 21 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z88"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22. Для организации и проведения конкурса для приема на обучение Центром "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" создается конкурсная комиссия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 22 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z89"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23. В состав конкурсной комиссии входят предсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">датель конкурсной комиссии, сотрудники территориальных органов Комитета по обеспечению качества в сфере </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>образования и науки Министерства образования и науки Республики Казахстан, учебно-методического совета Центра "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>", специальных мониторинговых групп,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> представителей общественных организаций в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 23 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>икования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z90"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24. Председатель конкурсной комиссии выбирается из числа членов комиссии. Количество членов комиссии должно составлять нечетное число, но не менее семи человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 24 в редакции приказа Министра образования и науки РК от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z91"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25. Специализированной организацией образования утверждаются квоты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z284"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) в размере 10% от общего количества обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, принимаемых в 7 классы, для победителей национальной интеллектуальной олимпиады из сельских школ "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z285"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) в размере 15% от общего количества обучающихся, принимаемых в 5, 6, 7, 8 и 10 классы, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>для социально уязвимых категории</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> населения, указан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ных в пункте 18-1) настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 25 - в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z286"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25-1. Обучающиеся, указанные в пункте 25 к настоящим</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правилам, принимаемые в 5, 6, 7, 8 и 10 классы, обеспечиваются питанием за счет бюджетных средств по решению местных исполнительных/представительных органов и/или органом управления организацией образования всех форм собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ополнены пунктом 25-1 в соответствии с приказом Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z287"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25-2. После завершения приема документов конкурсная комиссия проверяет предоставленны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е документы на соответствие критериям отбора и запрашивает оригиналы подтверждающих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 25-2 в соответствии с приказом Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого оф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ициального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z92"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26. Конкурсные материалы для проведения отбора в специализированные организации образования разрабатываются и утверждаются учебно-методическим советом Центра "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 26 в соответств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z93"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27. Конкурс проводится в период с 15 мая по 15 июня, еженедельно в субботу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и воскресенье. Дополнительные сроки проведения Конкурса устанавливаются уполномоченным органом в области образования Республики Казахстан до начала следующего учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 27 в соответствии с приказом Министра обр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>фициального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z94"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28. График проведения конкурсного отбора размещается на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специализированных организаций образования и Центра "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" за 10 рабочих дней </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>до начало</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 28 в соо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тветствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z95"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 29. Конкурс проходит в режиме </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оффлайн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в форме тестирования). Проведение конкурса в электронном формате оператор согласовывает со специализированными организациями образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноск</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а. Правила дополнены пунктом 29 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ия РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z96"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30. Тестовые материалы для проведения конкурса доставляются в специализированные организации образования в бумажном варианте, (запломбированные) сотруд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>никами Центра "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" за день до начала проведения конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 30 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z97"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31. Конкурс проходит в каждом регионе на базе специализированной организации образования, заранее определяемой Центром "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" по согласова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нию с местными исполнительными органами. Конкурс и подведение итогов проводится среди претендентов на зачисление в специализированную организацию образования в разрезе каждой специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пункт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ом 31 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z98"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 32. Для обеспечения прозрачности приема обучающихся в сп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ециализированной организации образования устанавливаются системы видеонаблюдения и аудиозаписи, используемые для запуска в здание, аудитории и места проведения конкурсного отбора. Специализированная организация образования оснащается техническим оборудован</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ием для проведения Конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 32 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z99"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 33. Тестирование для поступающих:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z289"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) в 7 класс включает 75 вопросов по предметам:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z290"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> математика и логика – 55 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z291"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> грамотность чтения – 10 вопросов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z292"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> история Казахстана – 10 вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z293"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) в 6 класс включает 60 вопросов по предметам: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z294"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> математика и логика – 35 вопросов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z295"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> грамотность чтения – 15 вопросов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z296"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> история Казахстана – 10 вопросов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z297"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) в 5 класс включает 40 вопросов по предметам: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z298"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> математика </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и логика – 30 вопросов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z299"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> грамотность чтения – 10 вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z300"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) в 10 класс включает 95 вопросов по предметам: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z301"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> математика и логика – 60 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z302"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> грамотность чтения – 10 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z303"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> история Казахстана - 25 вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила дополнены пунктом 33 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z110"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34. Время, отведенное на тестирование </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в 7 классе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> составляет 120 минут, в 6 классе – 90 минут, в 5 классе – 60 минут, в 10 классе – 180 минут (в указанное</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> время не входит время на раздачу тестовых материалов, заполнение секторов Листа ответов, а также время на разъяснительную работу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 34 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">одится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z111"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 35. При </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вычислении итоговых результатов теста количество правильных ответов умножается на коэффициент "4" (четыре), тогда как один неправильный ответ умножается на коэффициент "-1". Таким образом, высчитывается общий итог (4* правильных ответа </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>+(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-)* неправильный о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>твет= общему итоговому баллу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 35 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликован</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ия).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z112"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 36. Обработка результатов проводится конкурсной комиссией при помощи сканирования листов ответа, получение результатов обеспечивается через </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>единую систему проверки Центра "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>". Книжка-вопросник не рассматривается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила допол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нены пунктом 36 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z113"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 37. Апелляция по результатам конкурсного отбор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а не проводится.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 37 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z114"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 38</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Победители и призеры областного этапа диплома об участии в республиканских олимпиадах, проводимых Центром "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>", областными, городов Астаны, Алматы, Шымкент управлениями образования при одинаковом количестве набранных баллов имеют преимущество при зачи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>слении в специализированную организацию образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 38 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 07.08.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 248</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого офи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>циального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...16 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z115"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39. Конкурсный отбор для претендентов, поступающих в специализированные организации образования, за исключением "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-инновация" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лицейі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", проводится в один тур (тестирование). Конкурсный отбор и прием в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-инновация" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ли</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>цейі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" проводится </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в порядке</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> определенном Международным общественным фондом "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-инновация".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 39 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алендарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z116"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 40. Зачисление претендентов на обучение в специализированную организацию образования, в том числе указанных в подпункте 2) пункта 25 настоящих Правил, осуществляется от максимального</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> количества баллов в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>соответствии с вакантными местами в разрезе специализированных организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 40 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по ис</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">течении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...17 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z117"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 41. Итоги конкурсного отбора пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">етендентов оформляются протоколом конкурсной комиссии и размещаются на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Центра "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" и специализированной организации образования не позднее следующего дня после проведения конкурсного отбора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 41 в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...19 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z118"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42. По итогам конкурса руководитель специализированной организа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ции образования до начала учебного года издает приказ о зачислении претендентов, прошедших конкурсный отбор, в специализированную организацию образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 42 в соответствии с приказом Министра образования и науки РК </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опублико</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вания).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z119"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 43. Конкурсной комиссией формируется резервный список претендентов из числа претендентов конкурса, не вошедших в основные вакансии, по сумме набранных баллов в порядке убывания и размещается на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специализированной организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 43 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">риказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z120"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 44. Претенденты, зачисленные в резервный список, могут быть приняты в специализированные организации образования в течение уче</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бного года при </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>қызметтерін көрсету үшін балалардың немесе білім алушылардың ата-аналарымен немес</w:t>
-[...35 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">наличии вакантных мест. Наличие вакантных мест размещается на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 44 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>64</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...38 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z121"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 45. При высвобождении мест в 8-11 классах специализированная организация образования проводит конкурсный отбор самостоятельно, но не бол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ее утвержденного количества учащихся в соответствии с Санитарно-эпидемиологическими требованиями к объектам образования, утвержденными приказом Министра здравоохранения Республики Казахстан от 5 августа 2021 года № ҚР ДСМ-76 (зарегистрирован в Реестре госу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дарственной регистрации нормативных правовых актов под № 23890).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 45 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня ег</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о первого официального опубликования); в редакции приказа Министра просвещения РК от 07.08.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...22 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z122"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 46. Специализированные организации обр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азования, обеспечивающие образование, направленное на углубленное освоение одаренными детьми основ военного дела, спорта, искусства, согласно </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Уставу школ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводят второй тур претендентов с учетом функциональных профессиональных, психологических и физиологи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ческих данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 46 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z123"/>
+      <w:r w:rsidRPr="000522DA">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орядок обжалования решений, действий (бездействий) местных исполнительных органов, города республиканского значения и столицы, района (города областного значения) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...25 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>носка. Правила дополнены главой 3 в соответствии с приказом Министра образования и науки РК от 24.06.2020 № 264 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...40 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="z124"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 47. Рассмотрение жалобы по во</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">просам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба подает</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ся </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и админист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ративное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При этом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, должностное лицо, чье решение, действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет решение ли</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, в соответствии с пунктом 2 статьи 25 Закона о государственных услугах подлежит рассмотрению в те</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>чение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 47 - в редакции приказа Министра просвещения РК от 04.04.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня их первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...69 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="z127"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтер осы </w:t>
-[...64 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 48. Если иное не предусмотрено законами Республики Казахстан, обжалование в суде допускается после обжалования в административном (досудебном) порядке в соответствии с пунктом 5 статьи 91 Административного процедурно-процессуального кодекса Республик</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 48 - в редакции приказа Министра просвещения РК от 04.04.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 84</w:t>
       </w:r>
-      <w:r>
-[...4537 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня их первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5898"/>
-        <w:gridCol w:w="3849"/>
+        <w:gridCol w:w="5826"/>
+        <w:gridCol w:w="3921"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A04DF0">
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00203EED" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Типовым правилам приема</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучение в организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования, реализующие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программы начального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>основного среднего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и общего среднего образования</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00203EED" w:rsidRDefault="00203EED">
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="z270"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги: "Прием документов и зачисление в организаци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и образования независимо от ведомственной подчиненности для </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>обучения по общеобразовательным программам начального, основного среднего, общего среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Типовые правила дополнены приложением 1 в соответствии с приказом Министра об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>разования и науки РК от 24.06.2020 № 264 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 04.04.2023 № 84 (вводится в действие по истечении десяти кал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ендарных дней после дня их первого официального опубликования); с изменениями, внесенными приказом Министра просвещения РК от 30.01.2024 № 16 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9965" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1171"/>
+        <w:gridCol w:w="2840"/>
+        <w:gridCol w:w="3774"/>
+        <w:gridCol w:w="2180"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidTr="000522DA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации начального, основного среднего, общего среднего образования (далее – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6B0B" w:rsidTr="000522DA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Способы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предоставления</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) веб-портал "электронного правительства" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее – портал);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidTr="000522DA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С даты сдачи пакета документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, а также при обращении через портал – один рабочий день.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6B0B" w:rsidTr="000522DA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>частично</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автоматизированная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>) /</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бумажная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidTr="000522DA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении через портал: в личный кабинет </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приходит уведомление о принятии и зачислении в организацию среднего образования с 1 сентября текущего года, при подачи неполного пакета документов – о мотивированном от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">казе с указанием причины отказа. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в уведомлении указывает о зачислении с 1 сентября текущего года первым троим подавшим заявление </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателям</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> из территории обслуживания, затем - о зачислении с 1 сентября текущего года 1 (одному) претенден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ту не из территории обслуживания, из числа тех, кто зарегистрировался первым. При обращении через </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бумажно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) – выдача уведомления о приеме и зачислении в организацию среднего образования с 1 сентября текущего года, при подаче неполного пакета д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>окументов - о мотивированном отказе с указанием причины отказа.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6B0B" w:rsidTr="000522DA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidTr="000522DA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно Трудовому кодексу Республики Казахстан (далее – Кодекс) с перерывом на обед с 13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.00 часов до 14.30 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлени</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>й и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) портале </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidTr="000522DA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Перечень документов необходимых для </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление родителей или иных законных представителей согласно </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>форме</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Перечню основных требований к оказанию государственной услуги: "Прием документов и зачисление в организации образования независимо от ведо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>мственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) медицинские справки формы № 065/у "Карта профилактических прививок" и формы № 052-2/у "Паспорт здоровья ребенка", утверж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">денные приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>зарегистрирован</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Реес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тре</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>регистрации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нормативных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>правовых</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>актов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>под</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) цифровая фотография ребенка размером 3х4 см.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бумажно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление родителей или иных законных представителей согласно </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>форме</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Перечню основных требований к </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказанию государственной услуги: "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по общеобразовательным программам начального, основного среднего, общего среднего образования";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) документ, уд</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">остоверяющий личность (оригинал требуется для идентификации, который возвращается </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) или электронный документ, полученный из сервиса цифровых документов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) медицинские справки формы № 065/у "Карта профилактических прививок" и формы № 052-2/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>у "Паспорт здоровья ребенка", утвержденные приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заполнению" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>зарегистрирован</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Реестре</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>регистрации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нормативных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>правовых</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>актов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>под</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) фотографии ребенка размером 3х4 см в количестве 2 штук. В случаях осуществления ограничительных мероприятий соответствующими государственными ор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ганами, введения чрезвычайного положения, возникновения чрезвычайных ситуаций социального, природного и техногенного характера на определенной территории медицинские справки формы № 065/у и 052-2/у, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателями</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на данной территории предоставляются </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>епосредственно в организации образования по мере снятия ограничительных мероприятий, прекращения действия чрезвычайного положения.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6B0B" w:rsidTr="000522DA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) установлен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ие недостоверности документов, представленных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) несоответствие представленных документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, необходимых для оказания государственной усл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>уги, требованиям, установленным Типовыми правилами приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования, утвержденными приказом Министра образования и н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ауки Республики Казахстан от 12 октября 2018 года № 546 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17553);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>переполненность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>класс-комплектов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidTr="000522DA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Иные требования с учетом особенностей оказания государственной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) максимально допустимое время ожидания для сдачи пакета документов – 15 минут;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) максимально допустимое время обслуживания – 15 минут. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сть получения государственной услуги в электронной форме через портал при условии наличия ЭЦП родителей (законных представителей). </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">го доступа посредством "личного кабинета" портала, справочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, а также Единого контакт-центра "1414", 8-800-080-7777. Условия получения услуги третьими лицами: Электронный запрос третьих лиц, при условии согласия лица, в отношении которо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>го запрашиваются сведения, предоставленного из "личного кабинета" на портале.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidTr="000522DA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7785" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00203EED" w:rsidRDefault="00203EED">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2180" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Переченю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>основных требований к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказанию государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Прием документов и зачисление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в организации образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">независимо от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ведомственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>подчиненности для обучения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам начального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>основного среднего, общего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>среднего образования"</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00203EED" w:rsidRDefault="00203EED">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidTr="000522DA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7785" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2180" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="006C6B0B">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00203EED" w:rsidRDefault="00203EED">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidTr="000522DA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7785" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00203EED" w:rsidRDefault="00203EED">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2180" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директору</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования ФИО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при его наличии) директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от ______</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>__________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ФИО (при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>родителя (законного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>представителя)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Телефон:___________</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00203EED" w:rsidRDefault="00203EED">
-[...169 lines deleted...]
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="z306"/>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Прошу принять моего ребенка _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ФИО (при его наличии) ребенка)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (адрес регистрации, город, село, район, область)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>для обучения _________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (полное наименование организации образования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Даю согласие на использование защищенной законом конфиденциальной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>информации, содержащейся в информационных системах _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____"______________20___год</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5848"/>
+        <w:gridCol w:w="3929"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бастауыш</w:t>
-[...8 lines deleted...]
-            <w:r>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Типовым правилам приема</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на обучение в организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования, реализующие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>учебные программы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>1-қосымша</w:t>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и общего среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
-[...4 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="z273"/>
+      <w:r w:rsidRPr="000522DA">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги: "Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00203EED">
-[...47 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Типовые правила дополнены приложением 2 в соответствии с п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">риказом Министра образования и науки РК от 24.06.2020 № 264 (вводится в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>өткен соң қолданысқа енгізіледі); өзгеріс</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 04.04.2023 № 84 (вводится в действие по и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стечении десяти календарных дней после дня их первого официального опубликования).</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="888"/>
-        <w:gridCol w:w="1989"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2273"/>
+        <w:gridCol w:w="4110"/>
+        <w:gridCol w:w="2977"/>
         <w:gridCol w:w="142"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A04DF0" w:rsidTr="00203EED">
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidTr="007F2D0A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>ы (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации начального, основного среднего, общего среднего образования (далее - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A04DF0" w:rsidRPr="00203EED" w:rsidTr="00203EED">
+      <w:tr w:rsidR="006C6B0B" w:rsidTr="007F2D0A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Способы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предоставления</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRPr="00203EED" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00203EED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">1) </w:t>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) веб-портал "электронного правительства" </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>www</w:t>
             </w:r>
-            <w:r w:rsidRPr="00203EED">
+            <w:r w:rsidRPr="000522DA">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>egov</w:t>
             </w:r>
-            <w:r w:rsidRPr="00203EED">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>kz</w:t>
             </w:r>
-            <w:r w:rsidRPr="00203EED">
-[...23 lines deleted...]
-              <w:t>;</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее – портал);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A04DF0" w:rsidRPr="00203EED" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00203EED">
-[...5 lines deleted...]
-              <w:t>2) көрсетілетін қызметті беруші арқылы жүзеге асырылады.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A04DF0" w:rsidTr="00203EED">
+      <w:tr w:rsidR="006C6B0B" w:rsidTr="007F2D0A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушіге құжаттар топтамасын тапсырған күннен бастап, сондай-ақ портал арқылы жүгінген кезде - бір жұмыс күні.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>минут</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A04DF0" w:rsidTr="00203EED">
+      <w:tr w:rsidR="006C6B0B" w:rsidTr="007F2D0A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Электронды (ішінара автоматтандырылған) / қағаз түрінде</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>частично</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автоматизированная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>) /</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бумажная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A04DF0" w:rsidTr="00203EED">
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidTr="007F2D0A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ре</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>зультат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-              <w:t>ғымдағы жылдың 1 қыркүйегінен бастап білім беру ұйымына қабылдағаны және оқуға қабылданғаны, құжаттардың толық емес пакетін тапсыру кезінде - бас тартудың себебін көрсете отырып, дәлелді бас тарту туралы хабарлама беріледі.</w:t>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В случае обращения через портал в "личный кабинет" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приходит уведомление о переводе обучающегося из одной организации в другую организацию образования, с указанием фамилии, имени, отчества (при наличи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и), даты рождения, класса, языка обучения и школы (телефон, почтовый адрес, электронный адрес (официальный интернет ресурс) подписанное электронной цифровой подписью (далее - ЭЦП) уполномоченного лица </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, при отказе оказании государственной услуг</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и - о мотивированном отказе с указанием причин отказа.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При приеме от </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документов на бумажном носителе </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> выдается открепительный талон о выбытии для предоставления его в организацию прибытия, с указанием фамилии, имени, отчества </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(при его наличии), даты рождения, класса, языка обучения и школы (телефон, почтовый адрес, электронный адрес (официальный интернет ресурс) или мотивированный отказ. В случае получения услуги на бумажном носителе </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, к которому прибывает обучающий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ся, предоставляет открепительный талон о прибытии, в котором указывается его фамилия, имя, отчество (при его наличии), дата рождения, класс, язык обучения, школа (почтовый адрес, телефон, электронный адрес (официальный интернет ресурс).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оригинал </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>открепительного талона о прибытии (документы выдаются после предоставления оригинала открепительного талона о прибытии в другую организацию среднего образования) предоставляется в ту организацию среднего образования из которой выбывает обучающийся для полу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>чения документов (личное дело обучающегося).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> выдает </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документы на руки (личное дело обучающегося). </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предоставляет документы (личное дело) в организацию образования в которую прибывает. Организации образования </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>издают приказы и проводят сверку о зачислении/отчислении обучающегося в/из организации среднего образования.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A04DF0" w:rsidTr="00203EED">
+      <w:tr w:rsidR="006C6B0B" w:rsidTr="007F2D0A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>ет кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательст</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">вом </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A04DF0" w:rsidRPr="00203EED" w:rsidTr="00203EED">
+      <w:tr w:rsidR="006C6B0B" w:rsidTr="007F2D0A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно Трудовому кодексу Республики Казахс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тан (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и пр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>аздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) интернет ресурса-портале </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 1) </w:t>
-[...111 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">2) </w:t>
             </w:r>
-            <w:r>
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> порталында орналасқан.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>портале</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> www.eg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ov.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A04DF0" w:rsidRPr="00203EED" w:rsidTr="00203EED">
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidTr="007F2D0A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсету үшін қажетті құжаттардың тізбесі</w:t>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Документы по установленному перечню необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>порталға:</w:t>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-через портал:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>атын негізгі талаптардың тізбесіне сәйкес нысан бойынша ата-аналардың немесе басқа заңды өкілдердің өтініші;</w:t>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление родителей или иных законных представителей согласно форме приложения 2 (в школу прибытия и школу выбытия);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="007F2D0A" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> нысанды және "Бала денсаулығының паспорты" № 052-2/у нысанды медициналық анықтамалар;</w:t>
+            <w:r w:rsidRPr="007F2D0A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F2D0A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F2D0A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F2D0A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бумажно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F2D0A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> 3х4 см өлшеміндегі цифрлық фотосуретi.</w:t>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заявление родителей или иных законных представителей согласно форме приложения 2 (в школу прибытия и школу выбытия);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...291 lines deleted...]
-              <w:t xml:space="preserve"> 065/у және № 052-2/у нысанындағы медициналық анықтамаларды осы аумақтағы көрсетілетін қызметті алушылар тікелей білім беру ұйымына қажеттілігіне қарай береді.</w:t>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) открепительный талон о приеме документов, в котором указывается ФИО (при его наличии) ребенка, класс, язык обучения, школа, телефоны и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">электронный адрес (официальный </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) организации образования (за исключением обучающихся, выбывающих за пределы Республики Казахстан, которые предоставляют документ подтверждающий выезд за пределы Республики Казахстан).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A04DF0" w:rsidTr="00203EED">
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidTr="007F2D0A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>ы</w:t>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) переполненность класс-комплектов;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...32 lines deleted...]
-              <w:t>3) сынып-жинақталымының шамадан тыс толуы.</w:t>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) сроки подачи заявления не соответствуют установленным в настоящих правилах срокам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A04DF0" w:rsidTr="00203EED">
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidTr="007F2D0A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-              <w:t>ұсыну ерекшеліктерін ескеретін өзге де талаптары</w:t>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты 15 (жиырма) минут.</w:t>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) максимально допустимое время ожидания для сдачи пакета документов -15 минут.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED" w:rsidP="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...42 lines deleted...]
-              <w:t>мет алу шарттары: Порталдағы "жеке кабинеттен" ақпарат сұралатын тұлғаның келісімімен, үшінші тұлғалардың электрондық сұранысы.</w:t>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) максимально допустимое время обслуживания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 30 м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>инут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленн</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ого доступа посредством "личного кабинета" портала, справочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A04DF0" w:rsidTr="00203EED">
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidTr="007F2D0A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6988" w:type="dxa"/>
+            <w:tcW w:w="7271" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:bookmarkStart w:id="107" w:name="_GoBack" w:colFirst="1" w:colLast="1"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00203EED" w:rsidRDefault="00203EED" w:rsidP="00203EED">
+          <w:p w:rsidR="007F2D0A" w:rsidRDefault="007F2D0A">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED" w:rsidP="00203EED">
+          <w:p w:rsidR="007F2D0A" w:rsidRDefault="007F2D0A">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="-18"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+          </w:p>
+          <w:p w:rsidR="007F2D0A" w:rsidRDefault="007F2D0A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007F2D0A" w:rsidRDefault="007F2D0A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007F2D0A" w:rsidRDefault="007F2D0A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007F2D0A" w:rsidRDefault="007F2D0A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007F2D0A" w:rsidRDefault="007F2D0A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007F2D0A" w:rsidRDefault="007F2D0A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007F2D0A" w:rsidRDefault="007F2D0A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007F2D0A" w:rsidRDefault="007F2D0A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Перечень основных требований к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказанию государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для перевода</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...13 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>детей между организациями</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>начального, основного среднего,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...54 lines deleted...]
-              <w:t>қосымша</w:t>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A04DF0" w:rsidTr="00203EED">
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidTr="007F2D0A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6988" w:type="dxa"/>
+            <w:tcW w:w="7271" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED" w:rsidP="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="006C6B0B">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...102 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...2063 lines deleted...]
-      <w:tr w:rsidR="00A04DF0" w:rsidTr="00203EED">
+      <w:tr w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidTr="007F2D0A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7130" w:type="dxa"/>
+            <w:tcW w:w="7271" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00203EED" w:rsidRDefault="00203EED">
+          <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...122 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директору</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования ФИО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...13 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при его наличии) директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от _________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ФИО (при его нал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ичии) родителя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(законного представителя)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...168 lines deleted...]
-              <w:t>Телефоны: _________________</w:t>
+            <w:r w:rsidRPr="000522DA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Телефон:___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED" w:rsidP="00203EED">
-[...4 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="z308"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r w:rsidRPr="000522DA">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...8 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Прошу перевести моего ребенка ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...24 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ФИО (при его наличии) ребенка)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...24 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающегося ____________ класса _______________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      ______________________________________________ </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (полное наименование организации образования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...8 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...8 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (адрес регистрации, город, село, район, область)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...24 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>для обучения __________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...10 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (полное наименование организаци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и образования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...24 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Даю согласие на использование защищенной законом конфиденциальной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...8 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>информации, содержащейся в информационных системах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...24 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________"____"______________20___год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ақпараттық жүйелерде қамтылған заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін. </w:t>
-[...48 lines deleted...]
-      <w:r>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w:rsidR="00A04DF0" w:rsidRDefault="00203EED">
+    </w:p>
+    <w:p w:rsidR="006C6B0B" w:rsidRPr="000522DA" w:rsidRDefault="00D13E4A">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
-      </w:pPr>
-[...13 lines deleted...]
-    <w:sectPr w:rsidR="00A04DF0" w:rsidSect="00203EED">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">© 2012. РГП на ПХВ «Институт законодательства и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000522DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="006C6B0B" w:rsidRPr="000522DA">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="709" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A04DF0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A04DF0"/>
+    <w:rsidRoot w:val="006C6B0B"/>
+    <w:rsid w:val="000522DA"/>
+    <w:rsid w:val="0005739E"/>
+    <w:rsid w:val="006C6B0B"/>
+    <w:rsid w:val="007F2D0A"/>
+    <w:rsid w:val="00D13E4A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="52AF53E1"/>
-  <w15:docId w15:val="{08DCDA5F-7959-4981-8531-0380EB4FE76F}"/>
+  <w14:docId w14:val="57DA2AE1"/>
+  <w15:docId w15:val="{C483991C-C34B-4966-993A-B494131F44D6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12211,66 +18372,66 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>25</Pages>
-[...1 lines deleted...]
-  <Characters>49479</Characters>
+  <Pages>27</Pages>
+  <Words>8855</Words>
+  <Characters>50478</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>412</Lines>
-  <Paragraphs>116</Paragraphs>
+  <Lines>420</Lines>
+  <Paragraphs>118</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>58043</CharactersWithSpaces>
+  <CharactersWithSpaces>59215</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Отдел образования</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>