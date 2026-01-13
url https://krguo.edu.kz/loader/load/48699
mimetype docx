--- v0 (2025-10-09)
+++ v1 (2026-01-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ce99183" w14:textId="ce99183">
+    <w:p w14:paraId="bb27063" w14:textId="bb27063">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,2284 +76,2282 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Психологиялық-педагогикалық қолдау саласындағы жергілікті атқарушы органдар көрсететін мемлекеттік көрсетілетін қызметтерді көрсету тәртібін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 27 мамырдағы № 223 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 27 мая 2020 года № 223 "Об утверждении правил оказания государственных услуг в сфере психолого-педагогической поддержки, оказываемых местными исполнительными органами"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ и.о. Министра просвещения Республики Казахстан от 17 ноября 2022 года № 462. Зарегистрирован в Министерстве юстиции Республики Казахстан 18 ноября 2022 года № 30622</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      БҰЙЫРАМЫН:</w:t>
+      ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Психологиялық-педагогикалық қолдау саласындағы жергілікті атқарушы органдар көрсететін мемлекеттік көрсетілетін қызметтерді көрсету тәртібін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 27 мамырдағы № 223 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20744 болып тіркелді) мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 27 мая 2020 года № 223 "Об утверждении правил оказания государственных услуг в сфере психолого-педагогической поддержки, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20744) следующие изменения и дополнения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрестілген бұйрықпен бекітілген "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік қызметті көрсету </w:t>
-[...19 lines deleted...]
-        <w:t>:</w:t>
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги "Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями", утвержденных указанным приказом: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тармақ</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+        <w:t>пункт 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "2. Осы қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
+      "2. В настоящих Правилах используется следующее понятие:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) проактивті көрсетілетін қызмет – көрсетілетін қызметті алушының өтінішінсіз көрсетілетін қызметті берушінің бастамасы бойынша көрсетілетін мемлекеттік қызмет.";</w:t>
-[...1 lines deleted...]
-    </w:p>
+      1) проактивная услуга - государственная услуга, оказываемая без заявления услугополучателя по инициативе услугодателя.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4-тармақ</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+        <w:t>пункт 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "4. Для получения государственной услуги физическое лицо (далее - услугополучатель) обращается в канцелярию услугодателя и/или через веб-портал "электронного правительства" www.egov.kz. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Основные требования к оказанию государственной услуги, включающие характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в Перечне основных требований к оказанию государственной услуги "Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "4. Мемлекеттік көрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне және/немесе www.egov.kz "электрондық үкіметтің" веб-порталы арқылы өтініш береді.</w:t>
-[...41 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+      дополнить пунктом 7-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мынадай мазмұнда 7-1-тармақпен толықтырылсын:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+      "7-1. Государственная услуга по обследованию и оказанию психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями может оказываться проактивным способом, по инициативе услугодателя посредством информационных систем государственных органов при регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на веб-портале "электронного правительства" www.egov.kz и включать в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "7-1. Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету жөніндегі мемлекеттік көрсетілетін қызмет проактивті тәсілмен, қызметті берушінің бастамасымен көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының телефон нөмірін www.egov.kz "электрондық үкімет" веб-порталында тіркеген кезде көрсетілетін қызметті берушінің және мемлекеттік органдардың ақпараттық жүйелері арқылы, проактивті жолмен көрсетілуі мүмкін және оған:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
+      1) отправку автоматических уведомлений услугополучателю с запросом на оказание государственной услуги по обследованию и оказанию психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) көрсетілетін қызметті алушыға мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету жөніндегі мемлекеттік қызметті көрсетуге сұраным жасалған автоматты хабарлама жіберу;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      2) получение согласия услугополучателя на оказание проактивной услуги, а также иных необходимых сведений от услугополучателя, в том числе ограниченного доступа, посредством абонентского устройства сотовой связи услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) проактивті қызметті көрсетуге көрсетілетін қызметті алушының келісімін алу, сондай-ақ көрсетілетін қызметті алушыдан өзге де қажетті, оның ішінде көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының көмегімен шектеулі қолжетімді мәліметтерді алу енеді.</w:t>
-[...19 lines deleted...]
-    </w:p>
+      Срок ожидания ответа от услугополучателя составляет двадцать четыре часа с момента получения запроса.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>14-тармақ</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+        <w:t>пункт 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "14. Мемлекеттік қызметтерді тікелей көрсететін орталық мемлекеттік органның, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің, көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның атына келіп түскен көрсетілетін қызметті алушының шағымы оны тіркеген күннен бастап бес жұмыс күні ішінде қарауға жатады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
+      "14. Жалоба услугополучателя, поступившая в адрес центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, услугодателя, Государственной корпорации, непосредственно оказывающих государственные услуги, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы оның тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға жатады.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Шағымды қарау мерзімі ұзартылған жағдайда шағымдарды қарау бойынша өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап үш жұмыс күні ішінде шағым берген көрсетілетін қызметті алушыға ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение трех рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекеттеріне (әрекетсіздігіне) шағым әкімшілік органға, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адамға берілуі мүмкін.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана в административный орган, должностному лицу, чьи административный акт, административное действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әкімшілік орган, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адам шағым түскен күннен бастап үш жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын әкімшілік орган, лауазымды адам, егер ол үш жұмыс күні ішінде қолайлы әкімшілік актіні қабылдаса, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік әрекетті жасаса, шағымды қарайтын органға шағым жібермеуге құқылы.";</w:t>
-[...1 lines deleted...]
-    </w:p>
+      При этом административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет благоприятный административный акт, совершит административное действие, полностью удовлетворяющие требования, указанные в жалобе.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>приложения 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және </w:t>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="8"/>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии", утвержденных указанным приказом: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">көрсетілген бұйрықпен бекітілген "Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік қызмет көрсету </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
+        <w:t>пункт 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. В настоящих Правилах используется следующее понятие:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проактивная услуга - государственная услуга, оказываемая без заявления услугополучателя по инициативе услугодателя.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тармақ</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+        <w:t>пункт 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "4. Для получения государственной услуги физическое лицо (далее - услугополучатель) обращается в канцелярию услугодателя и/или через веб-портал "электронного правительства" www.egov.kz. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z32" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Основные требования к оказанию государственной услуги, включающие характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в Перечне основных требований к оказанию государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z33" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "2. Осы Қағидаларда мынадай ұғым пайдаланылады:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
+      При предоставлении документов непосредственно в канцелярию услугодателя в день обращения сотрудник канцелярии услугодателя принимает и регистрирует документы услугополучателя и передает документы руководителю услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z34" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) проактивті қызмет-көрсетілетін қызметті берушінің бастамасы бойынша көрсетілетін қызметті алушының өтінішінсіз көрсетілетін мемлекеттік қызмет.";</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Предусмотрена предварительная запись по телефону и/или при непосредственном обращении услугополучателя.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 11-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11-1. Государственная услуга по реабилитации и социальной адаптации детей и подростков с проблемами в развитии может оказываться проактивным способом, по инициативе услугодателя посредством информационных систем государственных органов при регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на веб-портале "электронного правительства" www.egov.kz и включать в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отправку автоматических уведомлений услугополучателю с запросом на оказание государственной услуги по реабилитации и социальной адаптации детей и подростков с проблемами в развитии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получение согласия услугополучателя на оказание проактивной услуги, а также иных необходимых сведений от услугополучателя, в том числе ограниченного доступа, посредством абонентского устройства сотовой связи услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок ожидания ответа от услугополучателя составляет двадцать четыре часа с момента получения запроса.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4-тармақ</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="10"/>
+        <w:t>пункт 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "4. Мемлекеттік қызметті алу үшін жеке тұлға (бұдан әрі-көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне және/немесе "электрондық үкімет" www.egov.kz. веб-порталы арқылы жүгінеді.</w:t>
-[...40 lines deleted...]
-    </w:p>
+      "12. Жалоба услугополучателя, поступившая в адрес центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, услугодателя, Государственной корпорации, непосредственно оказывающих государственные услуги, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжаттарды тікелей көрсетілетін қызметті берушінің кеңсесіне ұсынған кезде көрсетілетін қызметті берушінің кеңсе қызметкері көрсетілетін қызметті алушының құжаттарын қабылдайды және тіркейді және құжаттарды көрсетілетін қызметті берушінің басшысына береді.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Телефон арқылы және/немесе көрсетілетін қызметті алушы тікелей жүгінген кезде алдын ала жазылу көзделген.";</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="11"/>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение трех рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мынадай мазмұндағы 11-1-тармақпен толықтырылсын:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="12"/>
+      Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана в административный орган, должностному лицу, чьи административный акт, административное действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z45" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "11-1. Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу жөніндегі мемлекеттік қызмет көрсетілетін қызметті берушінің бастамасы бойынша "электрондық үкімет" www.egov.kz веб-порталында көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының телефон нөмірін тіркеу кезінде мемлекеттік органдардың ақпараттық жүйелері арқылы проактивті тәсілмен көрсетілуі және оның ішінде:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="12"/>
+      Административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z46" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу жөніндегі мемлекеттік қызметті көрсетуге сұрау салумен көрсетілетін қызметті алушыға Автоматты хабарламалар жіберуді;</w:t>
-[...37 lines deleted...]
-    </w:p>
+      При этом административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет благоприятный административный акт, совершит административное действие, полностью удовлетворяющие требования, указанные в жалобе.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>12-тармақ</w:t>
-[...121 lines deleted...]
-    </w:p>
+        <w:t>приложения 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования", утвержденных указанным приказом: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...111 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
+        <w:t>пункт 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. В настоящих Правилах используется следующее понятие:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z51" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проактивная услуга - государственная услуга, оказываемая без заявления услугополучателя по инициативе услугодателя.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тармақ</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="15"/>
+        <w:t>пункт 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "4. Для получения государственной услуги физическое лицо (далее - услугополучатель) обращается в канцелярию услугодателя и/или через веб-портал "электронного правительства" www.egov.kz. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z54" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Основные требования к оказанию государственной услуги, включающие характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в Перечне основных требований к оказанию государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z55" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "2. Осы Қағидаларда мынадай ұғым пайдаланылады:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
+      При предоставлении пакета документов через канцелярию услугодателя услугодатель принимает заявление и пакет документов и передает документы услугополучателя руководителю услугодателя. Сотрудником канцелярии услугодателя выдается расписка о приеме документов (в произвольной форме) услугополучателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z56" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При предоставлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия услугодатель готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z57" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) проактивті қызмет-көрсетілетін қызметті берушінің бастамасы бойынша көрсетілетін қызметті алушының өтінішінсіз көрсетілетін мемлекеттік қызмет.";</w:t>
-[...1 lines deleted...]
-    </w:p>
+      дополнить пунктом 7-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z58" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7-1. Государственная услуга по приему документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования может оказываться проактивным способом, по инициативе услугодателя посредством информационных систем государственных органов при регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на веб-портале "электронного правительства" www.egov.kz и включать в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z59" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отправку автоматических уведомлений услугополучателю с запросом на оказание государственной услуги по приему документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z60" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получение согласия услугополучателя на оказание проактивной услуги, а также иных необходимых сведений от услугополучателя, в том числе ограниченного доступа, посредством абонентского устройства сотовой связи услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z61" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок ожидания ответа от услугополучателя составляет двадцать четыре часа с момента получения запроса.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4-тармақ</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="16"/>
+        <w:t>пункт 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "4. Мемлекеттік қызметті алу үшін жеке тұлға (бұдан әрі-көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне және/немесе "электрондық үкімет" www.egov.kz. веб-порталы арқылы жүгінеді.</w:t>
-[...40 lines deleted...]
-    </w:p>
+      "9. Жалоба услугополучателя, поступившая в адрес центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, услугодателя, Государственной корпорации, непосредственно оказывающих государственные услуги, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z64" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті берушінің кеңсесі арқылы құжаттар топтамасын ұсынған кезде көрсетілетін қызметті беруші өтініш пен құжаттар топтамасын қабылдайды және көрсетілетін қызметті алушының құжаттарын көрсетілетін қызметті берушінің басшысына береді. Көрсетілетін қызметті берушінің кеңсе қызметкері көрсетілетін қызметті алушыға құжаттардың қабылданғаны туралы қолхат береді (еркін нысанда).</w:t>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="17"/>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z65" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мынадай мазмұндағы 7-1-тармақпен толықтырылсын:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="18"/>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение трех рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z66" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "7-1. Денсаулық жағдайы бойынша ұзақ уақыт бойы бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттарды қабылдау жөніндегі мемлекеттік қызмет көрсетілетін қызметті берушінің бастамасы бойынша Мемлекеттік органдардың ақпараттық жүйелері арқылы көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының телефон нөмірін "электрондық үкімет" www.egov.kz веб-порталда тіркеу кезінде проактивті тәсілмен көрсетілуі мүмкін және оның ішінде:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="18"/>
+      Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана в административный орган, должностному лицу, чьи административный акт, административное действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z67" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) денсаулық жағдайы бойынша ұзақ уақыт бойы бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттарды қабылдау бойынша Мемлекеттік қызмет көрсетуге сұрау салумен көрсетілетін қызметті алушыға автоматты хабарламалар жіберуді;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z68" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) көрсетілетін қызметті алушының проактивті қызмет көрсетуге келісімін, сондай-ақ көрсетілетін қызметті алушыдан өзге де қажетті мәліметтерді, оның ішінде қолжетімділігі шектеулі мәліметтерді көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысы арқылы алуға құқылы.</w:t>
-[...19 lines deleted...]
-    </w:p>
+      При этом административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет благоприятный административный акт, совершит административное действие, полностью удовлетворяющие требования, указанные в жалобе.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>9-тармақ</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="19"/>
+        <w:t>приложение 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "9. Көрсетілетін қызметті алушының орталық мемлекеттік органның, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің, көрсетілетін қызметті берушінің, мемлекеттік көрсетілетін қызметтерді тікелей көрсететін мемлекеттік корпорацияның атына келіп түскен шағымы ол тіркелген күннен бастап бес жұмыс күні ішінде қаралуға тиіс. </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
+      Правила оказания государственной услуги "Прием документов и зачисление в специальные организации образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам" изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z71" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға тиіс.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      2. Комитету среднего образования Министерства просвещения Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z72" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Шағымды қарау мерзімі ұзартылған жағдайда шағымды қарау мерзімі ұзартылған сәттен бастап үш жұмыс күні ішінде шағымды қарау өкілеттігі берілген лауазымды адам шағымды берген көрсетілетін қызметті алушыға шағымды қарау мерзімін ұзарту туралы жазбаша нысанда (шағымды қағаз жеткізгіште берген кезде) немесе электрондық нысанда (шағымды электрондық түрде берген кезде) шағымды қарау мерзімін ұзарту себептерін көрсетіп ұзарту туралы хабарлайды.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z73" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекеттеріне (әрекетсіздігіне) шағым әкімшілік органға, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адамға берілуі мүмкін.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      2) размещение настоящего приказа на Интернет-ресурсе Министерства просвещения Республики Казахстан и предоставление информации о внесенных изменениях и дополнениях в порядок оказания государственных услуг в Единый контакт-центр, услугодателям по вопросам оказания государственных услуг, информационно-коммуникационной инфраструктуре "электронного правительства", оператору сотовой сети после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z74" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әкімшілік орган, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адам шағым түскен күннен бастап үш жұмыс күнінен кешіктірмей шағымды және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства просвещения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z75" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын әкімшілік орган, лауазымды адам, егер ол үш жұмыс күні ішінде қолайлы әкімшілік актіні қабылдаса, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік әрекетті жасаса, шағымды қарайтын органға шағым жібермеуге құқылы.";</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="left"/>
+      3. Контроль за исполнением настоящего совместного приказа возложить на курирующего вице-министра просвещения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z76" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...279 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -2369,75 +2367,109 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Қазақстан Республикасы </w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Оқу-ағарту министрінің міндетін атқарушы </w:t>
+              <w:t>Исполняющий обязанности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра просвещения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2539,116 +2571,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 1 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу-ағарту министрінің</w:t>
+              <w:t>Исполняющий обязанности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>міндетін атқарушы</w:t>
+              <w:t>Министра просвещения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2022 жылғы 17 қарашадағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 462 бұйрығына</w:t>
-[...12 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>от 17 ноября 2022 года № 462</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -2669,155 +2688,155 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Мүмкіндіктері шектеулі</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларды психологиялық-</w:t>
+              <w:t xml:space="preserve">к Правилам оказания </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>медициналық-педагогикалық</w:t>
+              <w:t xml:space="preserve">государственной услуги </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тексеру және оларға </w:t>
+              <w:t>"Обследование и оказание</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">консультациялық көмек </w:t>
+              <w:t>психолого-медико-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету" мемлекеттік</w:t>
+              <w:t xml:space="preserve">педагогической </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызмет көрсетудің негізгі</w:t>
+              <w:t>консультативной помощи детям</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>талаптардың тізбесіне</w:t>
+              <w:t xml:space="preserve">с ограниченными </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -2836,51 +2855,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік қызмет көрсетудің негізгі талаптарының тізбесі</w:t>
+Перечень основных требований к оказанию государственной услуги "Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2913,385 +2932,493 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Психологиялық-медициналық-педагогикалық консультация</w:t>
+Психолого-медико-педагогическая консультация</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 2</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері (қол жеткізу арналары)</w:t>
+Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-- www. egov. kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы</w:t>
+          <w:bookmarkStart w:name="z80" w:id="61"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- психолого-медико-педагогическая консультация;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="61"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- веб-портал "электронного правительства": www.egov.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- абонентское устройство сотовой связи зарегистрированного на www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 3</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...68 lines deleted...]
-Көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 (он бес) минуттан аспайды.</w:t>
+          <w:bookmarkStart w:name="z82" w:id="62"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Время ожидания в очереди на психолого-медико-педагогическое обследование составляет до тридцати календарных дней.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="62"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении к услугодателю дата психолого-медико-педагогического обследования назначается в день обращения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении через портал, а также в проактивной форме дата психолого-медико-педагогического обследования назначается в течение 2 (двух) рабочих дней.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При этом психолого-медико-педагогическое обследование проводится в назначенный день.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимально допустимое время ожидания для сдачи пакета документов к услугодателю - не более 15 (пятнадцать) минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Максимально допустимое время обслуживания услугополучателя - не более 15 (пятнадцать) минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3324,87 +3451,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің нысаны</w:t>
+Форма оказания оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-Электрондық (ішінара автоматтандырылған) Қағаз/проактивті түрінде</w:t>
+          <w:bookmarkStart w:name="z87" w:id="63"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронная (частично автоматизированная)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="63"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бумажная/проактивная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3437,105 +3584,163 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-Порталда мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" электрондық құжат нысанында жолданады және сақталады.</w:t>
+          <w:bookmarkStart w:name="z88" w:id="64"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результат оказания государственной услуги заключение согласно приложению 6 либо мотивированный ответ об отказе в оказании государственной услуги согласно приложению 4 к настоящим Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="64"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная, проактивная.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результат оказания государственной услуги в проактивной форме направляется смс на абонентский номер услугополучателя о готовности заключения психолого-медико-педагогической консультации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3568,87 +3773,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет, сонымен қатар проактивті түрде жеке тұлғаларға тегін көрсетіледі.</w:t>
+Государственная услуга оказывается бесплатно физическим лицам, в том числе в проактивной форме.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3681,199 +3886,287 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z91" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Көрсетілетін қызметті беруші: Қазақстан Республикасының Еңбек </w:t>
-[...111 lines deleted...]
-Мемлекеттік қызмет көрсету орындарының мекенжайлары: 1) көрсетілетін қызметті берушінің интернет-ресурсында; 2) www. egov. kz порталында орналасқан.</w:t>
+Услугодатель: с понедельника по пятницу включительно, кроме выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому кодексу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан и в соответствии установленным графиком работы услугодателя, указанным на интернет-ресурсе Министерства: www.edu.gov.kz в разделе "Государственная услуга".</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="65"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата осуществляется в порядке очереди в день обращения с 9.00 до 17.30 часов в соответствии установленным графиком работы услугодателя.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Портал/абонентское устройство сотовой связи зарегистрированного на www.egov.kz - круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя, после окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан" прием заявок и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предусмотрена предварительная запись по телефону и (или) при непосредственном обращении услугополучателя.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) интернет-ресурсе услугодателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3906,487 +4199,623 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қызмет алушыдан алынатын қажетті құжаттар тізбесі және мәліметтер</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...414 lines deleted...]
-Көрсетілген қызметті беруші мемлекеттік қызметтерді көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиялардың қатарына кіретін мәліметтерді пайдалануға көрсетілетін қызметтерді алушының келісімін, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, алады.</w:t>
+          <w:bookmarkStart w:name="z97" w:id="66"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя к услугодателю:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="66"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) свидетельство о рождении, либо электронный документ из сервиса цифровых документов (требуется для идентификации личности);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) заключение об инвалидности (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) заключение врачебно-консультационной комиссии о необходимости обучения на дому по состоянию здоровья (для статистического учета детей, обучающихся на дому) (при наличии).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При необходимости услугодатель для углубленного обследования дополнительно запрашивает следующие документы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) форма № 052/у "Медицинская карта амбулаторного пациента", утвержденные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и.о. Министра здравоохранения Республики Казахстан "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) психолого-педагогическую характеристику из организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) письменные работы по языку обучения, математике, рисунки и другие результаты деятельности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документы, перечисленные в подпунктах 1), 2) предоставляются в подлинниках и копиях, после сверки которых подлинники возвращаются услугополучателю.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении услугополучателя к услугодателю через портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) электронная копия свидетельства о рождении ребенка, при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС" (далее - ИС ЗАГС) либо родившегося за пределами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) заключение об инвалидности (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) заключение врачебно-консультационной комиссии о необходимости обучения на дому по состоянию здоровья (для статистического учета детей, обучающихся на дому) (при наличии).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При необходимости услугодатель для углубленного обследования дополнительно запрашивает следующие документы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) форма № 052/у "Медицинская карта амбулаторного пациента", утвержденные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и.о. Министра здравоохранения Республики Казахстан "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) психолого-педагогическую характеристику из организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) письменные работы по языку обучения, математике, рисунки и другие результаты деятельности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатель получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4419,143 +4848,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-2) көрсетілетін қызметті алушының және (немесе) ұсынылған материалдардың, объектілердің, деректер мен ақпараттың, мемлекеттік қызметтерді көрсету үшін қажетті мәліметтердің, Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптардың сәйкес келмеуі.</w:t>
+          <w:bookmarkStart w:name="z115" w:id="67"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="67"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4588,159 +5029,191 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...86 lines deleted...]
-Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
+          <w:bookmarkStart w:name="z117" w:id="68"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого контакт-центра, а также в проактивной форме через абонентское устройство сотовой связи зарегистрированного на ww.egov.kz по вопросам оказания государственных услуг.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="68"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4765,132 +5238,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...80 lines deleted...]
-          </w:p>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -4909,180 +5301,725 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Мүмкіндіктері шектеулі</w:t>
+              <w:t>Приложение 2 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларды психологиялық-</w:t>
+              <w:t>Исполняющий обязанности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>медициналық-педагогикалық</w:t>
+              <w:t>Министра просвещения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тексеру және оларға </w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">консультациялық көмек </w:t>
+              <w:t>от 17 ноября 2022 года № 462</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету" мемлекеттік қызмет</w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көрсетудің негізгі </w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">талаптардың тізбесіне </w:t>
+              <w:t>"Обследование и оказание</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4-қосымша</w:t>
+              <w:t>психолого-медико-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогической </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>консультативной помощи детям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с ограниченными </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>возможностями"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z45" w:id="27"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z124" w:id="69"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Нысан</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
+                                                       (Фамилия, имя, отчество (при</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       либо наименование </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       услугополучателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       (адрес услугополучателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z125" w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   Наименование организации образования, адрес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ФИО: ___________ИИН:_________________Адрес:_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       УВЕДОМЛЕНИЕ об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Руководствуясь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан от 15 апреля </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2013 года "О государственных услугах", (Наименование организации образования) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отказывает в приеме документов на оказание государственной услуги (Наименование </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги) в соответствии с Перечнем основных требований к оказанию </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги ввиду</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               причины отказа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Исп.: Фамилия, Имя, Отчество</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Тел.:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Дата:</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5116,495 +6053,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(Көрсетілетін қызметті</w:t>
+              <w:t>Приложение 3 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>алушының тегі, аты, әкесінің</w:t>
+              <w:t>Исполняющий обязанности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аты (болған жағдайда) не</w:t>
+              <w:t>Министра просвещения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымының атауы)</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
-[...391 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>от 17 ноября 2022 года № 462</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -5625,129 +6170,116 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Дамуында проблемалары бар</w:t>
+              <w:t>Приложение 1 К Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балалар мен жасөспірімдерді</w:t>
+              <w:t>оказания государственной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оңалту және әлеуметтік </w:t>
+              <w:t xml:space="preserve">услуги "Реабилитация и </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">бейімдеу" мемлекеттік қызмет </w:t>
+              <w:t xml:space="preserve">социальная адаптация детей и </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көрсетудің негізгі </w:t>
+              <w:t xml:space="preserve">подростков с проблемами в </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>талаптардың тізбесіне</w:t>
-[...12 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>развитии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -5766,51 +6298,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік қызмет көрсетудің негізгі талаптардың тізбесі"</w:t>
+"Перечень основных требований к оказанию государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5843,87 +6375,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Психологиялық-педагогикалық түзету кабинеттері, оңалту орталықтары</w:t>
+Кабинеты психолого-педагогической коррекции, реабилитационные центры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5956,105 +6488,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері (қолжеткізу арналары)</w:t>
+Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-- www.egov.kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы</w:t>
+          <w:bookmarkStart w:name="z128" w:id="71"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- Кабинеты психолого-педагогической коррекции, реабилитационные центры; -веб-портал "электронного правительства": www.egov.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="71"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- абонентское устройство сотовой связи зарегистрированного на www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6087,254 +6621,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Қызмет көрсету мерзімі – 90 күнтізбелік күннен 365 күнтізбелік күнге дейін;</w:t>
-[...35 lines deleted...]
-3) Қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 (он бес) минуттан аспайды.</w:t>
+1) Срок оказания - от 90 календарных дней до 365 календарных дней; 2) максимально допустимое время ожидания для сдачи документов - не более 15 минут; 3) максимально допустимое время обслуживания - не более 15 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 4</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің нысаны</w:t>
+Форма оказания оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (ішінара автоматтандырылған)</w:t>
-[...17 lines deleted...]
- Қағаз түрінде/проактивті түрде</w:t>
+Электронная (частично автоматизированная) Бумажная/проактивная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6367,123 +6847,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...50 lines deleted...]
-Порталда мемлекеттік қызметті көрсету нәтижесі электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне" жолданады және сақталады.</w:t>
+          <w:bookmarkStart w:name="z129" w:id="72"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача справки по форме, согласно приложению 4 к настоящему к настоящим Правилам. Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная, проактивная. На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="72"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результат оказания государственной услуги в проактивной форме направляется смс на абонентский номер услугополучателя о готовности договора на оказание услуг Кабинета психолого-педагогической коррекции</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6516,87 +6980,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет, сонымен қатар проактивті түрде жеке тұлғаларға тегін көрсетіледі.</w:t>
+Государственная услуга оказывается бесплатно физическим лицам, в том числе в проактивной форме.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6629,235 +7093,175 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z130" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Көрсетілетін қызметті беруші: Қазақстан Республикасының Еңбек </w:t>
-[...147 lines deleted...]
-2) www.egov.kz порталында орналасқан.</w:t>
+Услугодатель: с понедельника по пятницу включительно, кроме выходных и праздничных дней, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 до 14.30 часов, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому кодексу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан. Прием заявления и выдача результата осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов. Предусмотрена предварительная запись по телефону и/или при непосредственном обращении услугополучателя. Портал/абонентское устройство сотовой связи зарегистрированного на www.egov.kz - круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя, после окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан" прием заявок и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем). Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="73"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) интернет-ресурсе услугодателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6890,213 +7294,219 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қызмет алушыдан алынатын қажетті құжаттар тізбесі және мәліметтер</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...140 lines deleted...]
-Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілетін қызметті беруші Мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алады.</w:t>
+          <w:bookmarkStart w:name="z132" w:id="74"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя к услугодателю:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="74"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление родителя (законного представителя) услугополучателя в произвольной форме;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) заключение психолого-медико-педагогической консультации. При обращении услугополучателя через портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление родителя (законного представителя) услугополучателя в произвольной форме;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) заключение психолого-медико-педагогической консультации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя через абонентское устройство сотовой связи зарегистрированного на www.egov.kz: 1) обращение родителя (законного представителя) услугополучателя (обращается по абонентскому номеру сотовой связи, зарегистрированного на www.egov.kz ); 2) номер заключения психолого-медико-педагогической консультации. Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается. Услугодатель получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7129,143 +7539,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-2) көрсетілетін қызметті алушының және (немесе) ұсынылған материалдардың, объектілердің, деректер мен ақпараттың, мемлекеттік қызметтерді көрсету үшін қажетті мәліметтердің, Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптардың сәйкес келмеуі.</w:t>
+          <w:bookmarkStart w:name="z137" w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7298,177 +7720,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі және жағдайы туралы ақпаратты мемлекеттік қызмет көрсету мәселесі бойынша бірыңғай байланыс орталығы, сонымен қатар www.egov.kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы алу мүмкіндігіне ие.</w:t>
-[...89 lines deleted...]
-Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого контакт-центра, а также в проактивной форме через абонентское устройство сотовой связи зарегистрированного на www.egov.kz по вопросам оказания государственных услуг. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414. Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777. Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7493,132 +7825,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...80 lines deleted...]
-          </w:p>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -7637,129 +7888,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Дамуында проблемалары бар</w:t>
+              <w:t>Приложение 4 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балалар мен жасөспірімдерді</w:t>
+              <w:t>Исполняющий обязанности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оңалту және әлеуметтік </w:t>
+              <w:t>Министра просвещения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">бейімдеу" мемлекеттік </w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет</w:t>
-[...25 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>от 17 ноября 2022 года № 462</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -7780,51 +8005,116 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>К Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Реабилитация и социальная</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>адаптация детей и подростков</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>с проблемами в развитии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -7845,384 +8135,583 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(Көрсетілетін қызметті</w:t>
-[...77 lines deleted...]
-              <w:t>алушының мекенжайы)</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z142" w:id="76"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                                 (Фамилия, имя, отчество (при</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 либо наименование организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 услугополучателя) _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (адрес услугополучателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z143" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> _________________________________________________________________ </w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> _____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Білім беру ұйымының атауы, мекенжайы</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t>Наименование организации образования, адрес</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z144" w:id="78"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ТАӘ:</w:t>
-[...61 lines deleted...]
-      </w:pPr>
+      ФИО:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ИИН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Адрес:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     УВЕДОМЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z145" w:id="79"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
-[...127 lines deleted...]
-      Күні:</w:t>
+      Руководствуясь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан от 15 апреля </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2013 года "О государственных услугах", (Наименование организации образования) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отказывает в приеме документов на оказание государственной услуги (Наименование </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги) в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечнем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>основных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>требований</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оказанию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ввиду</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     причины отказа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Исп.: Фамилия, Имя, Отчество</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Тел.:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Дата:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8258,116 +8747,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 5 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу-ағарту министрінің</w:t>
+              <w:t>Исполняющий обязанности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>міндетін атқарушы</w:t>
+              <w:t>Министра просвещения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2022 жылғы 17 қарашадағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 462 бұйрығына</w:t>
-[...12 lines deleted...]
-              <w:t>5-қосымша</w:t>
+              <w:t>от 17 ноября 2022 года № 462</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -8388,181 +8864,181 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Бастауыш, негізгі орта, жалпы</w:t>
+              <w:t>Приложение 1 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>орта білім беру ұйымдарына</w:t>
+              <w:t xml:space="preserve">оказания государственной </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>денсаулығына байланысты ұзақ</w:t>
+              <w:t>услуги "Прием документов для</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">уақыт бойы бара алмайтын </w:t>
+              <w:t>организации индивидуального</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">балаларды үйде жеке тегін </w:t>
+              <w:t xml:space="preserve">бесплатного обучения на дому </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оқытуды ұйымдастыру</w:t>
+              <w:t xml:space="preserve">детей, которые по состоянию </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">үшін құжаттар қабылдау" </w:t>
+              <w:t xml:space="preserve">здоровья в течение длительного </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көрсетілетін мемлекеттік </w:t>
+              <w:t xml:space="preserve">времени не могут посещать </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметтің негізгі</w:t>
+              <w:t xml:space="preserve">организации начального, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>талаптарының тізбесіне</w:t>
+              <w:t>основного среднего,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
+              <w:t>общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -8581,51 +9057,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау" көрсетілетін мемлекеттік қызметтің негізгі талаптарының тізбесі"</w:t>
+"Перечень основных требований к оказанию государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8658,87 +9134,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары</w:t>
+Организации начального, основного среднего и общего среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8771,105 +9247,135 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері (қолжеткізуарналары)</w:t>
+Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-- www.egov.kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы</w:t>
+          <w:bookmarkStart w:name="z148" w:id="80"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- Организации начального, основного среднего и общего среднего образования; </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="80"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- веб-портал "электронного правительства": www.egov.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- абонентское устройство сотовой связи зарегистрированного на www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8902,87 +9408,135 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-Қызмет көрсету мерзімі – 2 жұмыс күні; Құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 ( он бес) минуттан аспайды. Көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 ( он бес) минуттан аспайды.</w:t>
+          <w:bookmarkStart w:name="z150" w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Срок оказания - 2 рабочих дней. </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении по инициативе услугодателя в проактивной форме срок оказания государственной услуги в течение 2 (двух) рабочих дней.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Максимально допустимое время ожидания для сдачи пакета документов - не более 15 (пятнадцать) минут. Максимально допустимое время обслуживания услугополучателя - не более 15 (пятнадцать) минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9015,87 +9569,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің нысаны</w:t>
+Форма оказания оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (ішінара автоматтандырылған) Қағаз түрінде/проактивті түрде</w:t>
+Электронная (частично автоматизированная) Бумажная/проактивная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9128,141 +9682,163 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...68 lines deleted...]
-Порталда мемлекеттік қызметті көрсету нәтижесі электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетінде" жолданады және сақталады.</w:t>
+          <w:bookmarkStart w:name="z152" w:id="82"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результат оказания государственной услуги:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="82"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) расписка о приеме документов (в произвольной форме);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) приказ о зачислении на индивидуальное бесплатное обучение на дому. Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная, проактивная. На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результат оказания государственной услуги в проактивной форме направляется смс на абонентский номер услугополучателя о приеме документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9295,87 +9871,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет, сонымен қатар проактивті түрде жеке тұлғаларға тегін көрсетіледі.</w:t>
+Государственная услуга оказывается бесплатно физическим лицам, в том числе в проактивной форме.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9408,197 +9984,175 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...34 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z155" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Портал/www.edu.gov.kz-те тіркелген ұялы байланыстың абоненттік құрылғысы арқылы – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш жасаған жағдайда Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасының заңының </w:t>
-[...73 lines deleted...]
-2) www.egov.kz.</w:t>
+Услугодатель: с понедельника по субботу включительно, кроме выходных и праздничных дней, с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому кодексу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан. Прием заявления и выдача результата осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов. Предварительная запись и ускоренное обслуживание не предусмотрены. Портал/абонентское устройство сотовой связи зарегистрированного на www.egov.kz - куглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя, после окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан" прием заявок и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем). Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="83"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) интернет-ресурсе услугодателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9631,195 +10185,191 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қызмет алушыдан алынатын қажетті құжаттар тізбесі және мәліметтер</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...122 lines deleted...]
-Көрсетілген қызметті беруші мемлекеттік қызметтерді көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиялардың қатарына кіретін мәліметтерді пайдалануға көрсетілетін қызметтерді алушының келісімін, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, алады.</w:t>
+          <w:bookmarkStart w:name="z157" w:id="84"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя к услугодателю:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="84"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление (в произвольной форме);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) заключение врачебно-консультационной комиссии с рекомендацией по обучению на дому. При обращении услугополучателя к услугодателю через портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление (в произвольной форме);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) заключение врачебно-консультационной комиссии с рекомендацией по обучению на дому. Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается. Услугодатель получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9852,143 +10402,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-2) көрсетілетін қызметті алушының және (немесе) ұсынылған материалдардың, объектілердің, деректер мен ақпараттың, мемлекеттік қызметтерді көрсету үшін қажетті мәліметтердің, Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптардың сәйкес келмеуі.</w:t>
+          <w:bookmarkStart w:name="z161" w:id="85"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="85"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10021,159 +10583,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті, оның ішінд еэлектрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі және жағдайы туралы ақпаратты мемлекеттік қызмет көрсету мәселесі бойынша бірыңғай байланыс орталығы, сонымен қатар www.egov.kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы алу мүмкіндігіне ие.</w:t>
-[...71 lines deleted...]
-Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого контакт-центра, а также в проактивной форме через абонентское устройство сотовой связи зарегистрированного на www.egov.kz по вопросам оказания государственных услуг. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414. Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777. Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10198,771 +10688,803 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 6 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу-ағарту министрінің</w:t>
+              <w:t>Исполняющий обязанности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>міндетін атқарушы</w:t>
+              <w:t>Министра просвещения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2022 жылғы 17 қарашадағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 462 бұйрығына</w:t>
-[...12 lines deleted...]
-              <w:t>6-қосымша</w:t>
+              <w:t>от 17 ноября 2022 года № 462</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z55" w:id="29"/>
+    <w:bookmarkStart w:name="z164" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына (арнайы топтар/сыныптар) қабылдау" мемлекеттік қызмет көрсетудің қағидалары</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="30"/>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Прием документов и зачисление в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z165" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-Тарау. Жалпы ережелер</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="31"/>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z166" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына (арнайы топтар/сыныптар) қабылдау" мемлекеттік көрсетілетін қызмет қағидалары (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының 2013 жылғы 15 сәуірдегі заңының (бұдан әрі – Заң) </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="32"/>
+      1. Настоящие Правила оказания государственной услуги "Прием документов и зачисление в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам" (далее - Правила) разработаны в соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах" (далее - Закон) и определяют порядок ее предоставления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z167" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="33"/>
+      2. В настоящих Правилах используется следующее понятие:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z168" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) проактивті көрсетілетін қызмет – көрсетілетін қызметті алушының өтінішінсіз көрсетілетін қызметті берушінің бастамасы бойынша көрсетілетін мемлекеттік қызмет.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="34"/>
+      1) проактивная услуга - государственная услуга, оказываемая без заявления услугополучателя по инициативе услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z169" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына (арнайы топтар/сыныптар) қабылдау" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) арнайы білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="35"/>
+      3. Государственная услуга "Прием документов и зачисление в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам" (далее - государственная услуга) оказывается специальными организациями образования и организациями основного среднего и общего среднего образования, дошкольными организациями всех видов (далее - услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z170" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-Тарау. Мемлекеттік қызмет көрсетудің тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="36"/>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z171" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Для получения государственной услуги физическое лицо (далее - услугополучатель) обращается в канцелярию услугодателя и/или через веб-портал "электронного правительства" www.egov.kz. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z172" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Мемлекеттік көрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесі арқылы және/немесе "электрондық үкімет" веб-порталы арқылы: www.egov.kz.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="36"/>
+      Основные требования к оказанию государственной услуги, включающие характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в Перечне основных требований к оказанию государственной услуги "Прием документов и зачисление в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам" согласно приложению 1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z173" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При предоставлении пакета документов через канцелярию услугодателя услугодатель принимает заявление и пакет документов и передает документы услугополучателя руководителю услугодателя. Сотрудником канцелярии услугодателя выдается расписка о приеме документов (в произвольной форме) услугополучателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z174" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При предоставлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия для получения государственной услуги сотрудник канцелярии услугодателя отказывает в оказании государственной услуги и выдает уведомление об отказе в приеме документов по форме согласно приложению 2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z175" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. При обращении через веб-портал "электронного правительства" www.egov.kz услугополучатель осуществляет выбор электронной государственной услуги в разделе "Образование", заполнение полей электронного запроса и прикрепление пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z176" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель в течении трех рабочих дней осуществляет обработку (проверку, регистрацию) электронного запроса услугополучателя и направляет в "личный кабинет" услугополучателя на портале уведомление о приеме документов согласно приложению 3 к настоящим Правилам либо готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно приложению 2 к настоящим Правилам и направляет в "личный кабинет" портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z177" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z178" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Основанием для зачисления в специальную организацию (специальные группы/классы) образования после начала учебного года является заключение психолого-медико-педагогической консультации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z179" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Документы услугополучателя рассматриваются руководителем услугодателя для определения класса, языка обучения. Руководитель после рассмотрения передает документы специалистам для организации обучения ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z180" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Услугодатель формирует приказ о зачислении в специальную организацию образования (специальные группы/классы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z181" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызмет процесінің сипаттамасы, нысаны, мазмұны және нәтижесі енгізілген мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызметтің ерекшеліктері ескерілген басқа мәліметтер осы Қағидалардағы </w:t>
-[...21 lines deleted...]
-    </w:p>
+      9. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z182" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжаттар топтамасын көрсетілген қызметті беруші кеңсесі арқылы көрсетілген кезде көрсетілетін қызметті беруші өтініш пен құжаттар топтамасын қабылдайды, көрсетілетін қызметті берушінің басшысына береді. Көрсетілетін қызметті берушінің кеңсе қызметкері көрсетілетін қызметті алушыға құжаттардың қабылданғаны туралы қолхат (еркін нысанда) береді.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      10. Государственная услуга по приему документов и зачислению в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам может оказываться проактивным способом, по инициативе услугодателя посредством информационных систем государственных органов при регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на веб-портале "электронного правительства" www.egov.kz и включать в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z183" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отправку автоматических уведомлений услугополучателю с запросом на оказание государственной услуги по приему документов и зачислению в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z184" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получение согласия услугополучателя на оказание проактивной услуги, а также иных необходимых сведений от услугополучателя, в том числе ограниченного доступа, посредством абонентского устройства сотовой связи услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z185" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті алушы құжаттардың толық емес тізбесін және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған кезде көрсетілетін қызметті беруші көрсетілген мерзімде өтінішті одан әрі қараудан дәлелді бас тартуды осы Қағидалардағы </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z63" w:id="37"/>
+      Срок ожидания ответа от услугополучателя составляет двадцать четыре часа с момента получения запроса. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z186" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя в местные исполнительные органы города республиканского значения и столицы, района (города областного значения), и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z187" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. "Электрондық үкімет" веб-порталы арқылы жүгінген кезде www.egov.kz көрсетілетін қызметті алушы "Білім беру" бөлімінде электрондық мемлекеттік қызметті таңдауды, электрондық сұрау салу жолдарын толтыруды және құжаттар топтамасын бекітуді жүзеге асырады.</w:t>
-[...60 lines deleted...]
-    </w:p>
+      11. Жалоба услугополучателя, поступившая в адрес центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, услугодателя, Государственной корпорации, непосредственно оказывающих государственные услуги, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z188" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушылардан ақпараттық жүйелерден алуға болатын құжаттарды талап етуге жол берілмейді.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="38"/>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z189" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Оқу жылы басталғаннан кейін арнайы білім беру ұйымына (арнайы топтар/сыныптар) қабылдау үшін психологиялық-медициналық-педагогикалық консультацияның қорытындысы негіз болып табылады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z65" w:id="39"/>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение трех рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z190" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Көрсетілетін қызметті алушының құжаттарын көрсетілетін қызметті берушінің басшысы оқыту сыныбын, тілін анықтау үшін қарайды. Басшы құжаттарды қарағаннан кейін баланы оқытуды ұйымдастыру үшін мамандарға береді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="40"/>
+      Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана в административный орган, должностному лицу, чьи административный акт, административное действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z191" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Көрсетілетін қызметті беруші арнайы білім беру ұйымына (арнайы топтар/сыныптар) қабылдау туралы бұйрықты қалыптастырады.</w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="42"/>
+      Административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z192" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына (арнайы топтар/сыныптар) қабылдау жөніндегі мемлекеттік қызмет көрсетілетін қызметті берушінің бастамасымен мемлекеттік органдардың ақпараттық жүйелері арқылы көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының телефон нөмірін www.egov.kz "электрондық үкімет" веб-порталында тіркей отырып, проактивті жолмен көрсетуге болады және оған:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z69" w:id="43"/>
+      При этом административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет благоприятный административный акт, совершит административное действие, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z193" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) көрсетілетін қызметті алушыға бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау жөніндегі мемлекеттік қызметті көрсетуге сұраным жасалған автоматты хабарлама жіберу;</w:t>
-[...134 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
+      12. В случаях несогласия с результатами оказания государственной услуги услугополучатель вправе обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10996,181 +11518,207 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Арнайы жалпы білім беретін </w:t>
+              <w:t>Приложение 1 к правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқу бағдарламалары бойынша </w:t>
+              <w:t xml:space="preserve">оказания государственной </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқыту үшін мүмкіндіктері </w:t>
+              <w:t xml:space="preserve">услуги Правила оказания </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">шектеулі балалардың </w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>құжаттарын қабылдау</w:t>
+              <w:t>"Прием документов и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">және арнайы білім беру </w:t>
+              <w:t xml:space="preserve">зачисление в специальные </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарына</w:t>
+              <w:t xml:space="preserve">организации (специальные </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(арнайы топтар/сыныптар)</w:t>
+              <w:t xml:space="preserve">группы/классы) образования </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қабылдау" мемлекеттік </w:t>
+              <w:t xml:space="preserve">детей с ограниченными </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көрсетілетін қызмет қағидасына </w:t>
+              <w:t>возможностями для обучения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
+              <w:t xml:space="preserve">по специальным </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">общеобразовательным учебным </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программам"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -11189,51 +11737,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына (арнайы топтар/сыныптар) қабылдау" мемлекеттік қызмет көрсетудің қағидалары</w:t>
+Перечень основных требований государственной услуги ""Прием документов и зачисление в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11266,87 +11814,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Арнайы білім беру ұйымдары</w:t>
+Специальные организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11379,105 +11927,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері (қол жеткізу арналары)</w:t>
+Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-www.egov.kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы</w:t>
+          <w:bookmarkStart w:name="z195" w:id="116"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- специальные организации образования; - веб-портал "электронного правительства": www.egov.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="116"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- абонентское устройство сотовой связи зарегистрированного на www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11510,141 +12060,163 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...68 lines deleted...]
-3) көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты 15 минуттан аспайды.</w:t>
+          <w:bookmarkStart w:name="z196" w:id="117"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с момента сдачи пакета документов:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="117"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) для зачисления в специальную организацию образования - не позднее 30 августа календарного года, в первый класс - с 1 июня по 30 августа календарного года;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) максимально допустимое время ожидания для сдачи пакета документов услугополучателем услугодателю - не более 15 (пятнадцати) минут;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) максимально допустимое время обслуживания услугополучателя услугодателем - не более 15 (пятнадцати) минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11677,87 +12249,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің нысаны</w:t>
+Форма оказания оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (ішінара автоматтандырылған) Қағаз/проактивті түрінде</w:t>
+Электронная (частично автоматизированная) Бумажная/проактивная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11790,123 +12362,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі:</w:t>
-[...35 lines deleted...]
-2) арнаулы білім беру ұйымына қабылдау туралы бұйрық. Мемлекеттік қызметті көрсету нәтижесін ұсыну түрі: электрондық және (немесе) қағаз түрінде. Порталда мемлекеттік қызметті көрсету нәтижесі электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетінде" жолданады және сақталады.</w:t>
+Результат оказания государственной услуги: 1) расписка о приеме документов (в произвольной форме); 2) приказ о зачислении в специальную организацию образования. Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная/проактивная. На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11939,87 +12475,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет жеке тұлғаларға, сонымен қатар проактивті түрде тегін көрсетіледі.</w:t>
+Государственная услуга оказывается бесплатно физическим лицам, в том числе в проактивной форме.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12052,143 +12588,175 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z199" w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Қызмет беруші: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбі - жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 18.30-ға дейін. Өтініш қабылдау және нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін атқарылады. Алдын ала жазылу және жеделдетіп қызмет көрсету қарастырылмаған. Портал/www.edu.gov.kz-те тіркелген ұялы байланыстың абоненттік құрылғысы арқылы жұмыс кестесі – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш жасаған жағдайда Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасы заңының </w:t>
-[...55 lines deleted...]
-2) www.egov.kz порталында орналасқан.</w:t>
+Услугодатель: с понедельника по субботу включительно, кроме выходных и праздничных дней, с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому кодексу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан. Прием заявления и выдача результата осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов. Предварительная запись и ускоренное обслуживание не предусмотрены. Портал/абонентское устройство сотовой связи зарегистрированного на www.egov.kz - круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан" прием заявок и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем). Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="118"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) интернет-ресурсе услугодателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12221,159 +12789,163 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қызмет алушыдан алынатын қажетті құжаттар тізбесі және мәліметтер</w:t>
+Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...86 lines deleted...]
-2) психологиялық-медициналық-педагогикалық консультацияның қорытындысы. Көрсетілетін қызметті алушылардан ақпараттық жүйелерден алуға болатын құжаттарды талап етуге жол берілмейді. Көрсетілген қызметті беруші мемлекеттік қызметтерді көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиялардың қатарына кіретін мәліметтерді пайдалануға көрсетілетін қызметтерді алушының келісімін, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, алады.</w:t>
+          <w:bookmarkStart w:name="z201" w:id="119"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя к услугодателю:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="119"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление родителя или иного законного представителя услугополучателя о зачислении в специальную организацию образования (в произвольной форме).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) заключение психолого-медико-педагогической консультации. При обращении услугополучателя к услугодателю через портал: 1) заявление родителя или иного законного представителя услугополучателя о зачислении в специальную организацию образования (в произвольной форме);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) заключение психолого-медико-педагогической консультации. Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается. Услугодатель получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12406,143 +12978,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-2) көрсетілетін қызметті алушының және (немесе) ұсынылған материалдардың, объектілердің, деректер мен ақпараттың, мемлекеттік қызметтерді көрсету үшін қажетті мәліметтердің, Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптардың сәйкес келмеуі.</w:t>
+          <w:bookmarkStart w:name="z204" w:id="120"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="120"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12575,87 +13159,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі және жағдайы туралы ақпаратты мемлекеттік қызмет көрсету мәселесі бойынша бірыңғай байланыс орталығы арқылы алу мүмкіндігіне ие. Көрсетілетін қызметті берушінің мемлекеттік қызметті көрсету мәселелері бойынша ақпараттық қызметінің байланыс телефондары Министрліктің www.edu.gov.kz интернет-ресурсында "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған. Мемлекеттік қызмет көрсету мәселелері бойынша Бірыңғай байланыс орталығы: 8-800-080-7777, 1414. Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда Мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар. Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ "1414", 8-800-080-7777 бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар. Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого контакт-центра по вопросам оказания государственных услуг. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414. Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777. Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12680,197 +13264,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...145 lines deleted...]
-          </w:p>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -12889,51 +13327,181 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысаны</w:t>
+              <w:t>Приложение 2 к правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оказания государственной </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">услуги "Прием документов и </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">зачисление в специальные </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организации (специальные </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">группы/классы) образования </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>детей с ограниченными</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>возможностями для обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по специальным </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общеобразовательным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебным программам"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -12954,292 +13522,349 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Тегі, аты, әкесінің аты </w:t>
-[...77 lines deleted...]
-              <w:t>алушының мекенжайы)</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...34 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z208" w:id="121"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бас тарту туралы ХАБАРЛАМА</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+                                                 (Фамилия, имя, отчество</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 либо наименование организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 услугополучателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (адрес услугополучателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z209" w:id="122"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құрметті: [Оқушының тегі, аты, әкесінің аты (болған кезде)]</w:t>
-[...89 lines deleted...]
-      Мекенжай ____________________</w:t>
+      __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   [Наименование ГО]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Уведомление об отказе Уважаемый: [Фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       школьника]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Документы для зачисления в [Наименование организации образования],</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       в [класс, язык обучения] НЕ ПРИНЯТЫ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Причина ___________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Для разъяснения просим обратиться в приемную комиссию [Наименование </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организации образования].</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Адрес ________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13275,349 +13900,396 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Арнайы жалпы білім беретін </w:t>
+              <w:t>Приложение 3 к правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқу бағдарламалары бойынша </w:t>
+              <w:t xml:space="preserve">оказания государственной </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқыту үшін мүмкіндіктері </w:t>
+              <w:t xml:space="preserve">услуги "Прием документов и </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">шектеулі балалардың </w:t>
+              <w:t xml:space="preserve">зачисление в специальные </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>құжаттарын қабылдау</w:t>
+              <w:t xml:space="preserve">организации (специальные </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">және арнайы білім беру </w:t>
+              <w:t>группы/классы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарына</w:t>
+              <w:t xml:space="preserve">образования детей с </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(арнайы топтар/сыныптар)</w:t>
+              <w:t xml:space="preserve">ограниченными возможностями </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қабылдау" мемлекеттік </w:t>
+              <w:t xml:space="preserve">для обучения по специальным </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көрсетілетін қызмет қағидасына </w:t>
+              <w:t>общеобразовательным</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>учебным программам"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z79" w:id="49"/>
-[...22 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z211" w:id="123"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжаттарды қабылдау және оқуға қабылдау туралы хабарлама</w:t>
-[...89 lines deleted...]
-      Мекенжай____________________</w:t>
+      _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   [Наименование ГО]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Уведомление о приеме документов и зачислении</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       в [наименование организации образования]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Уважаемый: [Фамилия, имя, отчество (при его наличии) школьника]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Документы в [Наименование организации образования] приняты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Вы зачислены в [класс, литера, язык обучения], согласно Приказу № [номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказа] от [дата].</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Просим Вас подойти в [Наименование школы] ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Адрес __________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>