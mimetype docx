--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="07240b4" w14:textId="07240b4">
+    <w:p w14:paraId="73f0443" w14:textId="73f0443">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,379 +76,389 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидаларын бекіту туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 12 октября 2018 года № 564. Зарегистрирован в Министерстве юстиции Республики Казахстан 16 октября 2018 года № 17553.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес </w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 11)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" и подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына қабылдаудың үлгілік </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовые правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...15 lines deleted...]
-      2. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім департаменті (Ш.Т. Каринова) заңнамада белгіленген тәртіппен:</w:t>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Департаменту дошкольного и среднего образования Министерства образования и науки Республики Казахстан (Каринова Ш.Т.) в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...15 lines deleted...]
-      2) осы бұйрық мемлекеттік тіркелген күнінен бастап күнтізбелік он күн ішінде оның көшірмесін қағаз және электронды түрде қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жолдауды;</w:t>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...15 lines deleted...]
-      3) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
-[...15 lines deleted...]
-      4) осы бұйрық мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі департаментіне осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Департамент юридической службы Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Білім және ғылым вице-министрі Э.А. Суханбердиеваға жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан Суханбердиеву Э.А.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...15 lines deleted...]
-      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -467,75 +477,92 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Министр образования и науки </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -543,51 +570,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Е. Сағадиев</w:t>
+              <w:t>Е. Сагадиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -637,6143 +664,6150 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Утверждены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>приказом Министра</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2018 жылғы 12 қазандағы</w:t>
+              <w:t>образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 564 бұйрығына қосымша</w:t>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 12 октября 2018 года № 564</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидалары</w:t>
+        <w:t xml:space="preserve"> Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Бастауыш, негізгі орта және жалпы орта, білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидалары (бұдан әрі – Үлгілік қағидалар) "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының (бұдан әрі – Заң) 5-бабының </w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="10"/>
+      1. Настоящие Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего, образования (далее –Типовые правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 11)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" (далее – Закон) и подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", которые определяют порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего, образования (далее – организации образования), а также порядок оказания государственных услуг "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования" и "Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 275</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
-[...35 lines deleted...]
-      3. Білім алушылардың қатарына қабылдау білім беру ұйымы басшысының бұйрығы негізінде жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Организации образования осуществляют прием на обучение в соответствии с Конституцией Республики Казахстан, Законом, настоящими Правилами, иными нормативными правовыми актами, а также разработанными на их основе уставами организаций образования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
-[...15 lines deleted...]
-      4. Сыныптарды білім алушылардың даярлық деңгейі және даму дәрежесі бойынша жасақтауға рұқсат етілмейді.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Зачисление в число обучающихся производится на основании приказа руководителя организации образования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Не допускается комплектование классов по уровню подготовки и степени развития обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Білім беру ұйымдарына білім алушыларды қабылдау кезінде білім беру ұйымдарының басшылары Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардығы № 93 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
+      5. При приеме обучающихся в организации образования руководители организаций образования заключают с родителями или иными законными представителями детей или обучающихся договора на оказание образовательных услуг в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>типовым договором</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания образовательных услуг, утвержденным приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 93, (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13227).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">6. Алынып тасталды - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+        <w:t xml:space="preserve">6. Исключен приказом Министра образования и науки РК от 03.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 275</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Родители или иные законные представители ребенка или обучающегося выбирают организации образования с учетом желания, индивидуальных склонностей и особенностей ребенка или обучающегося и в соответствии с условиями приема.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В случае отказа в приеме на обучение в организацию образования, родители или иные законные представители обучающегося обращаются по месту жительства в местные органы управления образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-бөлім. Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдау тәртібі</w:t>
-[...19 lines deleted...]
-      9. Бастауыш білімнің жалпы оқу бағдарламаларын іске асыратын білім беру ұйымдары дайындық деңгейіне қарамастан, білім беру ұйымы қызмет көрсететін аумақта тұратын барлық балалардың қолжетімділігін қамтамасыз ете отырып, алты жастағы және күнтізбелік жылда алты жасқа толатын балаларды бірінші сыныпқа қабылдауды қамтамасыз етеді.</w:t>
+        <w:t xml:space="preserve"> Глава 2. Порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:p>
-[...14 lines deleted...]
-      Білім беру ұйымына қызмет ету аумағы республикалық маңызы бар қалалардың, астананың, аудандардың (облыстық маңызы бар қалалардың) білім беруді басқару органдарының бұйрығымен бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Организации образования, реализующие общеобразовательные учебные программы начального образования, обеспечивают прием в первый класс детей шести лет и детей, которым в текущем календарном году исполняется шесть лет, с обеспечением доступа всех детей, проживающих на территории обслуживания организации образования, независимо от уровня подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Территория обслуживания организации образования утверждается приказом органов управления образованием городов республиканского значения, столицы, районов (городов областного значения).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 275</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="19"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z58" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1. Прием документов и выдача результатов оказания государственной услуги осуществляются посредством веб-портала "электронного правительства" (далее – портал) и на бумажном носителе через организации начального, основного среднего, общего среднего образования ( далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z59" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для получения государственной услуги родители или иные законные представители ребенка (далее - услугополучатель) предоставляют услугодателю перечень документов согласно в приложению 1 к Типовым правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 9-1 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-2. Прием документов от родителей или иных законных представителей ребенка, поступающих в первый класс организаций образования, реализующих общеобразовательные учебные программы начального образования, производится с 1 апреля по 1 августа текущего календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях осуществления ограничительных мероприятий соответствующими государственными органами, введения чрезвычайного положения, возникновения чрезвычайных ситуаций социального, природного и техногенного характера на определенной территории, прием документов в первый класс организаций образования производится не позднее 20 августа текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 9-2 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 07.08.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 332</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-3. Услугополучателю, обратившемуся посредством портала в "личный кабинет", направляется уведомление о принятии запроса для оказания государственной услуги с указанием даты и времени получения результата государственной услуги (прием документов либо мотивированный отказ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 9-3 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-4. При обращении через портал в "личный кабинет" услугополучателя в течение одного рабочего дня поступает уведомление о зачислении ребенка с 1 сентября текущего года в организацию образования, в форме электронного документа, подписанного электронной цифровой подписью (далее - ЭЦП) уполномоченного лица услугодателя либо мотивированный отказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 9-4 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-5. Услугодатель при зачислении направляет уведомление о зачислении с 1 сентября текущего года первым троим подавшим заявление услугополучателям с территории обслуживания организации образования, затем - о зачислении с 1 сентября текущего года 1 (одному) претенденту не из территории обслуживания организации образования, из числа тех, кто зарегистрировался первым.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 9-5 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-6. При подаче заявки на бумажном носителе через услугодателя работник услугодателя регистрирует документы и в течение одного рабочего дня выдает услугополучателю расписку по форме, согласно приложению 1 к Типовым правилам, о том, что ребенок будет принят с 1 сентября текущего года или о мотивированном отказе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z65" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае подачи заявки на бумажном носителе, услугодатель при зачислении ребенка направляет уведомление о зачислении с 1 сентября текущего года первым троим подавшим заявление услугополучателям с территории обслуживания организации образования, затем - о зачислении с 1 сентября текущего года 1 (одному) претенденту не из территории обслуживания организации образования, из числа тех, кто зарегистрировался первым.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приказ о зачислении в первый класс издается организацией образования не ранее 25 августа текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 9-6 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z274" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-7. При приеме детей в первый класс гимназий и лицеев проводятся экзамены до 15 июня календарного года, сроки, формы и задания, которых определяются организациями образования самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Типовые правила дополнены пунктом 9-7 в соответствии с приказом Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Мемлекеттік қызметті алу үшін баланың ата-аналары немесе өзге заңды өкілдері (бұдан әрі - көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге мемлекеттік қызметті көрсету стандартында көрсетілген Үлгілік қағидаларға </w:t>
-[...21 lines deleted...]
-    </w:p>
+      10. Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования осуществляется в каникулярный период (за исключением наличия решения суда, переезда в другой населенный пункт, выезда за пределы Республики Казахстан), в соответствии с государственной услугой "Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовым правилам через портал или услугодателя на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 9-1-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1. Для получения государственной услуги "Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования" услугополучатель подает через портал или на бумажном носителе перечень документов, указанных в стандарте госуслуг в приложении 2 к Типовым правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 10-1 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="20"/>
-[...36 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-2 В случае обращения через портал в "личный кабинет" услугополучателя приходит уведомление о переводе обучающегося из одной организации в другую организацию образования, с указанием фамилии, имени, отчества (при его наличии), даты рождения, класса, языка обучения и школы (телефон, почтовый адрес, электронный адрес (официальный интернет ресурс) подписанное электронной цифровой подписью (далее - ЭЦП) уполномоченного лица услугодателя, при отказе оказании государственной услуги - о мотивированном отказе с указанием причин отказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 9-2-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 10-2 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда – ҚР Білім және ғылым министрінің 07.08.2020 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="21"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z70" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-3. При приеме от услугополучателя документов на бумажном носителе услугодателем выдается открепительный талон о выбытии для предоставления его в организацию прибытия, с указанием фамилии, имени, отчества (при его наличии), даты рождения, класса, языка обучения и школы (телефон, почтовый адрес, электронный адрес (официальный интернет ресурс) или мотивированный отказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 9-3-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 10-3 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="22"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z71" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-4. В случае получения услуги на бумажном носителе услугодатель, к которому прибывает обучающийся, предоставляет открепительный талон о прибытии, в котором указывается его фамилия, имя, отчество (при его наличии), дата рождения, класс, язык обучения, школа (почтовый адрес, телефон, электронный адрес (официальный интернет ресурс).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 9-4-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 10-4 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="23"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z72" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-5. Оригинал открепительного талона о прибытии (документы выдаются после предоставления оригинала открепительного талона о прибытии в другую организацию среднего образования) предоставляется в ту организацию среднего образования из которой выбывает обучающийся для получения документов (личное дело обучающегося).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель выдает услугополучателю документы на руки (личное дело обучающегося). Услугополучатель предоставляет документы (личное дело) в организацию образования в которую прибывает.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Организации образования издают приказы и проводят сверку о зачислении/отчислении обучающегося в/из организации среднего образования.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 9-5-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 10-5 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="24"/>
+    <w:bookmarkStart w:name="z73" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-6. В случае переполненности класс-комплектов и несоответствия срокам подачи заявления, установленным в настоящих правилах услугодатель, отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 10-6 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9-6. Көрсетілетін қызметті беруші арқылы өтінімді қағаз жеткізгіште берген кезде көрсетілетін қызметті берушінің қызметкері құжаттарды тіркейді және бір жұмыс күні ішінде көрсетілетін қызметті алушыға Үлгілік қағидаларға </w:t>
-[...58 lines deleted...]
-    </w:p>
+      10-7. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 9-6-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 10-7 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="25"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Прием обучающихся во вторые, третьи, четвертые, пятые, шестые, седьмые, восьмые, девятые классы организаций образования, реализующих общеобразовательные учебные программы начального и основного среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z37" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Прием обучающихся в десятые, одиннадцатые (двенадцатые) классы организаций образования, реализующих общеобразовательные учебные программы общего среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования, и на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей, а также наличия документа государственного образца об основном среднем образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявлений производится до 15 августа календарного года.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 9-7-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 275</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z39" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Прием обучающихся в десятые, одиннадцатые классы гимназий, лицеев осуществляется в соответствии с уставом гимназии, лицея на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей и наличия документа государственного образца об основном среднем образовании без учета территории обслуживания данных видов организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z40" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Гимназии и лицеи формируют общеобразовательные классы для обеспечения получения обязательного объема знаний, определенных государственными общеобязательными стандартами образования Республики Казахстан, с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z75" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Прием на обучение в специализированные организации образования производится на конкурсной основе (далее-конкурс). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z76" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Специализированная организация образования на своем интернет-ресурсе размещает квоту, позволяющую осуществить формирование класс-комплектов при проведении конкурсного отбора. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="27"/>
+    <w:bookmarkStart w:name="z77" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Прием документов для участия в конкурсе от родителя или иного законного представителя ребенка, поступающего в специализированную организацию образования, проводится с 1 февраля по 15 апреля текущего календарного года, дополнительные сроки устанавливаются уполномоченным органом в области образования Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 - в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Приказом руководителя специализированной организации образования назначается ответственное лицо для приема документов. Ответственное лицо несет ответственность за создание электронной базы претендентов (наименование специализированной организации образования, ФИО, ИИН, класс, язык обучения, электронный адрес, копии дипломов (при наличии)) на участие в конкурсе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Для участия в конкурсе родитель или иной законный представитель ребенка в установленные сроки проходят регистрацию на интернет-ресурсе специализированной организации образования или предоставляют ответственному лицу специализированной организации образования следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z276" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление от родителя или иного законного представителя ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z277" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) копия свидетельства о рождении ребенка с указанием ИИН;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z278" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) справка ребенка с места учебы с фото, заверенная печатью организации, с указанием электронного адреса претендента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z279" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) фотография ребенка размером 3х4 в количестве 2 штук;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z280" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10-1. "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арасында балаларды ауыстыру үшін құжаттарды қабылдау" мемлекеттік қызметін алу үшін көрсетілетін қызметті алушы Үлгілік қағидаларға </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
+      5) копии документов, подтверждающих принадлежность к социально уязвимым категориям населения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z281" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наличии информационной системы документы, указанные в настоящем пункте предоставляются в электронном формате. В случае отсутствия информационной системы, сканированные документы направляются на электронный адрес или предоставляются в бумажном формате в канцелярию специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 10-1-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z282" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-1. К социально уязвимым категориям населения, из числа которых будут отобраны 15% обучающихся от общего количества принимаемых относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дети из семей из сельской местности, получающих государственную адресную социальную помощь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дети, где один из родителей имеет инвалидность первой группы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      семьям, имеющим или воспитывающим ребенка c инвалидностью; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дети-сироты и дети, оставшиеся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      дети-сироты, дети, оставшиеся без попечения родителей, проживающие в семьях; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дети из семей, требующих экстренной помощи в результате чрезвычайных ситуаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      семьям, лишившимся жилища в результате экологических бедствий, чрезвычайных ситуаций природного и техногенного характера; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      семьям лиц, погибших (умерших) при исполнении государственных или общественных обязанностей, воинской службы, при подготовке или осуществлении полета в космическое пространство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 18-1 в соответствии с приказом Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Основанием для отказа в приеме документов может являться подача заявления об участии в Конкурсе позже установленных сроков или неполный пакет документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="28"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z86" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. После завершения приема документов в течение 2 рабочих дней ответственное лицо каждой специализированной организации образования передает электронную базу обучающихся для участия в конкурсе Центру "Дарын" для разработки тестовых материалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 10-2-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Приказом руководителя Центра "Дарын" определяется ответственное лицо для работы с электронными базами претендентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="29"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z88" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Для организации и проведения конкурса для приема на обучение Центром "Дарын" создается конкурсная комиссия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 10-3-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="30"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z89" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. В состав конкурсной комиссии входят председатель конкурсной комиссии, сотрудники территориальных органов Комитета по обеспечению качества в сфере образования и науки Министерства образования и науки Республики Казахстан, учебно-методического совета Центра "Дарын", специальных мониторинговых групп, представителей общественных организаций в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 10-4-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="31"/>
-[...54 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Председатель конкурсной комиссии выбирается из числа членов комиссии. Количество членов комиссии должно составлять нечетное число, но не менее семи человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 10-5-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="32"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z91" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Специализированной организацией образования утверждаются квоты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z284" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в размере 10% от общего количества обучающихся, принимаемых в 7 классы, для победителей национальной интеллектуальной олимпиады из сельских школ "Mың бала";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z285" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в размере 15% от общего количества обучающихся, принимаемых в 5, 6, 7, 8 и 10 классы, для социально уязвимых категории населения, указанных в пункте 18-1) настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 10-6-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 25 - в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z286" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25-1. Обучающиеся, указанные в пункте 25 к настоящим правилам, принимаемые в 5, 6, 7, 8 и 10 классы, обеспечиваются питанием за счет бюджетных средств по решению местных исполнительных/представительных органов и/или органом управления организацией образования всех форм собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 25-1 в соответствии с приказом Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z287" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25-2. После завершения приема документов конкурсная комиссия проверяет предоставленные документы на соответствие критериям отбора и запрашивает оригиналы подтверждающих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 25-2 в соответствии с приказом Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Конкурсные материалы для проведения отбора в специализированные организации образования разрабатываются и утверждаются учебно-методическим советом Центра "Дарын".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 26 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="33"/>
+    <w:bookmarkStart w:name="z93" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Конкурс проводится в период с 15 мая по 15 июня, еженедельно в субботу и воскресенье. Дополнительные сроки проведения Конкурса устанавливаются уполномоченным органом в области образования Республики Казахстан до начала следующего учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 27 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. График проведения конкурсного отбора размещается на интернет-ресурсах специализированных организаций образования и Центра "Дарын" за 10 рабочих дней до начало конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 28 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Конкурс проходит в режиме оффлайн (в форме тестирования). Проведение конкурса в электронном формате оператор согласовывает со специализированными организациями образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 29 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Тестовые материалы для проведения конкурса доставляются в специализированные организации образования в бумажном варианте, (запломбированные) сотрудниками Центра "Дарын" за день до начала проведения конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 30 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Конкурс проходит в каждом регионе на базе специализированной организации образования, заранее определяемой Центром "Дарын" по согласованию с местными исполнительными органами. Конкурс и подведение итогов проводится среди претендентов на зачисление в специализированную организацию образования в разрезе каждой специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 31 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Для обеспечения прозрачности приема обучающихся в специализированной организации образования устанавливаются системы видеонаблюдения и аудиозаписи, используемые для запуска в здание, аудитории и места проведения конкурсного отбора. Специализированная организация образования оснащается техническим оборудованием для проведения Конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 32 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Тестирование для поступающих:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z289" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в 7 класс включает 75 вопросов по предметам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z290" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      математика и логика – 55 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z291" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10-7. Көрсетілетін қызметті беруші Заңның 5-бабы </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
+      грамотность чтения – 10 вопросов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z292" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      история Казахстана – 10 вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z293" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) в 6 класс включает 60 вопросов по предметам: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z294" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      математика и логика – 35 вопросов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z295" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      грамотность чтения – 15 вопросов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z296" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      история Казахстана – 10 вопросов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z297" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) в 5 класс включает 40 вопросов по предметам: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z298" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      математика и логика – 30 вопросов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z299" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      грамотность чтения – 10 вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z300" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) в 10 класс включает 95 вопросов по предметам: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z301" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      математика и логика – 60 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z302" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      грамотность чтения – 10 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z303" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      история Казахстана - 25 вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 10-7-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 33 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="34"/>
-[...56 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Время, отведенное на тестирование в 7 классе составляет 120 минут, в 6 классе – 90 минут, в 5 классе – 60 минут, в 10 классе – 180 минут (в указанное время не входит время на раздачу тестовых материалов, заполнение секторов Листа ответов, а также время на разъяснительную работу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 34 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="36"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="38"/>
+    <w:bookmarkStart w:name="z111" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. При вычислении итоговых результатов теста количество правильных ответов умножается на коэффициент "4" (четыре), тогда как один неправильный ответ умножается на коэффициент "-1". Таким образом, высчитывается общий итог (4* правильных ответа +(-)* неправильный ответ= общему итоговому баллу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 35 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Обработка результатов проводится конкурсной комиссией при помощи сканирования листов ответа, получение результатов обеспечивается через единую систему проверки Центра "Дарын". Книжка-вопросник не рассматривается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 36 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Апелляция по результатам конкурсного отбора не проводится.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 37 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Победители и призеры областного этапа диплома об участии в республиканских олимпиадах, проводимых Центром "Дарын", областными, городов Нур-Султан, Алматы, Шымкент управлениями образования при одинаковом количестве набранных баллов имеют преимущество при зачислении в специализированную организацию образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 38 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z115" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Конкурсный отбор для претендентов, поступающих в специализированные организации образования, за исключением "Білім-инновация" лицейі", проводится в один тур (тестирование). Конкурсный отбор и прием в Білім-инновация" лицейі" проводится в порядке определенном Международным общественным фондом "Білім-инновация".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 39 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Зачисление претендентов на обучение в специализированную организацию образования, в том числе указанных в подпункте 2) пункта 25 настоящих Правил, осуществляется от максимального количества баллов в соответствии с вакантными местами в разрезе специализированных организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 40 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Итоги конкурсного отбора претендентов оформляются протоколом конкурсной комиссии и размещаются на интернет-ресурсах Центра "Дарын" и специализированной организации образования не позднее следующего дня после проведения конкурсного отбора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 41 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. По итогам конкурса руководитель специализированной организации образования до начала учебного года издает приказ о зачислении претендентов, прошедших конкурсный отбор, в специализированную организацию образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 42 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z119" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Конкурсной комиссией формируется резервный список претендентов из числа претендентов конкурса, не вошедших в основные вакансии, по сумме набранных баллов в порядке убывания и размещается на интернет-ресурсе специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 43 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z120" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Претенденты, зачисленные в резервный список, могут быть приняты в специализированные организации образования в течение учебного года при наличии вакантных мест. Наличие вакантных мест размещается на интернет-ресурсе специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 44 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z121" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      15. Мамандандырылған білім беру ұйымдарына оқуға қабылдау конкурстық негізде жүргізіледі (бұдан әрі-конкурс). </w:t>
-[...20 lines deleted...]
-    </w:p>
+      45. При высвобождении мест в 8-11 классах специализированная организация образования проводит конкурсный отбор самостоятельно, но не более утвержденного количества учащихся в соответствии с Санитарно-эпидемиологическими требованиями к объектам образования, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 16 августа 2017 года № 611 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 15681).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 45 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="39"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z122" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Специализированные организации образования, обеспечивающие образование, направленное на углубленное освоение одаренными детьми основ военного дела, спорта, искусства, согласно Уставу школ проводят второй тур претендентов с учетом функциональных профессиональных, психологических и физиологических данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 46 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="40"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z123" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...22 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействий) местных исполнительных органов, города республиканского значения и столицы, района (города областного значения) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены главой 3 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...1042 lines deleted...]
-    <w:bookmarkStart w:name="z99" w:id="50"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z125" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      25-1. Осы Қағидаларға </w:t>
-[...2510 lines deleted...]
-    <w:bookmarkEnd w:id="75"/>
+      Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z126" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z127" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. В случаях несогласия с результатами оказания государственной услуги услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6807,241 +6841,241 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бастауыш, негізгі орта және</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жалпы орта білімнің жалпы</w:t>
+              <w:t xml:space="preserve">к Типовым правилам приема </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім беретін оқу</w:t>
+              <w:t xml:space="preserve">на обучение в организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бағдарламаларын іске асыратын</w:t>
+              <w:t xml:space="preserve">образования, реализующие </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім беру ұйымдарына оқуға</w:t>
+              <w:t xml:space="preserve">общеобразовательные учебные </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қабылдаудың үлгілік</w:t>
+              <w:t xml:space="preserve">программы начального, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қағидасына </w:t>
+              <w:t xml:space="preserve">основного среднего и общего </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
+              <w:t>среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z95" w:id="76"/>
+    <w:bookmarkStart w:name="z270" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызметті көрсету стандарты</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="76"/>
+        <w:t xml:space="preserve"> Стандарт государственной услуги: "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымшамен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      Сноска. Типовые правила дополнены приложением 1 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 275</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Оқу-ағарту министрінің 27.08.2022 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); с изменениями, внесенными приказом Министра просвещения РК от 27.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 378</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня их первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7092,87 +7126,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
+Организации начального, основного среднего, общего среднего образования (далее – услугодатель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7205,105 +7239,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметті ұсыну тәсілдері</w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) www.egov.kz "электрондық үкімет" веб-порталы (бұдан әрі – портал) арқылы;</w:t>
+1) веб-портал "электронного правительства" www.egov.kz (далее – портал);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) көрсетілетін қызметті беруші арқылы жүзеге асырылады.</w:t>
+2) услугодателя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7336,123 +7370,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтің мерзімі</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Көрсетілетін қызметті берушіге құжаттар топтамасын тапсырған сәттен бастап, сондай-ақ портал арқылы жүгінген кезде - бір жұмыс күні.</w:t>
+              <w:t xml:space="preserve">
+С момента сдачи пакета документов услугодателю, а также при обращении через портал – один рабочий день. Для зачисления в организацию образования начального, основного среднего, общего среднего образования на очную и вечернюю форму обучения – не позднее 20 августа календарного года. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына оқудың күндізгі және кешкі нысанына қабылдау үшін – күнтізбелік жылдың 20 тамыздан кешіктірмей.</w:t>
-[...17 lines deleted...]
-1 сынып үшін күнтізбелік жылдың 1 тамызына дейін, 10 сынып үшін күнтізбелік жылдың 15 тамызына дейін</w:t>
+Для 1 классов до 1 августа календарного года, для 10-х классов до 15 августа календарного года.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7485,87 +7501,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтің нысаны</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронды (ішінара автоматтандырылған) / қағаз түрінде</w:t>
+Электронная (частично автоматизированная) /бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7598,141 +7614,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтің нәтижелері</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Портал арқылы жүгінген кезде көрсетілетін қызметті алушының "жеке кабинетіне" ағымдағы жылдың 1 қыркүйегінен бастап орта білім беру ұйымына қабылдау және оқуға қабылдау туралы хабарлама алады, құжаттардың толық емес пакетін ұсынған кезде - бас тарту себебін көрсете отырып, дәлелді бас тарту туралы хабарлама келеді.</w:t>
+При обращении через портал:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-- көрсетілетін қызметті берушіге:</w:t>
+              <w:t xml:space="preserve">
+ в личный кабинет услугополучателя приходит уведомление о принятии и зачислении в организацию среднего образования с 1 сентября текущего года, при подачи неполного пакета документов – о мотивированном отказе с указанием причины отказа. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті беруші қабылдау барысында ағымдағы жылғы 1 қыркүйектен бастап өз аумағынан өтініш берген үш көрсетілетін қызметті алушыға, содан кейін - басқа аумақтан алдыңғы тіркелгендер қатарынан 1 (бір) үміткерге ағымдағы жылғы 1 қыркүйектен бастап қабылданғаны туралы хабарлама жолдайды.</w:t>
+Услугодатель в уведомлении указывает о зачислении с 1 сентября текущего года первым троим подавшим заявление услугополучателям из территории обслуживания, затем - о зачислении с 1 сентября текущего года 1 (одному) претенденту не из территории обслуживания, из числа тех, кто зарегистрировался первым.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті беруші арқылы жүгінген кезде (қағаз жүзінде) - ағымдағы жылдың 1 қыркүйегінен бастап білім беру ұйымына қабылдағаны және оқуға қабылданғаны, құжаттардың толық емес пакетін тапсыру кезінде - бас тартудың себебін көрсете отырып, дәлелді бас тарту туралы хабарлама беріледі.</w:t>
+При обращении через услугодателя (бумажно) – выдача уведомления о приеме и зачислении в организацию среднего образования с 1 сентября текущего года, при подаче неполного пакета документов - о мотивированном отказе с указанием причины отказа.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7765,87 +7781,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызмет кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегін</w:t>
+Бесплатно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7878,179 +7894,179 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) көрсетілетін қызметті беруші - 2015 жылғы 23 қарашадағы Қазақстан Республикасының </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> (бұдан әрі – Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен, белгіленген жұмыс кестесіне сәйкес сағат 9.00-ден 18.30-ға дейін.</w:t>
+1) услугодателя - с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому кодексу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Кодекске сәйкес демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік көрсетілетін қызмет нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету орындарының мекенжайлары:</w:t>
+Адреса мест оказания государственной услуги размещены на:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті берушінің интернет-ресурсында;</w:t>
+1) интернет-ресурсе услугодателя;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) www.egov.kz порталында орналасқан.</w:t>
+2) портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8083,622 +8099,622 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қажетті құжаттардың тізбесі</w:t>
+Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- порталға:</w:t>
+- на портал:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) ата-аналардың немесе басқа заңды өкілдердің 1-қосымшасының нысанына сәйкес өтініш;</w:t>
+1) заявление родителей или иных законных представителей согласно форме приложения 1;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> бекітілген № 026/у-3 нысан (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2423 болып тіркелген);</w:t>
+2) медицинские справки формы № 065/у о состоянии здоровья, утвержденной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года ҚР ДСМ-175/2020 " Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 148139), формы № 026/у-3, утвержденной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об утверждении Инструкции по заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 2423);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) баланың 3х4 см өлшеміндегі цифрлық фотосуретi.</w:t>
+3) цифровая фотография ребенка размером 3х4 см.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- көрсетілетін қызметті берушіге:</w:t>
+- к услугодателю (бумажно):</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) ата-аналардың немесе басқа заңды өкілдердің 1-қосымшасының нысанына сәйкес өтініш;</w:t>
+1) заявление заявление родителей или иных законных представителей согласно форме приложения 1;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) жеке басын растайтын құжаттың түпнұсқасы (түпнұсқасы сәйкестендіру үшін қажет, ол көрсетілетін қызметті алушыға қайтарылады);</w:t>
+2) документ, удостоверяющий личность (оригинал требуется для идентификации, который возвращается услугополучателю),</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) денсаулық жағдайы туралы анықтама ("Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 148139 болып тіркелген) бекітілген № 065/у нысанды денсаулық жағдайы туралы анықтама және "Бала денсаулығы паспорты" 026/у-3 есеп нысанын толтыру және жүргізу жөніндегі Нұсқаулықты бекіту туралы" Қазақстан Республикасының Денсаулық сақтау министрінің м.а. 2003 жылғы 24 маусымдағы № 469 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2423 болып тіркелген) бекітілген № 026/у-3 нысан;</w:t>
+3) медицинская справка о состоянии здоровья (форма № 065/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 " Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 148139) и форма № 026/у-3, утвержденная приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об утверждении Инструкции по заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 2423);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) баланың 2 данада 3х4 см өлшеміндегі фотосуретi.</w:t>
+4) фотографии ребенка размером 3х4 см в количестве 2 штук.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шетелдік және азаматтығы жоқ көрсетілетін қызметті алушылар өздерінің мәртебесін айқындайтын, тұрғылықты жері бойынша тіркелгені туралы белгісі бар мынадай құжаттардың бірін ұсынады:</w:t>
+Услугополучатели-иностранцы и лица без гражданства предоставляют один из следующих документов, определяющих их статус, с отметкой о регистрации по месту проживания:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) шетелдік – шетелдіктің Қазақстан Республикасында тұруға ықтиярхаты;</w:t>
+1) иностранец - вид на жительство иностранца в Республике Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) азаматтығы жоқ адам – азаматтығы жоқ адамның жеке куәлігі;</w:t>
+2) лицо без гражданства - удостоверение лица без гражданства;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) босқын – босқын куәлігі;</w:t>
+3) беженец - удостоверение беженца;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) пана іздеуші – пана іздеуші адамның куәлігі;</w:t>
+4) лицо, ищущее убежище - свидетельство лица, ищущего убежище;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) қандас – қандас куәлігі.</w:t>
+5) кандас - удостоверение кандаса.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушының жеке басын куәландыратын құжат, баланың туу туралы куәлігі, мекенжай анықтамасы туралы мәліметтерді көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады</w:t>
+При обращении через портал сведения о документе, удостоверяющего личность услугополучателя, свидетельство о рождении ребенка (паспорт, удоств личности ), адресную справку услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тиісті мемлекеттік органдар шектеу іс-шараларын жүзеге асырған, төтенше жағдай енгізілген, белгілі бір аумақта әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар туындаған жағдайларда № 065/у и 026/у-3 нысандағы медициналық анықтамаларды көрсетілетін қызметті алушылар осы аумақта шектеу іс-шараларын алып тастауға, төтенше жағдайдың қолданысын тоқтатуға қарай тікелей білім беру ұйымдарына ұсынады.</w:t>
+В случаях осуществления ограничительных мероприятий соответствующими государственными органами, введения чрезвычайного положения, возникновения чрезвычайных ситуаций социального, природного и техногенного характера на определенной территории медицинские справки формы № 065/у и 026/у-3, услугополучателями на данной территории предоставляются непосредственно в организации образования по мере снятия ограничительных мероприятий, прекращения действия чрезвычайного положения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-9</w:t>
+              <w:t xml:space="preserve">
+9. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметтер көрсетуден бас тартуы</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) көрсетілетін қызметті алушының мемлекеттік қызметті көрсету үшін қажетті ұсынған құжаттарының Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 12 қазандағы № 546 </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> бекітілген (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17553 тіркелген) Бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидаларында белгіленген талаптарға сәйкес келмеуі;</w:t>
+2) несоответствие представленных документов услугополучателя, необходимых для оказания государственной услуги, требованиям, установленным Типовыми правилами приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования, утвержденными </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 12 октября 2018 года № 546 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17553);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) сынып-жинақталымының шамадан тыс толуы;</w:t>
+3) переполненность класс-комплектов;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-4) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін қажет ететін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы.</w:t>
+4) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8731,177 +8747,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметтерді, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы ұсыну ерекшеліктерін ескеретін өзге де талаптары</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты 15 (жиырма) минут.</w:t>
+1) максимально допустимое время ожидания для сдачи пакета документов – 15 минут;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызмет көрсетудің ең ұзақ мерзімі 15 минуттан аспайды.</w:t>
+2) максимально допустимое время обслуживания – 15 минут. Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП родителей (законных представителей).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы ата-анасының (заңды өкілдерінің) ЭЦҚ болған жағдайда портал арқылы мемлекеттік көрсетілетін қызметті электрондық нысанда алуға мүмкіндігі бар.</w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушының мемлекеттік қызмет көрсетудің тәртібі мен мәртебесі туралы ақпаратты порталдың "жеке кабинеті", сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс-орталығы, және бірыңғай байланыс-орталығы (1414), 8-800-080-7777 арқылы қашықтықтан қолжетімділік режимінде алу мүмкіндігі бар.</w:t>
+Условия получения услуги третьими лицами:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Үшінші тұлғалардың қызмет алу шарттары:</w:t>
-[...17 lines deleted...]
-Порталдағы "жеке кабинеттен" ақпарат сұралатын тұлғаның келісімімен, үшінші тұлғалардың электрондық сұранысы.</w:t>
+Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8940,181 +8938,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Бастауыш, негізгі орта, жалпы</w:t>
-[...129 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9135,51 +9003,155 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t xml:space="preserve">к стандарту государственной услуги: </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов и </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>зачисление в организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования независимо от </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ведомственной подчиненности </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для обучения по общеобразовательным </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программам начального, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основного среднего, общего </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9200,372 +9172,337 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>_______________________</w:t>
+              <w:t>Директору</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім беру ұйымының атауы</w:t>
+              <w:t>________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>_______________________</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>директордың ТАӘ</w:t>
+              <w:t>ФИО (при его наличии) директора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(болған жағдайда)</w:t>
+              <w:t>от ________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>кімнен __________________</w:t>
+              <w:t xml:space="preserve">ФИО (при его наличии) </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ата-ананың (заңды өкілдің)</w:t>
+              <w:t>родителя (законного представителя)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ТАӘ (болған жағдайда)</w:t>
-[...12 lines deleted...]
-              <w:t>Телефоны: _________________</w:t>
+              <w:t>Телефон:___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z272" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Өтініш</w:t>
-[...125 lines deleted...]
-      _____________________________________________________</w:t>
+        <w:t xml:space="preserve">                                Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу принять моего ребенка ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (ФИО (при его наличии) ребенка) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (адрес регистрации, город, село, район, область) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для обучения _________________________________________________________.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (полное наименование организации образования)  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (білім беру ұйымының толық атауы) қабылдауды сұраймын. </w:t>
+      Даю согласие на использование защищенной законом конфиденциальной </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>информации, содержащейся в информационных системах __________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ақпараттық жүйелерде қамтылған заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін. </w:t>
-[...35 lines deleted...]
-            (қолы)</w:t>
+      "____"______________20___год  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9601,228 +9538,253 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бастауыш, негізгі орта және</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жалпы орта білімнің жалпы</w:t>
+              <w:t xml:space="preserve">к Типовым правилам приема </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім беретін оқу</w:t>
+              <w:t xml:space="preserve">на обучение в организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бағдарламаларын іске асыратын</w:t>
+              <w:t xml:space="preserve">образования, реализующие </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім беру ұйымдарына оқуға</w:t>
+              <w:t xml:space="preserve">общеобразовательные учебные </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қабылдаудың үлгілік</w:t>
+              <w:t xml:space="preserve">программы начального, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына 2-қосымша</w:t>
+              <w:t xml:space="preserve">основного среднего и общего </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z97" w:id="77"/>
+    <w:bookmarkStart w:name="z273" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арасында балаларды ауыстыру үшін құжаттарды қабылдау" мемлекеттік қызмет көрсету стандарты</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="77"/>
+        <w:t xml:space="preserve"> Стандарт государственной услуги:  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымшамен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      Сноска. Типовые правила дополнены приложением 2 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 275</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Оқу-ағарту министрінің 27.08.2022 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); с изменениями, внесенными приказом Министра просвещения РК от 27.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 378</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня их первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9872,88 +9834,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
- Көрсетілетін қызметті берушінің атауы</w:t>
+              <w:t xml:space="preserve">
+ Наименование услугодателя </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші).</w:t>
+Организации начального, основного среднего, общего среднего образования (далее - услугодатель).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9985,106 +9947,106 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
- Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+              <w:t xml:space="preserve">
+ Способы предоставления государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) "электрондық үкіметтің" веб-порталы www.egov.kz (бұдан әрі – портал);</w:t>
+1) веб-портал "электронного правительства" www.egov.kz (далее – портал);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) көрсетілетін қызметті беруші арқылы жүзеге асырылады.</w:t>
+2) услугодателя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10117,87 +10079,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызмет көрсету мерзімі – 30 минут.</w:t>
+Срок оказания – 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10230,87 +10192,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету нысаны</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронды (ішінара автоматтандырылған)/ қағаз түрінде.</w:t>
+Электронная (частично автоматизированная) /бумажная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10343,159 +10305,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушыдан қағаз жеткізгіште құжаттарды қабылдау кезінде көрсетілетін қызметті беруші келетін ұйымға ұсыну үшін тегі, аты, әкесінің аты (бар болса), туған күні, сыныбы, оқыту тілі және мектебі (телефон, пошталық мекен-жай, электрондық пошта мекен-жайы (ресми интернет-ресурс) көрсетілген келу туралы есептен шығару талонын береді немесе дәлелді бас тартады.</w:t>
+В случае обращения через портал в "личный кабинет" услугополучателя приходит уведомление о переводе обучающегося из одной организации в другую организацию образования, с указанием фамилии, имени, отчества (при наличии), даты рождения, класса, языка обучения и школы (телефон, почтовый адрес, электронный адрес (официальный интернет ресурс) подписанное электронной цифровой подписью (далее - ЭЦП) уполномоченного лица услугодателя, при отказе оказании государственной услуги - о мотивированном отказе с указанием причин отказа.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті қағаз жеткізгіште алған жағдайда білім алушы келетін көрсетілетін қызметті беруші басқа білім беру ұйымына келу туралы тегі, аты, әкесінің аты (бар болса), туған күні, оқу сыныбы, білім беру ұйымының мекенжайы, телефоны, электрондық мекенжайы (ресми интернет-ресурс) көрсетілген есептен шығару талонын ұсынады.</w:t>
+При приеме от услугополучателя документов на бумажном носителе услугодателем выдается открепительный талон о выбытии для предоставления его в организацию прибытия, с указанием фамилии, имени, отчества (при его наличии), даты рождения, класса, языка обучения и школы (телефон, почтовый адрес, электронный адрес (официальный интернет ресурс) или мотивированный отказ.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оқуға келгені туралы есептен шығару талонының түпнұсқасы (құжаттар басқа орта білім беру ұйымына келгені туралы есептен шығару талонының түпнұсқасын ұсынғаннан кейін беріледі) білім алушы кететін орта білім беру ұйымынан құжаттарды (білім алушының жеке ісі) алу үшін ұсынылады.</w:t>
+В случае получения услуги на бумажном носителе услугодатель, к которому прибывает обучающийся, предоставляет открепительный талон о прибытии, в котором указывается его фамилия, имя, отчество (при его наличии), дата рождения, класс, язык обучения, школа (почтовый адрес, телефон, электронный адрес (официальный интернет ресурс).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Келу туралы сырттай куәліктің түпнұсқасы (құжаттар басқа орта білім беру ұйымына келу туралы сырттай куәліктің түпнұсқасын ұсынғаннан кейін беріледі) білім алушы құжаттарды (білім алушының жеке ісі) алуға кететін орта білім беру ұйымына беріледі.</w:t>
+Оригинал открепительного талона о прибытии (документы выдаются после предоставления оригинала открепительного талона о прибытии в другую организацию среднего образования) предоставляется в ту организацию среднего образования из которой выбывает обучающийся для получения документов (личное дело обучающегося).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білім беру ұйымдары білім алушыны орта білім беру ұйымына/ұйымынан қабылдау/ шығару туралы бұйрықтар шығарады және салыстыру жүргізеді.</w:t>
+Услугодатель выдает услугополучателю документы на руки (личное дело обучающегося). Услугополучатель предоставляет документы (личное дело) в организацию образования в которую прибывает.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организации образования издают приказы и проводят сверку о зачислении/отчислении обучающегося в/из организации среднего образования.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10528,87 +10508,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілген қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Тегін</w:t>
+Бесплатно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10641,179 +10621,179 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс уақыты</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) көрсетілетін қызметті беруші - Қазақстан Республикасының 2015 жылғы 23 қарашадағы </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> (бұдан әрі – Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, белгіленген жұмыс кестесіне сәйкес сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+1) услугодателя - с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому кодексу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілген қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және Мемлекеттік қызмет көрсету нәтижелерін беру Кодекске сәйкес келесі жұмыс күні жүзеге асырылады).</w:t>
+2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+Адреса мест оказания государственной услуги размещены на:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті берушінің интернет-ресурсында;</w:t>
+1) интернет ресурса-портале www.egov.kz</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) www.egov.kz порталында орналастырылған</w:t>
+2) портале www.egov.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10846,328 +10826,328 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- портал арқылы:</w:t>
+-через портал:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) ата-аналардың немесе басқа заңды өкілдердің 2-қосымшасының нысанына сәйкес өтініші (келу мектебі мен кету мектебіне);</w:t>
+1) заявление родителей или иных законных представителей согласно форме приложения 2 (в школу прибытия и школу выбытия);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- көрсетілетін қызметті берушіге (қағаз түрінде)</w:t>
+- услугодателю (бумажно):</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) ата-аналардың немесе басқа заңды өкілдердің 2-қосымшасының нысанына сәйкес өтініші (келу мектебі мен кету мектебіне);</w:t>
+1) заявление родителей или иных законных представителей согласно форме приложения 2 (в школу прибытия и школу выбытия);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) құжаттарды қабылдау туралы есептен шығару талонында баланың толық аты-жөні, сыныбы, оқыту тілі, мектебі, білім беру ұйымының телефондары мен электронды мекен-жайы (ресми интернет-ресурсы) (Қазақстан Республикасынан кетуін растайтын құжат ұсынатын, Қазақстан Республикасынан кетіп жатқан білім алушыларды қоспағанда) көрсетіледі.</w:t>
+2) открепительный талон о приеме документов, в котором указывается ФИО (при его наличии) ребенка, класс, язык обучения, школа, телефоны и электронный адрес (официальный интернет-ресурс) организации образования (за исключением обучающихся, выбывающих за пределы Республики Казахстан, которые предоставляют документ подтверждающий выезд за пределы Республики Казахстан).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-9</w:t>
+              <w:t xml:space="preserve">
+9. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) сынып-жинақталымының шамадан тыс толуы</w:t>
+1) переполненность класс-комплектов;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) өтініш беру мерзімі осы қағидаларда белгіленген мерзімге сәйкес келмеуі;</w:t>
+2) сроки подачи заявления не соответствуют установленным в настоящих правилах срокам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін қажет ететін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы.</w:t>
+3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11200,141 +11180,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты 15 (он бес) минут.</w:t>
+1) максимально допустимое время ожидания для сдачи пакета документов -15 минут.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) қызмет көрсетудің ең ұзақ мерзімі 30 минуттан аспайды.</w:t>
+2) максимально допустимое время обслуживания услугополучателя – 30 минут.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар.</w:t>
+Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ "1414", 8-800-080-7777 Бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11373,142 +11353,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Бастауыш, негізгі орта, жалпы</w:t>
-[...90 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11529,51 +11418,116 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t xml:space="preserve">к стандарту государственной услуги: </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов для </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">перевода детей между </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организациями начального, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основного  среднего, общего </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11594,465 +11548,440 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>______________________</w:t>
+              <w:t>Директору</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім беру ұйымының атауы</w:t>
+              <w:t>________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>_______________________</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>директордың ТАӘ</w:t>
+              <w:t>ФИО (при его наличии) директора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(болған жағдайда)</w:t>
+              <w:t>от _________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>кімнен ___________________</w:t>
+              <w:t xml:space="preserve">ФИО (при его наличии) </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ата-ананың (заңды өкілдің)</w:t>
+              <w:t>родителя (законного представителя)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ТАӘ (болған жағдайда)</w:t>
-[...12 lines deleted...]
-              <w:t>Телефоны: _________________</w:t>
+              <w:t>Телефон:___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Өтініш</w:t>
-[...251 lines deleted...]
-            (қолы)</w:t>
+        <w:t xml:space="preserve">                                      Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу перевести моего ребенка __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (ФИО (при его наличии) ребенка) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающегося ____________ класса _____________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (полное наименование организации образования) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (адрес регистрации, город, село, район, область) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для обучения _______________________________________________________________.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (полное наименование организации образования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Даю согласие на использование защищенной законом конфиденциальной  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>информации, содержащейся в информационных системах</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _________________ "____"______________20___год  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>