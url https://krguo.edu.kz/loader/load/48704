--- v0 (2025-10-09)
+++ v1 (2025-11-30)
@@ -1,6385 +1,8557 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9998" w:type="dxa"/>
+        <w:tblW w:w="11274" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7446"/>
-        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="2854"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidTr="00FA7342">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:tcW w:w="8420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2854" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="00FA7342">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
             <w:pPr>
-              <w:tabs>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="z10"/>
+            <w:bookmarkStart w:id="0" w:name="z14"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="0017719A">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Утвержден приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Білім және ғылым министрінің</w:t>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>2020 жылғы 19 маусымдағы</w:t>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>№ 254 Бұйрықпен</w:t>
-[...9 lines deleted...]
-              <w:t>бекітілді</w:t>
+              <w:t>от 19 июня 2020 года № 254</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0017719A" w:rsidRPr="00FA7342" w:rsidRDefault="0017719A" w:rsidP="00FA7342">
-[...1 lines deleted...]
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="006E3BA2" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="135" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E3BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        </w:rPr>
+        <w:t>Правила оказания государственных услуг в сфере дошкольного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="135" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...29 lines deleted...]
-        <w:r w:rsidRPr="0017719A">
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1. Правила оказания государственных услуг в сфере дошкольного образования (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z63" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Конституциясы</w:t>
+          <w:t>Конституцией</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-        <w:t>, Қазақстан Республикасы "</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, законами Республики Казахстан </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:anchor="z2" w:history="1">
-        <w:r w:rsidRPr="0017719A">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Білім туралы</w:t>
+          <w:t>"Об образовании"</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0017719A">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="0017719A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z0" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Педагог мәртебесі туралы</w:t>
+          <w:t>"О статусе педагога"</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0017719A">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="0017719A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z2" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Арнаулы әлеуметтік қызметтер туралы</w:t>
+          <w:t>"О специальных социальных услугах"</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0017719A">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="0017719A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z1" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Қазақстан Республикасындағы баланың құқықтары туралы</w:t>
+          <w:t>"О правах ребенка в Республике Казахстан"</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-        <w:t>", "</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:anchor="z1" w:history="1">
-        <w:r w:rsidRPr="0017719A">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Кемтар балаларды әлеуметтiк және медициналық-педагогикалық түзеу арқылы қолдау туралы</w:t>
+          <w:t>"О социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями"</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0017719A">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="0017719A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z1" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Әскери қызмет және әскери қызметшілердің мәртебесі туралы</w:t>
+          <w:t>"О воинской службе и статусе военнослужащих"</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0017719A">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="0017719A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z1" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Қазақстан Республикасының арнаулы мемлекеттік органдары туралы</w:t>
+          <w:t>"О специальных государственных органах Республики Казахстан"</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0017719A">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="0017719A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, подпунктом 1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z19" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>10-бабының</w:t>
+          <w:t>статьи 10</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-        <w:t> 1) тармақшасына, "Неке (ерлі-зайыптылық) және отбасы туралы" Қазақстан Республикасының </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:anchor="z1" w:history="1">
-        <w:r w:rsidRPr="0017719A">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Кодексіне</w:t>
+          <w:t>Кодексом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0017719A">
-[...156 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> Республики Казахстан "О браке (супружестве) и семье".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Правила определяют порядок приема (постановку в очередь, выдачу направления, прием документов, зачисление в дошкольную организацию) детей дошкольного возраста на свободные места в дошкольные организации с государственным образовательным заказом независимо от видов, формы собственности и ведомственной подчиненности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3. В настоящих Правилах используются основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1) архив – набор заявлений, снятых с очереди по причине успешного получения направления на зачисление в дошкольную организацию или снятых с очереди по иным причинам, предусмотренным настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) технология </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>блокчейн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – способ построения архитектуры хранения и обработки данных по определенным правилам, который позволяет идентифицировать внесение изменений в данные, которые не подлежат корректировке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3) свободное место – информация о вакантном месте для зачисления ребенка в дошкольную организацию с указанием дошкольной организации, возрастной группы, языка воспитания и обучения, вида группы (общеразвивающая, специальная), режима работы (полного, неполного, круглосуточного пребывания), режима зачисления (общеустановленный, раннего бронирования, временного пребывания) с указанием даты начала зачисления и наличия ограничений по дате пребывания в дошкольной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4) бюллетень освободившихся мест – протокол, ежедневно фиксирующий хронологию передачи свободных мест от дошкольных организаций на распределение в систему управления очередью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      5) свободное место режима общеустановленного зачисления – свободное место, срок действия направления по которому начинает исчисляться сразу после получения направления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      4) босаған орындар бюллетені – кезектілікті басқару жүйесіне бөлу үшін мектепке дейінгі ұйымдардан бос орындарды беру хронологиясын күн сайын тіркейтін хаттама;</w:t>
-[...304 lines deleted...]
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:t>      6) свободное место режима раннего бронирования – свободное место, на которое можно получить направление раньше, чем это место фактически освободится; срок исчисления действия направления и процедура зачисления в дошкольную организацию начинается после фактического освобождения места;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) система управления очередью – информационная система </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, обеспечивающая автоматизированное исполнение бизнес-процессов приема заявлений на постановку в очередь и распределения мест в дошкольных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      8) номер очередности – положение заявления в очереди относительно других заявлений в этой очереди;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      9) бюллетень отозванных мест – протокол, ежедневно фиксирующий хронологию возврата (отзыва) дошкольными организациями мест, ранее переданных на распределение в систему управления очередью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      10) направление на зачисление в дошкольную организацию (далее – направление) – уведомление о временном резервировании за заявителем места в дошкольной организации на период прохождения процесса зачисления в дошкольную организацию и оформления соответствующих документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      11) очередь заявлений (далее – очередь) – заявления на зачисление в дошкольную организацию, успешно зарегистрированные в системе управления очередью и упорядоченные относительно друг друга согласно настоящим правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>проактивная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуга – государственная услуга, оказываемая в электронной форме, предоставляемая по инициативе субъекта оказания услуг, для оказания которой необходимо обязательное согласие субъекта получения услуги, предоставленное посредством абонентского устройства сотовой связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      13) стоп-лист – временный архив, куда перемещаются заявления из очереди, по которым приостановлена возможность получения направлений ввиду выявленных нарушений, допущенных со стороны заявителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      14) свободное место временного пребывания – свободное место, которое сохраняется в дошкольной организации за временно выбывшим воспитанником, поэтому имеет ограниченный срок пребывания нового ребенка, зачисленного на это место;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      15) уведомление – электронные текстовые сообщения, отправляемые системой управления очередью заявителю с целью уведомления о прохождении определенных этапов получения места в дошкольной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E3BA2" w:rsidRDefault="006E3BA2" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="135" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E3BA2" w:rsidRDefault="006E3BA2" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="135" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E3BA2" w:rsidRDefault="006E3BA2" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="135" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E3BA2" w:rsidRDefault="006E3BA2" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="135" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...54 lines deleted...]
-        <w:r w:rsidRPr="0017719A">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="006E3BA2" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="135" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E3BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Глава 2. Порядок оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="006E3BA2" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="135" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E3BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Параграф 1. Порядок оказания государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Государственная услуга "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" (далее – государственная услуга по постановке на очередь) оказывается местными исполнительными органами областей, городов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Нур</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Султан, Алматы, Шымкент, районов (городов областного значения), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>акимами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> районов в городе, городов районного значения, поселков, сел, сельских округов (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. Для получения государственной услуги по постановке на очередь физическое лицо (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) направляет в канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, либо через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) и (или) через веб-портал "электронного правительства" (далее – портал) заявление по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z132" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>1-қосымшасына</w:t>
+          <w:t>приложению 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0017719A">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="0017719A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам, а также документы, указанные в пункте 8 Стандарта государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" (далее – Стандарт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>госуслуги</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по постановке).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Перечень основных требований к оказанию государственной услуги по постановке на очередь, включающий характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги по постановке на очередь приведен в Стандарте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>госуслуги</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по постановке согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z155" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-қосымшасына</w:t>
+          <w:t>приложению 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0017719A">
-[...61 lines deleted...]
-        <w:r w:rsidRPr="0017719A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В "личном кабинете" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отображается информация о статусе рассмотрения запроса на оказание государственной услуги по постановке на очередь, а также размещается уведомление с указанием даты и времени получения результата государственной услуги по постановке на очередь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Канцелярия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, работник Государственной корпорации осуществляют прием заявления по форме согласно приложению 1 к Правилам и регистрируют документы, полученные от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, проверяют их на полноту; при представлении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> полного пакета документов осуществляют выдачу уведомления о постановке на очередь с указанием номера очередности (в произвольной форме).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случае представления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов согласно перечню, предусмотренному пунктом 8 Стандарта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>госуслуги</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по постановке, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z195" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>1-қосымшаға</w:t>
+          <w:t>приложению 3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0017719A">
-[...42 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сведения о документах, удостоверяющих личность, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и работник Государственной корпорации получают из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Выдача </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> готовых документов осуществляется на основании расписки о приеме соответствующих документов при предъявлении документа, удостоверяющего личность (либо ее представителя по нотариально заверенной доверенности).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. В случае обращения через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в день поступления документов осуществляет их прием и регистрацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 30 минут проверяет на полноту представленные документы. В случае не полноты в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления, который направляется в форме электронного документа заявителю в "личный кабинет" на портале.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При установлении факта полноты представленных документов, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> готовит уведомление о постановке на очередь с указанием номера очередности (в произвольной форме) и направляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "личный кабинет" в форме электронного документа, удостоверенного ЭЦП уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Государственная услуга по постановке на очередь может оказываться </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>проактивным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> способом, в том числе без заявления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по инициативе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посредством информационных систем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и государственных органов при регистрации телефонного номера абонентского устройства сотовой связи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на веб-портале "электронного правительства" www.egov.kz и включать в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>құжаттар топтамасын толық ұсынбаған жағдайда көрсетілетін қызметті беруші және (немесе) Мемлекеттік корпорацияның қызметкері өтінішті қабылдаудан бас тартады және Қағидалардың </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="0017719A">
+        <w:t xml:space="preserve">      1) отправку автоматических уведомлений </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с запросом на оказание государственной услуги по постановке на очередь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) получение согласия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на оказание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>проактивной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуги, а также иных необходимых сведений от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в том числе ограниченного доступа, посредством абонентского устройства сотовой связи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. По выбору </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственная услуга по постановке на очередь оказывается по принципу "одного заявления" в совокупности с государственной услугой "Регистрация рождения ребенка, в том числе внесение изменений, дополнений и исправлений в записи актов гражданского состояния".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z13" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>3-қосымшасына</w:t>
+          <w:t>пункта 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0017719A">
-[...262 lines deleted...]
-        <w:r w:rsidRPr="0017719A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> статьи 5 Закона Республики Казахстан "О государственных услугах".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="0033090B" w:rsidRDefault="00FC1021" w:rsidP="0033090B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Жалоба на решение, действия (бездействие) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги по постановке на очередь может быть подана на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="0033090B" w:rsidRDefault="00FC1021" w:rsidP="0033090B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z68" w:history="1">
+        <w:r w:rsidRPr="0033090B">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-тармағының</w:t>
+          <w:t>пунктом 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0017719A">
-[...61 lines deleted...]
-        <w:r w:rsidRPr="0017719A">
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="0033090B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба на действия (бездействие) работника Государственной корпорации направляется руководителю Государственной корпорации по адресу, указанному на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="0033090B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги по постановке на очередь, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Государственной корпорации, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="0033090B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12. При отправке жалобы через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или об отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="0033090B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Информацию о порядке обжалования через портал можно получить посредством Единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="0033090B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="0033090B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случае несогласия с результатом оказания государственной услуги по постановке на очередь </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="0033090B" w:rsidRDefault="00FC1021" w:rsidP="0033090B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>13. Общая очередь для зачисления в дошкольные организации формируется по принадлежности к населенному пункту (город, село, поселок) по году рождения детей для каждого года рождения отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="0033090B" w:rsidRDefault="00FC1021" w:rsidP="0033090B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Очередь в специальные дошкольные организации формируется внутри населенного пункта к конкретной дошкольной организации по году рождения детей, для каждого года рождения отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="0033090B" w:rsidRDefault="00FC1021" w:rsidP="0033090B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Внутри очереди по годам рождения очередь разделяется по видам нарушений, имеющихся у детей, если дошкольная организация обеспечивает наличие групп с различными видами ухода, коррекции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="0033090B" w:rsidRDefault="00FC1021" w:rsidP="0033090B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Очередь в санаторные дошкольные организации формируется внутри населенного пункта к конкретной дошкольной организации по году рождения детей для каждого года рождения отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="0033090B" w:rsidRDefault="00FC1021" w:rsidP="0033090B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Внутри очереди по годам рождения очередь разделяется по видам реабилитации/профилактики, если дошкольная организация обеспечивает наличие групп с различными видами реабилитации/профилактики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B830CF" w:rsidRPr="0033090B" w:rsidRDefault="00FC1021" w:rsidP="0033090B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B830CF" w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Заявления в очередях располагаются по дате и времени подачи заявления заявителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      15. Родитель или законный представитель ребенка становится в очередь в одном населенном пункте не более трех раз за период дошкольного возра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      16. Родитель или законный представитель ребенка, получивший внеочередное или первоочередное направление в государственную дошкольную организацию, для выбора другой дошкольной организации после истечения одного месяца встает в общую очередь и получает направление в частную дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      17. Родитель или законный представитель ребенка с особыми образовательными потребностями при наличии подтверждающих документов встает одновременно в нескольких очередях – общей очереди, очереди в специальную, санаторную дошкольные организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="0033090B" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>18. Возраст ребенка для подачи заявления и нахождения в очереди не превышает полных 6 лет по состоянию на 1 сентября текущего учебного года (кроме детей с особыми образовательными потребностями, имеющими соответствующее заключение психолого-медико-педагогической комиссии, и детей, которым на 1 сентября текущего года еще не исполнилось полных 6 лет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      19. Для выбора другой дошкольной организации ребенок отчисляется из дошкольной организации, и родитель или законный представитель ребенка подает заявление на постановку в очередь для получения направления в дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      20. Очередь заявлений обновляется при:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="0033090B" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>1) поступлении заявлений от родителей или законных представителей детей, имеющих право на внеочередное получение места в дошкольных организациях согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z708" w:history="1">
+        <w:r w:rsidRPr="0033090B">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:b/>
+            <w:color w:val="FF0000"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>пункту 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> статьи 52 Закона Республики Казахстан "О воинской службе и статусе военнослужащих" и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z1000" w:history="1">
+        <w:r w:rsidRPr="0033090B">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:b/>
+            <w:color w:val="FF0000"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>пункту 8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> статьи 78 Закона Республики Казахстан "О специальных государственных органах";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2) поступлении заявлений от родителей или законных представителей детей педагогов согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z104" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-тармағына</w:t>
+          <w:t>пункту 3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0017719A">
-[...231 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> статьи 12 Закона Республики Казахстан "О статусе педагога"; детей, законные представители которых являются инвалидами; детей, оставшихся без попечения родителей, и детей-сирот; детей из многодетных семей; детей с особыми образовательными потребностями; детей из семей, имеющих ребенка-инвалида для первоочередного получения места в дошкольной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3) изменении льготного статуса заявления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4) исключении заявления из очереди в результате отзыва заявления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      5) выдаче направления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      6) помещении заявления в стоп-лист, архив;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="0033090B" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) отсутствии заинтересованности заявителя в получении места в дошкольную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="0033090B" w:rsidRDefault="00FC1021" w:rsidP="0033090B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>21. Заявления в очередях располагаются относительно друг друга внутри каждой группы по дате и времени подачи заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="0033090B" w:rsidRDefault="00FC1021" w:rsidP="0033090B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>      Заявления по внеочередному получению места располагаются перед заявлениями первоочередного получения места.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="0033090B" w:rsidRDefault="00FC1021" w:rsidP="0033090B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Заявления по первоочередному получению места распределяются между заявлениями, поданными на общих основаниях, в соотношении "один к трем" (заявление по первоочередному получению места располагается через каждые три заявления, поданные на общих основаниях).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="0033090B" w:rsidRDefault="0033090B" w:rsidP="0033090B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC1021" w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FC1021" w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FC1021" w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проверяет и подтверждает информацию, удостоверяющую личность заявителя, законного представителя ребенка, информацию, подтверждающую возможность внеочередного или первоочередного получения места в дошкольной организации, дважды - при регистрации заявления на постановку в очередь и после получения направления на зачисление в дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="0033090B" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заявитель представляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для сверки оригиналы документов в срок не позднее пяти рабочих дней с момента отправки заявления на регистрацию или получения направления на зачисление. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подтверждает достоверность представленных документов в срок не позднее 30 минут с момента их представления. После подтверждения документов заявление регистрируется в очереди. Для проверки достоверности документов военнослужащих и сотрудников специальных государственных органов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ежемесячно отправляет сводные запросы в уполномоченный орган и аннулирует заявления и направления при получении отрицательного заключения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="0033090B" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>23. Заявителю предоставляется возможность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="0033090B" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1) подачи заявления на постановку в очередь, изменять уже поданное заявление, отзывать заявление из очереди, получать и аннулировать направление на зачисление в дошкольную организацию, продлевать срок действия направления, получать уведомление об изменении состояния заявления и направления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="0033090B" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2) подтверждения заинтересованности в получении места в дошкольную организацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="0033090B" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3) изучения информации об освободившихся местах и получения электронного направления на зачисление в дошкольную организацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033090B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4) сохранения учетных данных личного кабинета системы управления очередью, не передавая их третьим лицам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      24. Система управления очередью, функционирующая круглосуточно и осуществляющая непрерывный процесс распределения свободных мест среди заявителей, по мере появления новых свободных мест:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1) регистрирует (или отказывает в регистрации) заявление на постановку в очередь, помещает заявление в стоп-лист, рассматривает отказы в зачислении по выданным направлениям со стороны дошкольных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Егер мектепке дейінгі ұйым әртүрлі күтім, түзету түрлері бар топтардың болуын қамтамасыз етсе, кезек балалардың туған жылы және балаларда бар бұзушылықтардың түрлері бойынша бөлінеді.</w:t>
-[...1275 lines deleted...]
-      </w:r>
+        <w:t>      2) ежедневно принимает информацию от дошкольных организаций о появлении свободных мест с указанием возрастной группы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) ежедневно в 18:00 (восемнадцать) часов на специализированном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> публикует бюллетень освободившихся мест (возможно изменение регламентного времени нормативным актом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) ежедневно в 07:00 (семь) часов утра (возможно изменение регламентного времени нормативным актом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, но не позднее 23:59 часов текущего дня) открывает приоритетный доступ к получению направления только для первых заявителей (всем одновременно) на ограниченный срок – 3 (три) рабочих дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      5) предоставляет возможность заявителям самостоятельно получать электронное направление на зачисление в дошкольную организацию, которую они выбрали;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      6) автоматически меняет статус места раннего бронирования на статус свободного, если оно освобождается раньше установленного срока;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) использует технологию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>блокчейн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для обеспечения защиты накапливаемых сведений от несанкционированного вмешательства: реестр всех заявлений, реестр всех направлений, реестр бюллетеней освободившихся мест;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) публикует на специализированном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и актуализирует информацию о заявлениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      9) исключает из очереди заявление при достижении ребенком возраста 6 (шести) лет (кроме детей с особыми образовательными потребностями, имеющими заключение психолого-медико-педагогической консультации, а также детей, которым на 1 сентября текущего года еще не исполнилось полных 6 лет) и помещает его в архив по причине достижения максимально возможного возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      10) после трех дней распределения свободных мест открывает доступ к оставшимся свободным местам для следующих 1000 (одной тысячи) заявителей в очереди.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      25. Дошкольным организациям предоставляется возможность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1) отзывать свободные места, ранее опубликованные в бюллетене, в том числе свободные места раннего бронирования и временного пребывания, в связи с внутренней необходимостью с указанием причины (капитальный ремонт, карантин, аннулирование госзаказа, закрытие);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2) аннулировать выданное направление на отозванное свободное место, в этом случае заявителю отправляется уведомление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3) публиковать в бюллетене освободившихся мест места раннего бронирования (дошкольным организациям, имеющим государственный образовательный заказ);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4) публиковать в бюллетене освободившихся мест места временного пребывания с указанием даты, когда ребенок отчисляется из дошкольной организации в связи с истечением срока временного пребывания; при этом очередь ребенка, получившего направление на временное пребывание, сохраняется.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      26. Для общей очереди направление выдается по инициативе заявителя в соответствии с очередностью, возрастом ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      27. Для очереди в специальную и санаторную дошкольную организацию направление выдается в соответствии с очередностью заявлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      28. При выдаче направления возраст ребенка учитывается по состоянию полных лет на 1 сентября текущего учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      29. Заявителю, подавшему заявления на нескольких детей в общую очередь, предоставляется возможность (по усмотрению заявителя) получить направления на всех детей в одну дошкольную организацию одновременно при наличии необходимого количества мест в этой организации в момент получения направления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      30. Заявителю предоставляется возможность аннулировать выданное направление по собственной инициативе в срок не позднее одних суток с момента выдачи направления; один раз продлить срок действия направления дополнительно до 30 (тридцати) календарных дней в случае физической неспособности явиться в дошкольную организацию в установленный срок (болезнь, госпитализация, командировка, отпуск).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="006E3BA2" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9315"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E3BA2" w:rsidRDefault="006E3BA2" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9315"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E3BA2" w:rsidRDefault="006E3BA2" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9315"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E3BA2" w:rsidRPr="006E3BA2" w:rsidRDefault="006E3BA2" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9315"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10140" w:type="dxa"/>
+        <w:tblW w:w="10990" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6596"/>
-        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="8141"/>
+        <w:gridCol w:w="2849"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA017D" w:rsidRPr="0017719A" w:rsidTr="00D24A99">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6596" w:type="dxa"/>
+            <w:tcW w:w="8141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA017D" w:rsidRPr="0017719A" w:rsidRDefault="00BA017D" w:rsidP="00D24A99">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="2849" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA017D" w:rsidRPr="0017719A" w:rsidRDefault="00BA017D" w:rsidP="00D24A99">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:tabs>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z52"/>
-[...15 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:bookmarkStart w:id="2" w:name="z132"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>саласында мемлекеттік</w:t>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>қызметтер көрсету</w:t>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>государственных услуг</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>қағидаларына</w:t>
-[...9 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>в сфере дошкольного образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA017D" w:rsidRPr="0017719A" w:rsidTr="00D24A99">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6596" w:type="dxa"/>
+            <w:tcW w:w="8141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA017D" w:rsidRPr="0017719A" w:rsidRDefault="00BA017D" w:rsidP="00D24A99">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="2849" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA017D" w:rsidRPr="0017719A" w:rsidRDefault="00BA017D" w:rsidP="00D24A99">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:bookmarkStart w:id="3" w:name="z133"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(от) ___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(далее – Ф.И.О.) (при заполнении в бумажном виде)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>____________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="0017719A">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>мекенжайында тұратын</w:t>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>(индивидуальный идентификационный номер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>____________________________</w:t>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>(далее – ИИН), проживающего по адресу:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>(тегі, аты, әкесінің аты</w:t>
-[...69 lines deleted...]
-              <w:t>____________________________</w:t>
+              <w:t>____________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BA017D" w:rsidRPr="0017719A" w:rsidRDefault="00BA017D" w:rsidP="00BA017D">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+    <w:p w:rsidR="006E3BA2" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="135" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...348 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="135" w:afterAutospacing="0" w:line="390" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>заявление.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Прошу поставить ребенка в очередь для получения направления в дошкольную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>организацию на территории населенного пункта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                        город (поселок, село)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ИИН ________________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                        Ф.И.О. (при наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ребенка (при заполнении в бумажном виде)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________ года рождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00596944">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Информирую, что ребенок является (нужное указать):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00596944">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1) ребенком военнослужащих, в том числе погибших, умерших или пропавших без вести во время прохождения службы (копия документа);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00596944">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2) ребенком сотрудников специальных государственных органов, в том числе погибших, умерших или пропавших без вести во время прохождения службы (копия документа);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00596944">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3) ребенком, родители которых являются инвалидами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00596944">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4) ребенком с особыми образовательными потребностями (копия документа);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00596944">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      5) ребенком, оставшимся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00596944">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      6) ребенком сиротой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00596944">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      7) ребенком из многодетной семьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00596944">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      8) ребенком педагога;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00596944">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      9) ребенком из семьи, имеющей ребенка-инвалида;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRPr="00596944" w:rsidRDefault="00FC1021" w:rsidP="00596944">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8430"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      10) не относится ни к одной из вышеперечисленных категорий.</w:t>
+      </w:r>
+      <w:r w:rsidR="00596944">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Прошу уведомлять меня об изменениях моего заявления следующими способами:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      5) ата-анасының қамқорлығынсыз қалған бала;</w:t>
-[...423 lines deleted...]
-      </w:pPr>
+        <w:t>      1) электронное смс(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)-уведомление в произвольной форме на следующие номера мобильных телефонов (не более двух номеров):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2) электронные e-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уведомления в произвольной форме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      (При изменении жизненных обстоятельств положение заявления в очереди может измениться. Заявления группируются в очереди по году рождения ребенка (календарный год) в порядке приоритета по дате подачи заявления.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Подтверждаю, что я согласен (согласна) на использование сведений, составляющих охраняемых законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Подпись _______________ Дата _________________</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9733" w:type="dxa"/>
+        <w:tblW w:w="10848" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8013"/>
-        <w:gridCol w:w="1720"/>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="2428"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="00BA017D" w:rsidTr="00FA7342">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8013" w:type="dxa"/>
+            <w:tcW w:w="8420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1720" w:type="dxa"/>
+            <w:tcW w:w="2428" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="006E3BA2" w:rsidRDefault="006E3BA2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="z54"/>
-[...15 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:bookmarkStart w:id="4" w:name="z155"/>
+            <w:bookmarkEnd w:id="4"/>
+          </w:p>
+          <w:p w:rsidR="006E3BA2" w:rsidRDefault="006E3BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006E3BA2" w:rsidRDefault="006E3BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006E3BA2" w:rsidRDefault="006E3BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>саласында мемлекеттік</w:t>
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>қызметтер көрсету</w:t>
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:t>государственных услуг</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>қағидаларына</w:t>
-[...24 lines deleted...]
-            <w:bookmarkEnd w:id="3"/>
+              <w:t>в сфере дошкольного образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vanish/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9856" w:type="dxa"/>
+        <w:tblW w:w="11132" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="395"/>
-        <w:gridCol w:w="5586"/>
-        <w:gridCol w:w="3875"/>
+        <w:gridCol w:w="3629"/>
+        <w:gridCol w:w="7108"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="00BA017D" w:rsidTr="00BA017D">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9856" w:type="dxa"/>
+            <w:tcW w:w="11132" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FA7342" w:rsidRDefault="0017719A" w:rsidP="00FA7342">
+          <w:p w:rsidR="00FC1021" w:rsidRPr="006E3BA2" w:rsidRDefault="00FC1021" w:rsidP="006E3BA2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA7342">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:r w:rsidRPr="006E3BA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...29 lines deleted...]
-              <w:t>(6 жасқа дейін) кезекке қою" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+              </w:rPr>
+              <w:t>Стандарт государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidTr="00BA017D">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Государственная корпорация, местные исполнительные органы областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-Султан, Алматы и Шымкент, районов (городов областного значения), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>акимы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> районов в городе, городов районного значения, поселков, сел, сельских округов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3875" w:type="dxa"/>
+            <w:tcW w:w="3629" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Мемлекеттік корпорация, облыстардың, Нұр-Сұлтан, Алматы және Шымкент қалаларының, аудандардың (облыстық маңызы бар қалалардың) жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Способы предоставления государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="5" w:name="z157"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) канцелярию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="6" w:name="z158"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">3) веб-портал "электронного правительства" www.egov.kz </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidTr="00BA017D">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Срок оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С момента обращения к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, в Государственную корпорацию, на портал – 30 минут.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3875" w:type="dxa"/>
+            <w:tcW w:w="3629" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...32 lines deleted...]
-              <w:t>3) "электрондық үкіметтің" веб-порталы: www.egov.kz (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная и (или) бумажная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidTr="00BA017D">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результат оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Уведомление о постановке в очередь (в произвольной форме) либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным пунктом 9 настоящего Стандарта государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсету мерзімі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3875" w:type="dxa"/>
+            <w:tcW w:w="3629" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушіге, Мемлекеттік корпорацияға, порталға жүгінген сәтінен бастап – 30 минут.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Государственная услуга физическим лицам оказывается бесплатно.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidTr="00BA017D">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>График работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: с понедельника по пятницу, за исключением праздничных дней, согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с 9:00 часов до 18:30 часов с перерывом на обед с 13:00 часов до 14:30 часов.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="7" w:name="z160"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявлений и выдача результатов оказания государственной услуги осуществляется с 09:00 часов до 17:30 часов с перерывом на обед с 13:00 часов до 14:30 часов.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="z161"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="z162"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) Государственной корпорации: с понедельника по субботу включительно, за исключением праздничных дней, в соответствии с установленным графиком работы с 9:00 часов до 20:00 часов без перерыва на обед согласно трудовому законодательству Республики Казахстан.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="10" w:name="z163"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием осуществляется в порядке "электронной" очереди, по выбору </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="11" w:name="z164"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) портала: круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан прием заявлений и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="12" w:name="z165"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="z166"/>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства: www.edu.gov.kz;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="z167"/>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) Государственной корпорации: www.gov4c.kz;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) на портале: www.egov.kz.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсету нысаны</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3875" w:type="dxa"/>
+            <w:tcW w:w="3629" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Электронды және (немесе) қағаз түрінде.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень документов, необходимых для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или в Государственную корпорацию:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="15" w:name="z169"/>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление по форме согласно приложению 1 к Правилам;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="16" w:name="z170"/>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) свидетельство о рождении ребенка (для идентификации);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="17" w:name="z171"/>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) документ, удостоверяющий личность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (одного из родителей или законного представителя (для идентификации);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="18" w:name="z172"/>
+            <w:bookmarkEnd w:id="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) справка, выданная с места работы военнослужащего или сотрудника специальных государственных органов, заверенная подписью уполномоченного лица и печатью (при наличии) (действительна в течение месяца со дня выдачи);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="19" w:name="z173"/>
+            <w:bookmarkEnd w:id="19"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5) справка с места работы педагога, заверенная подписью руководителя организации образования и печатью (действительна в течение месяца со дня выдачи), сканированная копия диплома;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="20" w:name="z174"/>
+            <w:bookmarkEnd w:id="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6) заключение психолого-медико-педагогической консультации для детей с особыми образовательными потребностями (при наличии);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="21" w:name="z175"/>
+            <w:bookmarkEnd w:id="21"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7) заключение врача-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>фтизиатора</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="22" w:name="z176"/>
+            <w:bookmarkEnd w:id="22"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8) документы, подтверждающие возможность первоочередного получения направления в дошкольную организацию.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="23" w:name="z177"/>
+            <w:bookmarkEnd w:id="23"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сведения о документах, удостоверяющих личность, свидетельство о рождении ребенка, сведения, подтверждающие возможность первоочередного получения направления в дошкольную организацию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="24" w:name="z178"/>
+            <w:bookmarkEnd w:id="24"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или работник Государственной корпорации получает согласие на использование сведений, содержащихся в информационных системах и составляющих охраняемую законом тайну, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="25" w:name="z179"/>
+            <w:bookmarkEnd w:id="25"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>акиму</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> поселка, села, сельского округа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> представляет оригиналы (для идентификации) и копии документов.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="26" w:name="z180"/>
+            <w:bookmarkEnd w:id="26"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении на портал:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="27" w:name="z181"/>
+            <w:bookmarkEnd w:id="27"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление в форме электронного документа, подписанное ЭЦП </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, по форме согласно </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:anchor="z132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>приложению 1</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> к Правилам;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="28" w:name="z182"/>
+            <w:bookmarkEnd w:id="28"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) сканированная копия справки, выданная с места работы военнослужащего или сотрудника специальных государственных органов, заверенная подписью уполномоченного лица и печатью (при наличии) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(действительна в течение месяца со дня выдачи);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="29" w:name="z183"/>
+            <w:bookmarkEnd w:id="29"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) сканированная копия заключения психолого-медико-педагогической консультации для детей с особыми образовательными потребностями (при наличии);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="30" w:name="z184"/>
+            <w:bookmarkEnd w:id="30"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) направление врача-фтизиатра.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="31" w:name="z185"/>
+            <w:bookmarkEnd w:id="31"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Электронный запрос на портал осуществляется в форме электронного документа, удостоверенного ЭЦП </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, или путем введения одноразового пароля.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Сведения о документах, удостоверяющих личность, о свидетельстве о рождении ребенка, сведения, подтверждающие возможность первоочередного получения направления в дошкольную организацию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidTr="00BA017D">
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>5</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установлен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="32" w:name="z187"/>
+            <w:bookmarkEnd w:id="32"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ные</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> законодатель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ством</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) установление недостоверности документов, представленных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">2) несоответствие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC1021" w:rsidTr="00FC1021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсетудің нәтижесі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3875" w:type="dxa"/>
+            <w:tcW w:w="3629" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...8 lines deleted...]
-              <w:t>Кезекке қою туралы хабарлама беру (ерікті нысанда) немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidTr="00BA017D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="7108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
+          <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0017719A">
-[...239 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимально допустимое время ожидания для сдачи пакета документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или в Государственную корпорацию – 15 минут. Максимально допустимое время обслуживания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или в Государственной корпорации – 30 минут.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="33" w:name="z190"/>
+            <w:bookmarkEnd w:id="33"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием документов для оказания государственной услуги </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с нарушением здоровья, стойким расстройством функций организма, ограничивающим его жизнедеятельность, обратившемуся через Единый контакт-центр – 1414, 88000807777 производится работником Государственной корпорации с выездом по месту жительства.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="34" w:name="z191"/>
+            <w:bookmarkEnd w:id="34"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Если есть медицинские противопоказания, препятствующие пребыванию ребенка в дошкольной организации, то он не зачисляется в дошкольную организацию.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>2) Мемлекеттік корпорация: Қазақстан Республикасының еңбек заңнамасына сәйкес жексенбі және мереке күндерін қоспағанда, белгіленген жұмыс кестесі бойынша дүйсенбі мен сенбіні қоса алғанда түскі үзіліссіз сағат 09.00-ден 20.00-ге дейін.</w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="35" w:name="z192"/>
+            <w:bookmarkEnd w:id="35"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>интернет-ресурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, справочных служб по вопросам оказания государственной услуги, а также Единого контакт-центра.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Қабылдау "электронды" кезек тәртібінде жеделдетіп қызмет көрсетусіз көрсетілетін қызметті алушының таңдауы бойынша жүзеге асырылады, </w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="36" w:name="z193"/>
+            <w:bookmarkEnd w:id="36"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства www.edu.gov.kz в разделе "Государственные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>электронды кезекті портал арқылы брондауға болады;</w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>услуги".</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>3) портал: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғанда жүгінгенде, Қазақстан Республикасында еңбек заңына сәйкес демалыс және мереке күндерін қоспағанда, өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелері келесі жұмыс күнінде беріледі).</w:t>
-[...143 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:bookmarkStart w:id="37" w:name="z194"/>
+            <w:bookmarkEnd w:id="37"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Телефоны Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>1) Қағидаларға </w:t>
-[...641 lines deleted...]
-              <w:t>Көрсетілетін қызметті алушының таңдауы бойынша кезекке қою жөніндегі мемлекеттік қызмет "Бала тууды тіркеу, оның ішінде азаматтық хал актілерінің жазбаларына өзгерістер, толықтырулар мен түзетулер енгізу" мемлекеттік қызметімен жиынтықта "бір өтініш" қағидасы бойынша көрсетіледі.</w:t>
+              <w:t xml:space="preserve">По выбору </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственная услуга оказывается по принципу "одного заявления" в совокупности с государственной услугой "Регистрация рождения ребенка, в том числе внесение изменений, дополнений и исправлений в записи актов гражданского состояния".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0017719A" w:rsidRPr="0017719A" w:rsidRDefault="0017719A" w:rsidP="0017719A">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w:rsidR="00FC1021" w:rsidRDefault="00FC1021" w:rsidP="00FC1021">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vanish/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:sectPr w:rsidR="0017719A" w:rsidRPr="0017719A">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00FC1021" w:rsidSect="00FC1021">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="426" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -6400,53 +8572,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2AE25386"/>
+    <w:nsid w:val="43E27111"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="F2D8ED34"/>
+    <w:tmpl w:val="F1F875F6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -6548,256 +8720,108 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...147 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009B1A1D"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00FA7342"/>
+    <w:rsidRoot w:val="003033EF"/>
+    <w:rsid w:val="00141BF0"/>
+    <w:rsid w:val="003033EF"/>
+    <w:rsid w:val="0033090B"/>
+    <w:rsid w:val="00337053"/>
+    <w:rsid w:val="00596944"/>
+    <w:rsid w:val="006E3BA2"/>
+    <w:rsid w:val="00A17990"/>
+    <w:rsid w:val="00B652F4"/>
+    <w:rsid w:val="00B830CF"/>
+    <w:rsid w:val="00CB36C1"/>
+    <w:rsid w:val="00D2534B"/>
+    <w:rsid w:val="00FC1021"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="66D073F7"/>
-  <w15:docId w15:val="{5841A60C-9842-474C-8DA6-858C116E5082}"/>
+  <w14:docId w14:val="05F3AAB0"/>
+  <w15:docId w15:val="{CB301285-2BF7-4E37-A65C-F59102739DB5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7157,377 +9181,280 @@
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0017719A"/>
+    <w:rsid w:val="00FC1021"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0017719A"/>
+    <w:rsid w:val="00FC1021"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
+    <w:trPr>
+      <w:hidden/>
+    </w:trPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00040A96"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003033EF"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="both"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003033EF"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0017719A"/>
+    <w:rsid w:val="00FC1021"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0017719A"/>
+    <w:rsid w:val="00FC1021"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...40 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="1132751794">
+    <w:div w:id="360281987">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1974676247">
+        <w:div w:id="1028750697">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1024209317">
+        <w:div w:id="897672192">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1221744444">
+            <w:div w:id="1690909178">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1157186026">
+        <w:div w:id="177087424">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="464354301">
+            <w:div w:id="1487822061">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1696492271">
+    <w:div w:id="1022778622">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...64 lines deleted...]
-      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000114_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000561" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000552" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000561" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000343_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1100000518" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000552" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000114_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000552" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000552" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000561" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000561" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000343_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1100000518" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7775,66 +9702,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>28632</Characters>
+  <Pages>12</Pages>
+  <Words>4984</Words>
+  <Characters>28414</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>238</Lines>
-  <Paragraphs>67</Paragraphs>
+  <Lines>236</Lines>
+  <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33587</CharactersWithSpaces>
+  <CharactersWithSpaces>33332</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>