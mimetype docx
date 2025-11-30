--- v0 (2025-10-09)
+++ v1 (2025-11-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b58094c" w14:textId="b58094c">
+    <w:p w14:paraId="a90a5b0" w14:textId="a90a5b0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,2100 +76,2002 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 бұйрығына өзгерістер мен толықтыру енгізу туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>О внесении изменений и дополнения в приказ Министра образования и науки Республики Казахстан от 19 июня 2020 года № 254 "Об утверждении правил оказания государственных услуг в сфере дошкольного образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра просвещения Республики Казахстан от 18 ноября 2022 года № 464. Зарегистрирован в Министерстве юстиции Республики Казахстан 21 ноября 2022 года № 30643</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      БҰЙЫРАМЫН:</w:t>
+      ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 19 июня 2020 года № 254 "Об утверждении Правил оказания государственных услуг в сфере дошкольного образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20883) следующие изменения и дополнение:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственных услуг в сфере дошкольного образования, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 </w:t>
-[...21 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункты 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. В настоящих Правилах используются основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) архив – набор заявлений, снятых с очереди по причине успешного получения направления на зачисление в дошкольную организацию или снятых с очереди по иным причинам, предусмотренным настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) технология блокчейн – способ построения архитектуры хранения и обработки данных по определенным правилам, который позволяет идентифицировать внесение изменений в данные, которые не подлежат корректировке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) свободное место – информация о вакантном месте для зачисления ребенка в дошкольную организацию с указанием дошкольной организации, возрастной группы, языка воспитания и обучения, вида группы (общеразвивающая, специальная), режима работы (полного, неполного, круглосуточного пребывания), режима зачисления (общеустановленный, раннего бронирования, временного пребывания) с указанием даты начала зачисления и наличия ограничений по дате пребывания в дошкольной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бюллетень освободившихся мест – протокол, ежедневно фиксирующий хронологию передачи свободных мест от дошкольных организаций на распределение в систему управления очередью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) принцип "одного заявления" – форма оказания государственной услуги, предусматривающая совокупность нескольких государственных услуг, оказываемых на основании одного заявления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) свободное место режима общеустановленного зачисления – свободное место, срок действия направления по которому начинает исчисляться сразу после получения направления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) свободное место режима раннего бронирования – свободное место, на которое можно получить направление раньше, чем это место фактически освободится; срок исчисления действия направления и процедура зачисления в дошкольную организацию начинается после фактического освобождения места;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) система управления очередью – информационная система услугодателя, обеспечивающая автоматизированное исполнение бизнес-процессов приема заявлений на постановку в очередь и распределения мест в дошкольных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) номер очередности – положение заявления в очереди относительно других заявлений в этой очереди;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) бюллетень отозванных мест – протокол, ежедневно фиксирующий хронологию возврата (отзыва) дошкольными организациями мест, ранее переданных на распределение в систему управления очередью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) направление на зачисление в дошкольную организацию (далее – направление) – уведомление о временном резервировании за заявителем места в дошкольной организации на период прохождения процесса зачисления в дошкольную организацию и оформления соответствующих документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) очередь заявлений (далее – очередь) – заявления на зачисление в дошкольную организацию, успешно зарегистрированные в системе управления очередью и упорядоченные относительно друг друга согласно настоящим правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) проактивная услуга – государственная услуга, оказываемая в электронной форме, предоставляемая по инициативе субъекта оказания услуг, для оказания которой необходимо обязательное согласие субъекта получения услуги, предоставленное посредством абонентского устройства сотовой связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) стоп-лист – временный архив, куда перемещаются заявления из очереди, по которым приостановлена возможность получения направлений ввиду выявленных нарушений, допущенных со стороны заявителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) свободное место временного пребывания – свободное место, которое сохраняется в дошкольной организации за временно выбывшим воспитанником, поэтому имеет ограниченный срок пребывания нового ребенка, зачисленного на это место;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) уведомление – электронные текстовые сообщения, отправляемые системой управления очередью заявителю с целью уведомления о прохождении определенных этапов получения места в дошкольной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственная услуга "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" (далее – государственная услуга по постановке на очередь) оказывается управлениями образования городов республиканского значения и столицы, отделами образования районов, городов областного значения (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Для получения государственной услуги по постановке на очередь физическое лицо (далее - услугополучатель) направляет в канцелярию услугодателя, либо через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) и (или) через веб-портал "электронного правительства" (далее – портал) заявление по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам, а также документы, указанные в пункте 8 Перечня основных требований к оказанию государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" (далее – Перечень требований).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перечень основных требований к оказанию государственной услуги по постановке на очередь, включающий характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги по постановке на очередь приведен в Перечне требований согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В "личном кабинете" услугополучателя отображается информация о статусе рассмотрения запроса на оказание государственной услуги по постановке на очередь, а также размещается уведомление с указанием даты и времени получения результата государственной услуги по постановке на очередь.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Канцелярия услугодателя, работник Государственной корпорации осуществляют прием заявления по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам и регистрируют документы, полученные от услугополучателя, проверяют их на полноту; при представлении услугополучателем полного пакета документов осуществляют выдачу уведомления о постановке на очередь с указанием номера очередности (в произвольной форме).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае представления услугополучателем неполного пакета документов согласно перечню, предусмотренному пунктом 8 Перечня требований, услугодатель и (или) работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность, услугодатель и работник Государственной корпорации получают из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выдача услугополучателю готовых документов осуществляется на основании расписки о приеме соответствующих документов при предъявлении документа, удостоверяющего личность (либо ее представителя по нотариально заверенной доверенности).";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрықпен бекітілген Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету </w:t>
-[...21 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. По выбору услугополучателя государственная услуга по постановке на очередь оказывается по принципу "одного заявления" в совокупности с государственной услугой "Регистрация рождения ребенка, в том числе внесение изменений, дополнений и исправлений в записи актов гражданского состояния".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатели:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получают от услугодателя в доступной форме полную и достоверную информацию о порядке предоставления государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получают государственную услугу в бумажной и (или) электронной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) участвуют в публичных обсуждениях проектов подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обращаются в суд с иском о защите нарушенных прав, законных интересов в сфере оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) используют электронные документы в отношении себя и несовершеннолетних членов семьи из сервиса цифровых документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При оказании государственных услуг не допускается истребования от услугополучателей:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) документов и сведений, которые могут быть получены из информационных систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нотариально засвидетельствованных копий документов, оригиналы которых представлены для сверки услугодателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Обращения, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 4 Закона Республики Казахстан "О государственных услугах", поступившие по вопросам оказания государственных услуг, подлежат учету согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 69 Административного процедурно-процессуального кодекса Республики Казахстан.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...52 lines deleted...]
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+        <w:t>пункт 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "3. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
+      "13. Общая очередь для зачисления в дошкольные организации формируется по принадлежности к населенному пункту (город, село, поселок) по году рождения детей для каждого года рождения отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Очередь в специальные дошкольные организации (специальные ясли-сады, специальные детские сады) и специальные группы в дошкольных организациях для детей с нарушениями зрения, слуха, тяжелыми нарушениями речи, опорно-двигательного аппарата, интеллекта, с задержкой психического развития, специальные дошкольные организации и специальные группы в дошкольных организациях, совмещающие все категории детей с нарушениями, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовых правил</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельности специальных организаций образования, утвержденных приказом Министра образования и науки Республики Казахстан от 31 августа 2022 года № 385 "Об утверждении Типовых правил деятельности организаций образования соответствующих типов и видов") (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 29329) формируется внутри населенного пункта по году рождения детей, для каждого года рождения отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) архив - мектепке дейінгі ұйымға қабылдауға жолдаманы табысты алуға байланысты немесе осы Қағидаларда көзделген басқа да себептер бойынша кезектен алынған өтініштер жиынтығы;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Внутри очереди по годам рождения очередь разделяется по видам нарушений, имеющихся у детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) блокчейн технологиясы - түзетуге жатпайтын деректерге өзгерістер енгізуді сәйкестендіруге мүмкіндік беретін белгілі бір қағидалар бойынша деректерді сақтау және өңдеу архитектурасын құру тәсілі;</w:t>
-[...273 lines deleted...]
-    <w:bookmarkEnd w:id="2"/>
+      Очередь в санаторные дошкольные организации формируется внутри населенного пункта по году рождения детей для каждого года рождения отдельно по видам реабилитации/профилактики.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Кезекке қою жөніндегі мемлекеттік көрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі - көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне немесе "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация) арқылы және (немесе) "электрондық үкіметтің" веб-порталы (бұдан әрі - портал) арқылы Қағидалардың </w:t>
-[...59 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушының "жеке кабинетінде" кезекке қою жөніндегі мемлекеттік қызметті көрсетуге сұранымды қарау мәртебесі туралы ақпарат көрінеді, сондай-ақ кезекке қою жөніндегі мемлекеттік көрсетілетін қызметтің нәтижесін алған күні және уақыты көрсетілген хабарлама орналастырылады.</w:t>
-[...113 lines deleted...]
-    </w:p>
+      "18. Для подачи заявления и нахождения в очереди возраст ребенка не превышает 6 лет на 1 сентября текущего календарного года (кроме детей с особыми образовательными потребностями, имеющими соответствующее заключение психолого-медико-педагогической комиссии).";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>8-тармақ</w:t>
-[...193 lines deleted...]
-    </w:p>
+        <w:t>подпункт 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 20 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің 69-бабы </w:t>
-[...41 lines deleted...]
-    </w:p>
+      "1) поступлении заявлений от родителей или законных представителей детей, имеющих право на внеочередное получение места в дошкольных организациях согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 52 Закона Республики Казахстан "О воинской службе и статусе военнослужащих", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 78 Закона Республики Казахстан "О специальных государственных органах", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 64 Закона Республики Казахстан "О правоохранительной службе";";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>13-тармақ</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+        <w:t>пункт 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "13. Мектепке дейінгі ұйымдарға қабылдау үшін жалпы кезек елді мекенге (қала, ауыл, кент) тиістілігі бойынша, балалардың туған жылы бойынша және әрбір туған жылы үшін өз кезегі қалыптастырылады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
+      "28. При выдаче направления возраст детей учитывается на календарный год, кроме детей, чей возраст не превышает 6 лет на 1 сентября текущего календарного года и детей с особыми образовательными потребностями, имеющими соответствующее заключение психолого-медико-педагогической комиссии.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z56" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көру қабілеті, есту қабілеті бұзылған, сөйлеу қабілеті ауыр түрде бұзылған, тірек-қимыл аппараты, зияткерлік дамуы бұзылған, психикалық дамуы тежелген балаларға арналған арнайы мектепке дейінгі ұйымдарға (арнайы бөбекжай-бақшаларға, арнайы балабақшаларға) және мектепке дейінгі ұйымдардағы арнайы топтарға, денсаулығы нашарлаған балалардың барлық санаттарын біріктіретін арнайы мектепке дейінгі ұйымдарға және мектепке дейінгі ұйымдардағы арнайы топтарға кезекке тұру "Тиісті үлгідегі және түрдегі білім беру ұйымдары қызметінің үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2022 жылғы 31 тамыздағы № 385 </w:t>
-[...57 lines deleted...]
-    </w:p>
+      часть вторую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Перечень основных требований к оказанию государственной услуги по приему детей, включающий характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги по приему детей приведен в Перечне требований к оказанию государственной услуги "Прием документов и зачисление детей в дошкольные организации" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>18-тармақ</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+        <w:t>приложения 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      дополнить приложением 5 согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z60" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "18. Өтініш беру және кезекте болу үшін баланың жасы ағымдағы жылғы 1 қыркүйекте 6 жастан аспайды (психологиялық-медициналық-педагогикалық комиссияның қорытындысы бар ерекше білім берілуіне қажеттілігі бар балалардан басқа).";</w:t>
-[...7 lines deleted...]
-        <w:jc w:val="left"/>
+      2. Департаменту дошкольного образования Министерства просвещения Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z61" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...44 lines deleted...]
-        <w:jc w:val="left"/>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z62" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...84 lines deleted...]
-        <w:jc w:val="left"/>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства просвещения Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z63" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="6"/>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства просвещения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z64" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "28. Ағымдағы жылғы 1 қыркүйекте 6 жастан аспайтын және психологиялық-медициналық-педагогикалық консультацияның қорытындысы бар ерекше білім берілуіне қажеттілігі бар балалардан басқа балаларға жолдама беру кезінде баланың жасы күнтізбелік жылғы толық жасы бойынша есептеледі.";</w:t>
-[...7 lines deleted...]
-        <w:jc w:val="left"/>
+      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра просвещения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z65" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...483 lines deleted...]
-    <w:bookmarkEnd w:id="11"/>
+      4. Настоящий приказ вводится в действие после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -2185,75 +2087,92 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Оқу-ағарту министрі </w:t>
+              <w:t>Министр просвещения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2284,114 +2203,113 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z67" w:id="55"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       "КЕЛІСІЛДІ"</w:t>
-[...53 lines deleted...]
-      аэроғарыш өнеркәсібі министрлігі</w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство цифрового развития,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>инноваций и аэрокосмической промышленности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2427,103 +2345,110 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу-ағарту министрі</w:t>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министр просвещения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2022 жылғы 18 қарашадағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 464 Бұйрыққа</w:t>
-[...12 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>от 18 ноября 2022 года</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 464</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -2544,103 +2469,100 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі білім</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>беру саласында мемлекеттік</w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметтер көрсету</w:t>
+              <w:t>государственных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> услуг в сфере</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>дошкольного образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -2658,52 +2580,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімі</w:t>
+              <w:t xml:space="preserve">
+Перечень основных требований к оказанию государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2736,87 +2658,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Республикалық маңызы бар қалалардың және астананың білім басқармалары, аудандардың, облыстық маңызы бар қалалардың білім бөлімдері.</w:t>
+Управления образования городов республиканского значения и столицы, отделы образования районов, городов областного значения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2848,142 +2770,164 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+              <w:t xml:space="preserve">
+Способы предоставления государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...68 lines deleted...]
-3) "электрондық үкіметтің" веб-порталы: www. egov. kz (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+          <w:bookmarkStart w:name="z79" w:id="56"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="56"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) канцелярию услугодателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3016,87 +2960,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету мерзімі</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушіге, Мемлекеттік корпорацияға, порталға жүгінген сәтінен бастап – 30 минут.</w:t>
+С момента обращения к услугодателю, в Государственную корпорацию, на портал – 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3129,87 +3073,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нысаны</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Бір өтініш" қағидаты бойынша көрсетілетін электрондық (ішінара автоматтандырылған)/қағаз түрінде/ проактивті.</w:t>
+Электронная (частично автоматизированная)/ бумажная/ проактивная/, оказываемая по принципу "одного заявления".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3242,87 +3186,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсетудің нәтижесі</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кезекке қою туралы хабарлама беру (ерікті нысанда) немесе осы "Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімінің 9-тармағында белгіленген негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+Уведомление о постановке в очередь (в произвольной форме) либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным пунктом 9 настоящего Перечня основных требований к оказанию государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3355,87 +3299,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
+              <w:t xml:space="preserve">
+Государственная услуга физическим лицам оказывается бесплатно. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3468,249 +3412,331 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...176 lines deleted...]
-3) www. egov. kz порталында орналастырылған.</w:t>
+          <w:bookmarkStart w:name="z82" w:id="57"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) услугодателя: с понедельника по пятницу, за исключением праздничных дней, согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы услугодателя с 9:00 часов до 18:30 часов с перерывом на обед с 13:00 часов до 14:30 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="57"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявлений и выдача результатов оказания государственной услуги осуществляется с 09:00 часов до 17:30 часов с перерывом на обед с 13:00 часов до 14:30 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) Государственной корпорации и объектов информации: с понедельника по субботу включительно, за исключением праздничных дней, в соответствии с установленным графиком работы с 9:00 часов до 20:00 часов без перерыва на обед согласно трудовому законодательству Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием осуществляется в порядке "электронной" очереди, по выбору услугополучателя без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) портала: круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) на интернет-ресурсе Министерства: www.edu.gov.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) Государственной корпорации: www.gov4c.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) на портале: www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3743,449 +3769,575 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет</w:t>
-[...17 lines deleted...]
-көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...358 lines deleted...]
-Жеке басын куәландыратын құжаттар, баланың туу туралы куәлігі, мектепке дейінгі ұйымға бірінші кезекте орын алу құқығын растайтын құжат туралы мәліметтерді көрсетілетін қызметті алушы тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады. Көрсетілетін қызметті берушілер цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады.</w:t>
+          <w:bookmarkStart w:name="z91" w:id="58"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении к услугодателю или в Государственную корпорацию:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="58"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявления по форме, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложениям 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и 5 к Правилам оказания государственных услуг в сфере дошкольного образования, утвержденных приказом Министра образования и науки Республики Казахстан от 19 июня 2020 года № 254 "Об утверждении правил оказания государственных услуг в сфере дошкольного образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20883) (далее - Правила);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) свидетельство о рождении ребенка, либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) документ, удостоверяющий личность услугополучателя (одного из родителей или законного представителя, либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) справка, выданная с места работы военнослужащего или сотрудника специальных государственных органов, заверенная подписью уполномоченного лица и печатью (при наличии) (действительна в течение месяца со дня выдачи);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) справка с места работы педагога, заверенная подписью руководителя организации образования и печатью (действительна в течение месяца со дня выдачи), сканированная копия диплома;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) заключение психолого-медико-педагогической консультации для детей с особыми образовательными потребностями (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) заключение врача-фтизиатора;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) документы, подтверждающие возможность первоочередного получения направления в дошкольную организацию.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сведения о документах, удостоверяющих личность, свидетельство о рождении ребенка, сведения, подтверждающие возможность первоочередного получения направления в дошкольную организацию услугодатель или работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугодатель или работник Государственной корпорации получает согласие на использование сведений, содержащихся в информационных системах и составляющих охраняемую законом тайну, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявления в форме электронного документа, подписанное ЭЦП услугополучателя, по форме согласно приложениям 1 и 5 к Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) сканированная копия справки, выданная с места работы военнослужащего или сотрудника специальных государственных органов, заверенная подписью уполномоченного лица и печатью (при наличии) (действительна в течение месяца со дня выдачи);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) справка с места работы педагога, заверенная подписью руководителя организации образования и печатью (действительна в течение месяца со дня выдачи), сканированная копия диплома;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) сканированная копия заключения психолого-медико-педагогической консультации для детей с особыми образовательными потребностями (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) направление врача-фтизиатра. Электронный запрос на портал осуществляется в форме электронного документа, удостоверенного ЭЦП услугополучателя, или путем введения одноразового пароля. Сведения о документах, удостоверяющих личность, о свидетельстве о рождении ребенка, сведения, подтверждающие возможность первоочередного получения направления в дошкольную организацию услугополучатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4218,253 +4370,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...180 lines deleted...]
-4) көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсыну.</w:t>
+          <w:bookmarkStart w:name="z108" w:id="59"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="59"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) представление услугополучателем неполного пакета документов согласно перечню, предусмотренному подзаконным нормативным правовым актом, определяющим порядок оказания государственной услуги, и (или) документов с истекшим сроком действия.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4497,231 +4579,293 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің, оның ішінде электронды нысанда және Мемлекеттік корпорациясы арқылы көрсетілетін қызметтердің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...158 lines deleted...]
-Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
+          <w:bookmarkStart w:name="z112" w:id="60"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Максимально допустимое время ожидания для сдачи пакета документов услугодателю или в Государственную корпорацию – 15 минут. Максимально допустимое время обслуживания услугодателем или в Государственной корпорации – 30 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="60"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием документов для оказания государственной услуги услугополучателю с нарушением здоровья, стойким расстройством функций организма, ограничивающим его жизнедеятельность, обратившемуся через Единый контакт-центр – 1414, 88000807777 производится работником Государственной корпорации с выездом по месту жительства.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Если есть медицинские противопоказания, препятствующие пребыванию ребенка в дошкольной организации, то он не зачисляется в дошкольную организацию.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, интернет-ресурса услугодателя, справочных служб по вопросам оказания государственной услуги, а также Единого контакт-центра.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе Министерства www.edu.gov.kz в разделе "Государственные услуги".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Телефоны Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>По выбору услугополучателя государственная услуга оказывается по принципу "одного заявления" в совокупности с государственной услугой "Регистрация рождения ребенка, в том числе внесение изменений, дополнений и исправлений в записи актов гражданского состояния".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4760,64 +4904,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бұйрыққа </w:t>
-[...12 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>Приложение 2 к приказу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4838,564 +4969,622 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі білім</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>беру саласында мемлекеттік</w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметтер көрсету</w:t>
+              <w:t>государственных услуг в сфере</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>дошкольного образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
-[...63 lines deleted...]
-              </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(тегі, аты, әкесінің аты </w:t>
+              <w:t>(фамилия, имя, отчество</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(бар болғанда)</w:t>
+              <w:t>(при его наличии)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(көрсетілетін қызметті </w:t>
-[...12 lines deleted...]
-              <w:t>алушының мекен-жайы)</w:t>
+              <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="12"/>
+    <w:bookmarkStart w:name="z128" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">                                Расписка об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z129" w:id="62"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
-[...21 lines deleted...]
-    </w:p>
+      Руководствуясь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан "О</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственных услугах", отдел №__ филиала некоммерческого акционерного общества</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Государственная корпорация "Правительство для граждан"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (указать адрес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отказывает в приеме документов на оказание государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          (указать наименование государственной услуги)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ввиду представления Вами неполного пакета документов согласно перечню,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусмотренному в пункте 8 приложения 2 к Правилам оказания государственных услуг в</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сфере дошкольного образования, и (или) документов с истекшим сроком действия, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z132" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование отсутствующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z133" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ________________________________________;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z134" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ________________________________________;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z135" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) ________________________________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+      3) ________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z136" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      байланысты ______________________________________________________________</w:t>
-[...25 lines deleted...]
-      </w:pPr>
+      Настоящая расписка составлена в двух экземплярах, по одному для каждой стороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z137" w:id="68"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (мемлекеттік көрсетілетін қызметтің атауын көрсету)</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Исполнитель: ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z138" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекеттік қызметті көрсетуге құжаттарды қабылдаудан бас тартады.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Подпись _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z139" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы қолхат әр тарапқа бір-біреуден 2 данада жасалды.</w:t>
-[...25 lines deleted...]
-      </w:pPr>
+      Телефон ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z140" w:id="71"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                        (тегі, аты, әкесінің аты (бар болғанда)</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Получил: _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z141" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қолы _________________</w:t>
-[...73 lines deleted...]
-    </w:p>
+      Подпись ____________ "____" _________ 20____ год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5429,64 +5618,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бұйрыққа </w:t>
-[...12 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>Приложение 3 к приказу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -5507,166 +5683,173 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі білім беру</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласында мемлекеттік </w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызметтер көрсету </w:t>
+              <w:t>государственных услуг в сфере</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>дошкольного образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-"Мектепке дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімі</w:t>
+          <w:bookmarkStart w:name="z147" w:id="73"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перечень основных требований к оказанию государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="73"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Прием документов и зачисление детей в дошкольные организации"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5699,87 +5882,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мектепке дейінгі ұйымдардың барлық түрлері (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
+Дошкольные организации всех видов (далее –услугодатель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5812,87 +5995,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету үшін құжаттарды қабылдау және беру көрсетілетін қызметті берушінің кеңсесі, "электрондық үкімет" веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
+Прием и выдача документов для оказания государственной услуги осуществляются через канцелярию услугодателя, веб-портал "электронного правительства" (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5925,51 +6108,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету мерзімі</w:t>
+Сроки оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6038,87 +6221,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нысаны</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (ішінара автоматтандырылған)/ қағаз түрінде.</w:t>
+Электронная (частично автоматизированная)/ бумажная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6151,87 +6334,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мектепке дейінгі ұйым мен баланың ата-анасының бірі немесе заңды өкілі араcында жасалған келісім шарт негізінде баланы мектепке дейінгі ұйымға қабылдау немесе мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+Зачисление ребенка в дошкольную организацию на основании заключенного договора между дошкольной организацией и одним из родителей или законным представителем ребенка либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6264,87 +6447,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
+Государственная услуга физическим лицам оказывается бесплатно.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6377,195 +6560,247 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...122 lines deleted...]
-2) www. egov. kz. порталында орналастырылған.</w:t>
+          <w:bookmarkStart w:name="z148" w:id="74"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) услугодателя: с понедельника по пятницу, за исключением праздничных дней, согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы услугодателя с 9:00 часов до 18:00 часов с перерывом на обед с 13:00 часов до 14:00 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="74"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявлений и выдача результатов оказания государственной услуги осуществляется с 09:00 часов до 17:30 часов с перерывом на обед с 13:00 часов до 14:00 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) портала: круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан прием заявлений и выдача результатов оказания государственной услуги осуществляются следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) на интернет-ресурсе Министерства: www.edu.gov.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) на портале: www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6598,511 +6833,587 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет</w:t>
-[...17 lines deleted...]
-көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...420 lines deleted...]
-Көрсетілетін қызметті берушілер цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады.</w:t>
+          <w:bookmarkStart w:name="z154" w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+к услугодателю:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) направление на зачисление (действительно в течение пяти рабочих дней со дня выдачи);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) заявление по форме, согласно приложению 5 к </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оказания государственных услуг в сфере дошкольного образования, утвержденных приказом Министра образования и науки Республики Казахстан от 19 июня 2020 года № 254 "Об утверждении правил оказания государственных услуг в сфере дошкольного образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20883) (далее - Правила);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) документ, удостоверяющий личность услугополучателя (одного из родителей или законного представителя, либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) документ, свидетельствующий о рождении ребенка, либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) карта профилактических прививок формы № 065/у, утвержденная </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) справка формы 027/у, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) заключение психолого-медико-педагогической консультации (для детей с особыми образовательными потребностями). На портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) направление на зачисление в дошкольную организацию (действительно в течение пяти рабочих дней со дня выдачи);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) заявление по форме, согласно приложению 5 к Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) документ, удостоверяющий личность одного из родителей или законного представителя (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) документ, свидетельствующий о рождении ребенка (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) карта профилактических прививок формы № 065/у, утвержденной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579) (электронная копия);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) справка формы 027/у, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579) (электронная копия);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) заключение психолого-медико-педагогической консультации (для детей с особыми образовательными потребностями) (сканированная копия, при наличии).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В случаях осуществления ограничительных мероприятий соответствующими государственными органами, введения чрезвычайного положения, возникновения чрезвычайных ситуаций социального, природного и техногенного характера на определенной территории, услугополучатели на данной территории предоставляют непосредственно в организации образования документы, перечисленные в подпункте 4), 5) и 6) абзаца первого и подпункте 4), 5) и 6) абзаца второго настоящего пункта по мере снятия ограничительных мероприятий, прекращения действия чрезвычайного положения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7135,161 +7446,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...88 lines deleted...]
-4) көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда.</w:t>
+          <w:bookmarkStart w:name="z170" w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) представление услугополучателем неполного пакета документов согласно перечню, предусмотренному подзаконным нормативным правовым актом, определяющим порядок оказания государственной услуги, и (или) документов с истекшим сроком действия.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7322,141 +7655,219 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып, қойылатын өзге де талаптар</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...68 lines deleted...]
-Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді. Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
+          <w:bookmarkStart w:name="z173" w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Максимально допустимое время ожидания до момента приема документов – 15 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимально допустимое время обслуживания – 15 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, интернет-ресурса услугодателя, справочных служб по вопросам оказания государственной услуги, а также Единого контакт-центра.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе Министерства www.edu.gov.kz в разделе "Государственные услуги".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Телефоны Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении. Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7495,64 +7906,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бұйрыққа </w:t>
-[...12 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>Приложение 4 к приказу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -7573,143 +7971,94 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі білім беру</w:t>
+              <w:t>Приложение 5</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласында мемлекеттік </w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызметтер көрсету </w:t>
+              <w:t>государственных услуг в сфере</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>5-қосымша</w:t>
+              <w:t>дошкольного образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -7726,364 +8075,594 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(мектепке дейінгі ұйым)</w:t>
+              <w:t>(дошкольная организация)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t>от__________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(тегі, аты, әкесінің аты </w:t>
+              <w:t>(фамилия, имя, отчество</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(бар болса)</w:t>
+              <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...17 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                        (тегі, аты, әкесінің аты (бар болса)</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z190" w:id="78"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) дербес деректерді үшінші тұлғаларға беруді;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Я, ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>даю согласие на доступ к персональным данным ограниченного доступа в соответствии с</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пунктом 8 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложений 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и 4 к Правилам оказания государственных услуг в сфере</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дошкольного образования, утвержденных приказом Министра образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 19 июня 2020 года № 254 "Об утверждении правил оказания</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственных услуг в сфере дошкольного образования" (зарегистрирован в Реестре</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной регистрации нормативных правовых актов под № 20883), которые</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">требуются для оказания государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан "О персональных данных и их защите", включающие в себя следующее:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z191" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) дербес деректерді өңдеу процесінде оларды трансшекаралық беруді;</w:t>
-[...59 lines deleted...]
-    </w:p>
+      1) передачу персональных данных третьим лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z192" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметтер көрсету кезінде ұсынылатын құжаттардың дұрыстығын растау үшін талап етілетін өзге де мәліметтерді қамтитын қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісемін.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      2) трансграничную передачу персональных данных в процессе их обработки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z193" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы келісім мемлекеттік қызмет көрсету нәтижесін алғанға дейін барлық кезең ішінде қолданылады.</w:t>
-[...25 lines deleted...]
-      </w:pPr>
+      3) распространение персональных данных в общедоступных источниках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z194" w:id="82"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (қолы)             (тегі, аты, әкесінің аты (бар болса)</w:t>
+      Согласен(а) на доступ к персональным данным ограниченного доступа, включающие</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в себя иные сведения, которые требуются для подтверждения достоверности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предоставляемых документов при оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z195" w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящее согласие действует в течение всего периода до получения результата</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z196" w:id="84"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________ __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        (подпись)              (фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>