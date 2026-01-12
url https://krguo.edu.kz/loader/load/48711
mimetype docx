--- v0 (2025-10-11)
+++ v1 (2026-01-12)
@@ -1,10756 +1,9413 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="2034B285" w14:textId="77777777" w:rsidR="00563DAF" w:rsidRDefault="00563DAF" w:rsidP="00563DAF">
+    <w:p w14:paraId="535621B9" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00770F4A" w:rsidRDefault="00CD2CAC" w:rsidP="00CD2CAC">
       <w:pPr>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770F4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Бекітемін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770F4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №7ОМ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770F4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лиректоры</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2A589897" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00710003" w:rsidRDefault="00CD2CAC" w:rsidP="00CD2CAC">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00770F4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Т.В. Карпец ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E29F4A" w14:textId="7294ED24" w:rsidR="00CD2CAC" w:rsidRPr="00710003" w:rsidRDefault="00CD2CAC" w:rsidP="00CD2CAC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710003">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2021-2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7636B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00710003">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00710003">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00710003">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00710003">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00710003">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00710003">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00710003">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кестесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00710003">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4805A9D5" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="006E2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="00CD2CAC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="15593" w:type="dxa"/>
+        <w:tblInd w:w="-459" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1276"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CD2CAC" w14:paraId="690AB4BA" w14:textId="77777777" w:rsidTr="007C21DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C5122F4" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00710003" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ р/с          </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>уақыты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB6A48F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>МАДТ\8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CD3EB73" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>\5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78FC6B06" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>\4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06A2B3A1" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>\8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD1D113" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>\7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E4E9879" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын\</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="383C3A3E" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>\10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79931FA8" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7сын\</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3266A5" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>\10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54989019" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>\11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BDCE5D8" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>\3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="646A9CB5" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>\5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD2CAC" w14:paraId="04DFF0ED" w14:textId="77777777" w:rsidTr="007C21DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AC42FC4" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1            8.00-8.45</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33695722" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2            8.55-9.40</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B408086" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3            9.50-10.35</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="248F9855" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4           10.45-11.30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33D3ADE7" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5           11.40-12.25</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AC33329" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6           12.35-13.20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D8E873C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>7           13.30-14.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FE6CC62" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8           14.25-15.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="443B9F4C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E5AFC54" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="438EF490" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E490E2E" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33B1DAB2" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="491FAC4A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F21739D" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="215D3AFC" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10AC8D12" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46ACB5DE" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6AC9E6AE" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EA383AA" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="459"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0069621D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="41FF04AC" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F63143F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әліппе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="470CA5F4" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B475F3A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C1D08E5" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50EADDFB" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D52C724" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қаз.тілі </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BAE8B91" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="022D0B34" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15136EFC" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өзін-өзі т</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="259569A8" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70030DAC" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40306FCD" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00EB2D89" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D3DF01B" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C30ED1C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00EB2D89" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыстілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C0538F2" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00EB2D89" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жар.тану</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F66536F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00EB2D89" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене.ш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="739BBA03" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="383C0C7C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72B7D393" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="113CA923" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F316B92" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05F8A14D" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әд.оқу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E50B19C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB2D89">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68BA6EB5" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53360911" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B06BFEB" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00F871D7" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CFD860B" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="150C2E83" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00F871D7" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене.ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F611B41" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00F871D7" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жар.тану</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B5F40EA" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="304A229B" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="271E66BB" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5457E647" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өзін-өзі т</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B2A2389" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AA20E45" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="260A3C31" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене.ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71B3F672" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0056171A">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20025AAB" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="155D114A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0056171A">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E6CFC15" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="260F6DF3" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0056171A">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38F9BF39" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6029AD2B" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   Биология</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39E5450E" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К.еңбек</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B96FC49" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A5939F6" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C116A1C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3320828C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс.әд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="013D0E8D" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   Физика</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E63FAF6" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C9F6AA2" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ACAC832" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене.ш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="206EE149" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58C56D0F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28F5B37D" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74F3907C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EFAC93A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Географ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36068A5E" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="33F6F8E3" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24B6F3E8" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19B7E426" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс.әд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EB8499D" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EECF4A3" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2371DA92" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Информат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="61DAE635" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өзін-өзі т</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25BE70EC" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="15FED645" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C6EC1F2" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7013598C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="315F3AC9" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00360294" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс.әд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D5EEC4A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D9BA05C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4663BC38" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B387F2A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00360294" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өзін-өз» т</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="417371C2" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00360294" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>АӘДжТК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD2CAC" w14:paraId="0C205689" w14:textId="77777777" w:rsidTr="007C21DB">
+        <w:trPr>
+          <w:trHeight w:val="1447"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E2A7896" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1            8.00-8.45</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E60C6B7" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2            8.55-9.40</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41B44B79" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3            9.50-10.35</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CC03780" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4           10.45-11.30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="351DFB79" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5           11.40-12.25</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A451FDB" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6           12.35-13.20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28E3F8AA" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>7           13.30-14.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CC75F02" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8           14.25-15.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1794B3FC" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EC97F5F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53283B86" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49805F9E" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз .тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CE1055E" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F97C03D" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BB6BCE0" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C78B99C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E758683" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2DB63EB6" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43908DFB" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әліппе </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BA3A310" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     Музыка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FB35E39" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="4F32A080" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әліппе </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="644428A3" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өзін-өзі т</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25D7E2C3" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66231BBE" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BEC3E1C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61179C33" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="61D03D3F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Музыка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CCA893C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әд.оқу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50FF7320" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене ш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72F07288" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D66B86E" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38BE1287" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ED99237" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BCB4BA2" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Циф.гр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31213EE0" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әд.оқу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6375D39E" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Музыка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A442FBD" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64E8293E" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39832995" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="77DF0ED8" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жар.тану</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43496CE1" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дүн.тану</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72E2C9AE" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Музыка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="015FFF2B" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене.ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ACCB7E9" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB854B0" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C95D096" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00F871D7" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A6FCCA7" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E0B0B6B" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00F871D7" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс.әд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68C1DF29" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00F871D7" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дүн.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="709B192F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Информ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="0922127E" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="7B2C2D55" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00F871D7" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К.еңбек</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68D4139B" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0119B8" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64447DB6" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс.әд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32978F1A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="7B59A611" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дүн.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3944E146" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="22830117" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB2D89">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="16CD8DD9" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене.ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66C7840A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жар.тану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F21550B" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CC83F92" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Геогр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="793B7CD5" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене.ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A30EB71" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Геометр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41C535D4" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45AECF85" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5E5C026C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс.әд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AD5D2A9" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Биолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47FF66AD" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Геометр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C12C70D" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="676B0D25" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10E432F7" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="1D83DE23" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66EDA53A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Самоп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="45E88AF8" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К.еңбек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05283153" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F8FFD6" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Геом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>етр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="787BA7E7" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AE5502A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A412FDB" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01D59AD0" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AA0BE27" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Құқ.нег</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03ABDEE7" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7392EA5A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="663585DD" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="2E5D6333" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Геометр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FB3754A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Құқ.нег</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32A788F3" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Информ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="603DAFC9" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Физ-ра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="398DA63C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Географ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A2F1B13" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="4C2E621F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>АӘД жТК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A771E46" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00360294" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36D12332" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="103FFEBF" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Геометр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="021CA71A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20434F63" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5149529F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00360294" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене.ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04F37D73" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD2CAC" w14:paraId="6458C86B" w14:textId="77777777" w:rsidTr="007C21DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FA46A42" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1           8.00-8.45</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="718D516C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2            8.55-9.40</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55798834" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3            9.50-10.35</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="326B295A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4           10.45-11.30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="541E4234" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5           11.40-12.25</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27DE9CEF" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6           12.35-13.20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="223740B6" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>7           13.30-14.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CBA4F53" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8           14.25-15.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5281E863" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CBCF182" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5789F65F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62BD74CC" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1936B198" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6247D4E1" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78BEB292" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46D58E63" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09C455D8" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1DE5D5" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3206F638" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50209404" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="0CDB36D9" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әліппе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50D3CAB1" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6813DA6A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жар.тану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CAF06D9" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41A693B7" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E7DA800" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25A2DDA5" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="741DCE04" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36756FCE" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жар.тану</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="524F1185" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене ш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E5FF36F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="020AB42F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FAF0DCB" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00727010">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="29B110B9" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08DB49E0" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5FADC07C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27BE3209" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дүн.тану</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="469246B4" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74AF5382" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0523A68E" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43B940AB" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34F2CAF8" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727010">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="616166AE" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727010">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70AD1233" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әд.оқу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AA02B6F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жар.тану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DAF135F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3086F961" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00F871D7" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4519DE39" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00F871D7" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C6EFE56" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="191FE39D" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00F871D7" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене.ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="776BC49D" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00F871D7" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өзін-өзі т</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C62BF48" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73511DEC" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09F5CED0" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="360BC094" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="7BE7BE63" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Музыка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="047FC6E4" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="34FDD419" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене.ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08BE9090" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Информ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11BC90C0" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A09BE37" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Алгебр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32D2FAC1" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62EA8F7C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Информ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5B8F6BED" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дүн.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="282C41CF" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="44E56C74" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Географ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="307E7835" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ED64977" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DCD4D9E" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орс.әд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48279C1C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="329CC5CD" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Географ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="435D04F7" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дүн.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62945A1C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене.ш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7051D0F7" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Информ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DCA8A0C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алгебр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E1E9AA5" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="671F6CD4" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс.әд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B9EE665" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59F98150" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         Геогр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53E2C4FC" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К.еңбек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DABD91B" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04B4A752" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2183A558" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="526AEF6B" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B6FBC87" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38A06D05" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="7D833AE5" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E775A7B" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D6DAC1" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5492EF2F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00360294" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23EECC72" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B25FA3F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="1AFE0BA5" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F117ABB" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="7C9E1DD7" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00360294" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58EBAD00" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00360294" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене.ш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD2CAC" w14:paraId="5AF5FDFF" w14:textId="77777777" w:rsidTr="007C21DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D0D8E88" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1            8.00-8.45</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C21D331" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2            8.55-9.40</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48AFEC32" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3            9.50-10.35</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20051B80" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4           10.45-11.30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EFCAF19" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5           11.40-12.25</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ED65BBA" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6           12.35-13.20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4089BBF9" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>7           13.30-14.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EFD0B48" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8           14.25-15.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA6C277" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="347F2C11" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DCA640B" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="286CA1A3" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A81A10F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A0CBB28" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2574A6EE" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0734B12F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B7E1ECF" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0070B0A9" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E36057A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="797D2177" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әліппе Ағыл.тілі </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5079B942" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68C4E986" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дүн.тану</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="653F9DA2" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене ш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="548F3587" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1505688B" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B885093" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0787D419" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="00E07B82" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әд.оқу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EEED516" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B7182EF" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дүн.тану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB8FD3D" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FD7F516" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7AE2246E" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Матем.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="509C8F30" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="212E0EC3" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EF91F02" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өзін-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өзі т</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36279D91" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әд.оқу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28D497AC" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене ш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ECB6CB5" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D166A0B" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FEEFF70" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Циф.гр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ECA448D" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     Матем.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40B4BF65" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="711F6E4A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DD6FC99" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене.ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BA57331" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өзін-өзі т</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3540F113" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="176D2A51" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00F871D7" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс.әд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51FD12AF" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     Матем</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74C29252" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00F871D7" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жар.тану</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67745051" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00F871D7" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="743A2F6E" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00F871D7" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К.еңбек</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="773A8066" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5CC98F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74AD3A34" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="349ED321" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс.әд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C1664BE" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="12239901" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К.еңбек</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AB175E1" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Жар.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тану</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="050433A0" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3D3068" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F76D0DB" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Геометр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C3761EA" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="43B40754" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="004522DA" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004522DA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Физ-ра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6C89F9A1" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="043A86B5" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс.әд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="544E92E9" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB2D89">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6566E795" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өзін-өзі т</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37CF3165" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00A25E64" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A6C99C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="739117F2" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="20509A8C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F45BB9C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="413B25D7" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15277E9A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="27309717" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Информат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E21093A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="246BAE91" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5214C8DE" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="026ABE79" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5419E8EB" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дүн.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01096BB9" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00C47F7A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C47F7A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Физ-ра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="61765559" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Өзін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өзі т</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13B51991" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25A293A3" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6906A463" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Геометр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EDD5171" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Географ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B8A2FF8" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F5F27B8" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37382">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Физ-ра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="50838387" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6059A908" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00360294" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AB693AF" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00E84FAE" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="794CA379" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C283F50" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00360294" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аз.құқ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F119855" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="610DDE87" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6C1EBF60" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Информ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="72A0BA03" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B0CF3E9" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00360294" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене.ш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD2CAC" w14:paraId="544FE134" w14:textId="77777777" w:rsidTr="007C21DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1DFD00" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1            8.00-8.45</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B7FA8EA" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2            8.55-9.40</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B7FF086" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3            9.50-10.35</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="063B2484" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4           10.45-11.30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25F49BA5" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5           11.40-12.25</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3403CB8E" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6           12.35-13.20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10A4CC6C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>7           13.30-14.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D4309CD" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8           14.25-15.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FDBCAA6" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DFA1F98" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F9AC32B" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F3DFDE6" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="584219A6" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ADEDEE0" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="531934F4" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09115EF8" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A74F9E7" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A3FA64" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51C9C8AF" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4524D33E" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30C8BA0E" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="1F967E55" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әліппе </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B795526" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К.еңбек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28C47D94" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15126A77" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E8B0695" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36887A8A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CD1D614" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К.еңбек</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="090E7DDC" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0069621D" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әд.оқу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BFF0411" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="514BBAEB" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="614EB2CB" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="232E0564" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="37919988" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67BBC5D4" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Жар.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тану</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29A14489" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әд.оқу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ACF128A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К.еңбек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6506F8A5" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="577DBAD7" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D75AF56" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76D438ED" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К.еңбек</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4698CF43" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F541E38" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әд.оқу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0918453B" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="032497B8" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00727010" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене.ш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DDD128F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="151DD1F2" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00F871D7" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="340BDACD" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00F871D7" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене.ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45D5B28E" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0056171A">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="322FC163" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0056171A">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D1AB799" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0056171A">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Матем</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3502511C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0056171A">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Музыка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34EE61A2" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3824621D" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66D4B957" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Матем</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09D73166" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F8ED406" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="0056171A" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К.еңбек</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4568A5F9" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5AB41959" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB2D89">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A3D47A5" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BF25664" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AE8FED1" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27844C27" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Физ-ра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="196A3ECD" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BF7EEA7" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="118B4EA5" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2854B87B" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB2D89">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5536046C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Геометр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="145496DA" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C2BE717" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Географ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B4D122F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс.әд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26BF4ABA" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Физ-ра</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13A27726" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағыл.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AC19B69" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5073E43C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0907AA84" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Геом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>етр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06253FD5" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E0E727E" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="009D407E" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D407E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B4B3ABD" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D24C77" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс.әд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4019653D" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00423E01" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00423E01">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Физ-ра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="294DA350" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D00B90" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D00B90">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>иология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="227EF8D9" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00360294" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дене.ш</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C1D6CED" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="0FE8C6F9" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00360294" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс.әд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7025F022" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     Химия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A7A3299" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00360294" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дүн.тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CF4074D" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Алгебр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78C8E837" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E817E9D" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00FE3028" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E337F5" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FE69390" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00360294" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс.әд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BB7C1D1" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Геометр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03936C36" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49AAFBB4" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B44B06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Қаз.тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3F87090C" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00360294" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аз.құқ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A72F756" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Информ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6787803F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD2CAC" w14:paraId="087560AA" w14:textId="77777777" w:rsidTr="007C21DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="177F6C72" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E70221D" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED97E0F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>сағ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78C6093F" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>сағ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="605DA335" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>сағ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="034B02B2" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>сағ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB3235A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">31 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>сағ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="466038D8" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">31 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>сағ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74719EB1" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">34 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>сағ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E1DF8A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">35 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>сағ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05499910" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">36 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>сағ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7381ABD0" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">36 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>сағ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A942D2" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="007C21DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">36 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>сағ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1A09FC3A" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00D456CA" w:rsidRDefault="00CD2CAC" w:rsidP="00CD2CAC">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="0C1E05D4" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00710003" w:rsidRDefault="00CD2CAC" w:rsidP="00CD2CAC">
+      <w:pPr>
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
-        <w:t>Утверждаю</w:t>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00710003">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Келісілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00710003">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B162B9" w14:textId="77777777" w:rsidR="00563DAF" w:rsidRDefault="00563DAF" w:rsidP="00563DAF">
+    <w:p w14:paraId="76D257CD" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRPr="00710003" w:rsidRDefault="00CD2CAC" w:rsidP="00CD2CAC">
       <w:pPr>
-        <w:jc w:val="right"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00710003">
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
-        <w:t>Директор ОШ 7</w:t>
+        <w:t>Қамқорлық</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00710003">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00710003">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>кеңесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00710003">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00710003">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>төрайымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00710003">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00710003">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>О.Г.Чеботарян</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="502514D8" w14:textId="77777777" w:rsidR="00563DAF" w:rsidRDefault="00563DAF" w:rsidP="00563DAF">
-[...15 lines deleted...]
-    <w:p w14:paraId="399D80CE" w14:textId="279867AF" w:rsidR="00563DAF" w:rsidRDefault="00563DAF" w:rsidP="008E04F8">
+    <w:p w14:paraId="7E7F3FBE" w14:textId="77777777" w:rsidR="00CD2CAC" w:rsidRDefault="00CD2CAC" w:rsidP="00CD2CAC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-      </w:r>
     </w:p>
-    <w:tbl>
-[...10538 lines deleted...]
-    <w:sectPr w:rsidR="001E52E7" w:rsidSect="00563DAF">
+    <w:p w14:paraId="5D4E1C65" w14:textId="77777777" w:rsidR="001F0880" w:rsidRDefault="001F0880"/>
+    <w:sectPr w:rsidR="001F0880" w:rsidSect="00770F4A">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="568" w:right="1134" w:bottom="142" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A96B6B"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00A96B6B"/>
+    <w:rsidRoot w:val="00A47008"/>
+    <w:rsid w:val="001F0880"/>
+    <w:rsid w:val="00770F4A"/>
+    <w:rsid w:val="00A47008"/>
+    <w:rsid w:val="00CD2CAC"/>
+    <w:rsid w:val="00D7636B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4AFE0167"/>
+  <w14:docId w14:val="73550476"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{4534532D-1323-4CD9-89C4-5095334D342B}"/>
+  <w15:docId w15:val="{C7959D5C-72F3-4CD6-AFDF-120A4D25CF83}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11108,128 +9765,113 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00563DAF"/>
+    <w:rsid w:val="00CD2CAC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00563DAF"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CD2CAC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -11494,55 +10136,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3393</Characters>
+  <Pages>2</Pages>
+  <Words>646</Words>
+  <Characters>3683</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3981</CharactersWithSpaces>
+  <CharactersWithSpaces>4321</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1152214</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>