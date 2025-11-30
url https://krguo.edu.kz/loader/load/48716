--- v0 (2025-10-09)
+++ v1 (2025-11-30)
@@ -1,21417 +1,21263 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="085F0E45" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+    <w:p w14:paraId="27BDF901" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрлігінің террористік тұрғыдан осал объектілері мен білім және ғылым саласындағы қызметті жүзеге асыратын террористік тұрғыдан осал объектілерді терроризмге қарсы қорғауды ұйымдастыру жөніндегі нұсқаулықты бекіту туралы</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="41B32B42" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+        <w:t>Об утверждении инструкции по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, Министерства образования и науки Республики Казахстан и объектов, уязвимых в террористическом отношении, осуществляющих деятельность в сфере образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E067667" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2022 жылғы 30 наурыздағы № 117 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 5 сәуірде № 27414 болып тіркелді</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="118F53AD" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 30 марта 2022 года № 117. Зарегистрирован в Министерстве юстиции Республики Казахстан 5 апреля 2022 года № 27414</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18F91B7F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="975"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="00E07BA3">
+        <w:r w:rsidRPr="00A7527D">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Мәтін</w:t>
+          <w:t>Текст</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4289DF60" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+    <w:p w14:paraId="27A094F4" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="975"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="777777"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ресми жарияланым</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3E4B4350" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+        <w:t>Официальная публикация</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="567F28DC" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="975"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="00E07BA3">
+        <w:r w:rsidRPr="00A7527D">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Ақпарат</w:t>
+          <w:t>Информация</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="68621AF1" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+    <w:p w14:paraId="674F600E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="975"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00E07BA3">
+        <w:r w:rsidRPr="00A7527D">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Өзгерістер тарихы</w:t>
+          <w:t>История изменений</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="16B08950" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+    <w:p w14:paraId="6B24D4A5" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="975"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00E07BA3">
+        <w:r w:rsidRPr="00A7527D">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Сілтемелер</w:t>
+          <w:t>Ссылки</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0D907BE9" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+    <w:p w14:paraId="7EFEBCCB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="975"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00E07BA3">
+        <w:r w:rsidRPr="00A7527D">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Көшіру</w:t>
+          <w:t>Скачать</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7AEE55CF" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+    <w:p w14:paraId="0D9DA585" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
         <w:ind w:left="975"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Басқа</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="245EE0EF" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+        <w:t>Прочее</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E396D6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E07BA3">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z284" w:history="1">
+        <w:r w:rsidRPr="00A7527D">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>1-тармағына</w:t>
+          <w:t>пунктом 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E07BA3">
-[...11 lines deleted...]
-    <w:p w14:paraId="66E7F8AE" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 10-2 Закона Республики Казахстан "О противодействии терроризму", ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D1E806E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z1"/>
-[...13 lines deleted...]
-        <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Утвердить </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z17" w:history="1">
+        <w:r w:rsidRPr="00A7527D">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>нұсқаулық</w:t>
+          <w:t>инструкцию</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E07BA3">
-[...149 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, Министерства образования и науки Республики Казахстан и объектов, уязвимых в террористическом отношении, осуществляющих деятельность в сфере образования и науки, согласно приложению к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1632035C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17B79C98" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79FF2139" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BAA75C7" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятиях, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="657526B0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
-[...49 lines deleted...]
-        <w:br/>
+        <w:t>      3. Контроль за исполнением настоящего приказа возложить на курируюшего вице-министра образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A5A0E25" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8702"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w14:paraId="783C4071" w14:textId="77777777" w:rsidTr="00E07BA3">
+      <w:tr w:rsidR="00A7527D" w:rsidRPr="00A7527D" w14:paraId="455E7BB9" w14:textId="77777777" w:rsidTr="00A7527D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B61D3C5" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="4BDD83F9" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t>      </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:bookmarkStart w:id="0" w:name="z12"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00A7527D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Министр образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3225" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63060009" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="0C1CBBD4" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w14:paraId="726BDF3D" w14:textId="77777777" w:rsidTr="00E07BA3">
-[...349 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3897BB23" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
-[...13 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="54BD3B87" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Министр внутренних дел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AA18348" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Министр по чрезвычайным ситуациям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="213647CF" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Председатель Комитета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>национальной безопасности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8420"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w14:paraId="474B85BA" w14:textId="77777777" w:rsidTr="00E07BA3">
+      <w:tr w:rsidR="00A7527D" w:rsidRPr="00A7527D" w14:paraId="7F070108" w14:textId="77777777" w:rsidTr="00A7527D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FF308AE" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="3A6DA458" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19A0C252" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="1B469D23" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:anchor="z5" w:history="1">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00E07BA3">
+            <w:bookmarkStart w:id="1" w:name="z16"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Приложение к приказу</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>2022 жылғы 30 наурыздағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>№ 117 бұйрығына</w:t>
-[...9 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>от 30 марта 2022 года № 117</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3756046A" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+    <w:p w14:paraId="4ABF8E63" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрлігінің террористік тұрғыдан осал объектілері мен білім және ғылым саласындағы қызметті жүзеге асыратын террористік тұрғыдан осал объектілерді терроризмге қарсы қорғауды ұйымдастыру жөніндегі нұсқаулық</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="79F43A29" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+        <w:t>Инструкция по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, Министерства образования и науки Республики Казахстан и объектов, уязвимых в террористическом отношении, осуществляющих деятельность в сфере образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C636D2" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1-тарау. Жалпы ереже</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="29682710" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+        <w:lastRenderedPageBreak/>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C31DB60" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z8"/>
-[...14 lines deleted...]
-        <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Настоящая инструкция по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, Министерства образования и науки Республики Казахстан и объектов, уязвимых в террористическом отношении, осуществляющих деятельность в сфере образования и науки (далее – Инструкция), разработана в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z284" w:history="1">
+        <w:r w:rsidRPr="00A7527D">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>1-тармағына</w:t>
+          <w:t>пунктом 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E07BA3">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 10-2 Закона Республики Казахстан "О противодействии терроризму" и требованиями к организации антитеррористической защиты объектов, уязвимых в террористическом отношении, утвержденных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00A7527D">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>қаулысымен</w:t>
+          <w:t>постановлением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E07BA3">
-[...11 lines deleted...]
-    <w:p w14:paraId="1BAF6782" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Правительства Республики Казахстан от 6 мая 2021 года № 305.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB9B77C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z9"/>
-[...13 lines deleted...]
-        <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Настоящая Инструкция распространяется на объекты Министерства образования и науки Республики Казахстан, а также на объекты, осуществляющие деятельность в сфере образования и науки, отнесенные к объектам уязвимым в террористическом отношении в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z14" w:history="1">
+        <w:r w:rsidRPr="00A7527D">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>қаулысымен</w:t>
+          <w:t>Правилами</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E07BA3">
-[...160 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и критериями отнесения объектов к уязвимым в террористическом отношении, утвержденными постановлением Правительством Республики Казахстан от 12 апреля 2021 года № 234 (далее - Правила).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C0E012" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Настоящая Инструкция не распространяется на объекты, осуществляющие деятельность в сфере образования и науки, мероприятия по обеспечению антитеррористической защищенности которых регламентированы иными инструкциями по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, утвержденными первыми руководителями государственных органов, в введении которых данные объекты находятся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C60EC14" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. В настоящей Инструкции используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D4D976E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) система видеонаблюдения – совокупность функционирующих видеоканалов, программных и технических средств записи и хранения видеоданных, а также программных и (или) технических средств управления, осуществляющих информационный обмен между собой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64B71A78" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) система освещения – совокупность технических средств, позволяющих обеспечить необходимый уровень освещенности для системы видеонаблюдения, видимости людей и транспортных средств на объекте в темное время суток;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F7F60AF" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) субъекты охранной деятельности – это специализированные охранные подразделения органов внутренних дел Республики Казахстан и частные охранные организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34ACF36A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>келтіруге ықпал етуі мүмкін терроризм актісін жасауы, апат болуы, қауіпті әлеуметтік-экономикалық салдарлармен төтенше жағдай қатерін туғызу; терроризм актісін жасау үшін оларды одан әрі пайдалану мақсатында қауіпті заттар мен материалдарды ұрлау болуы мүмкін объектінің қауіпті аймақтары;</w:t>
-[...190 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+        <w:t>      4) потенциально опасные участки объекта – территориально выделенные зоны (участки), конструктивные и технологические элементы объекта, где используются, хранятся или эксплуатируются взрывопожароопасные, опасные химические вещества, оружие и боеприпасы, токсичные вещества и препараты, элементы технологических цепочек, систем, оборудования или устройств, критические зоны объекта, а также места возможного массового пребывания людей на объекте, совершение акта терроризма на которых может способствовать причинению ущерба жизни и здоровью, возникновению аварии, созданию угрозы чрезвычайной ситуации с опасными социально-экономическими последствиями, хищению опасных веществ и материалов с целью их дальнейшего использования для совершения акта терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A02FB2D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) периметр объекта – граница объекта согласно правоустанавливающим документам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F6AED1B" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) учебные (профилактические) мероприятия – превентивные способы обучения персонала и охраны, реализуемые в виде инструктажей и занятий в целях привития навыков первичного реагирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1416CCAC" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) педагог – лицо, имеющее педагогическое или иное профессиональное образование по соответствующему профилю и осуществляющее профессиональную деятельность педагога по обучению и воспитанию обучающихся и (или) воспитанников, методическому сопровождению или организации образовательной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B6AE3D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) пропускной режим – совокупность правил, регламентирующих установленный порядок, исключающий возможность несанкционированного входа (выхода) лиц, въезда (выезда) транспортных средств, вноса (выноса), ввоза (вывоза) имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00472624" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) паспорт антитеррористической защищенности – информационно-справочный документ, содержащий общие и инженерно-технические сведения об объекте, отражающие состояние его антитеррористической защищенности, и предназначенный для планирования мероприятий по предупреждению, пресечению, минимизации и (или) ликвидации последствий актов терроризма на объекте, уязвимом в террористическом отношении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="448EED99" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) объекты, уязвимые в террористическом отношении, – особо важные государственные, стратегические, опасные производственные объекты, а также объекты отраслей экономики, имеющие стратегическое значение, объекты массового скопления людей, охраняемые объекты, требующие обязательной организации антитеррористической защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A3DDB1A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      4. Объектілердің терроризмге қарсы қорғалуын қамтамасыз ету жөніндегі шаралар объектілер аумағында терроризм актілерін жасауға кедергі келтіретін жағдайлар жасауға (олардың жасалу қатерін азайтуға), террористік қатерлердің салдарларын барынша азайтуға және (немесе) жоюға бағытталған ықтимал.</w:t>
-[...315 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+        <w:t>      11) система оповещения – совокупность технических средств, предназначенных для оперативного информирования (светового и (или) звукового оповещения) находящихся на объекте, уязвимом в террористическом отношении, лиц о тревоге при чрезвычайных происшествиях (аварии, пожаре, стихийном бедствии, нападении, террористическом акте) и действиях в сложившейся обстановке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="720B5879" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Меры по обеспечению антитеррористической защиты объектов направлены на создание условий, препятствующих совершению актов терроризма (снижение риска их совершения) на территории объектов, минимизацию и (или) ликвидацию последствий возможных террористических угроз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="384E069B" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Организация мер защиты строится на принципах заблаговременности, дифференцированного подхода, адекватности и комплексности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24602A79" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Антитеррористическая защищенность объектов обеспечивается созданием условий, направленных на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="184A2659" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) воспрепятствование неправомерному проникновению на объекты, что достигается принятием мер по:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FADD542" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      установлению пропускного режима на объектах и его неукоснительного соблюдения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ADB3644" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      укреплению объекта в инженерно-техническом отношении средствами, позволяющими выявить неправомерное проникновение на объект;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46BDC11E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) обнаружение признаков подготовки и (или) совершения актов терроризма, что достигается принятием мер по:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78A683D2" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      контролю за обстановкой на объектах и близлежащей территории на предмет выявления подозрительных лиц и предметов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="271C0D05" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      профилактикой экстремизма (правовое просвещение, формирование негативного эмоционального отношения к экстремизму) среди обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2C4ADC" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      улучшением материально-технической базы в плане инженерно-технического оснащения объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1040D628" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      ұжымның, соның ішінде педагогтердің және білім алушылардың қауіпсіздік мәдениетін, терроризмге қарсы сананы қалыптастыру;</w:t>
-[...240 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+        <w:t>      3) пресечение попыток совершения актов терроризма на объектах, что достигается принятием мер по:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2264764E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осуществлению охраны объектов силами подготовленных сотрудников объекта или заключением договора с субъектами охранной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="031B438A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      организацией постоянного контроля за установленным порядком доступа на объекты посетителей и транспортных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47FAB742" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      формированию у коллектива, в том числе педагогического, и обучающихся культуры безопасности, антитеррористического сознания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78554CAC" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      контролю всех мероприятий, которыми обеспечивается антитеррористическая безопасность объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B6B5053" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) минимизацию и ликвидацию последствий возможных террористических угроз на объектах, что достигается принятием мер по:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EF58B71" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      разработке алгоритмов реагирования на возможные угрозы террористического характера, адекватных особенностям объектов образования и науки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF361AB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      соответствующей подготовке сотрудников субъектов охранной деятельности, сотрудников, обучающихся, а также родителей (законных представителей) обучающихся и воспитанников в отношении их действий при совершении акта терроризма и после него;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FF69B02" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      организации своевременного оповещения уполномоченных органов, сотрудников, обучающихся, а также информированием родителей (законных представителей) обучающихся и воспитанников по их действиям в случае совершения акта терроризма на объекте;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A59D47" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      своевременному составлению и поддержанию в актуальном состоянии паспорта антитеррористической защищенности объекта, его надлежащим хранением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="068F88E2" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Объект басшысы тиісті бұйрық шығарады, функциясы лауазымдық міндеттеріне енгізіледі.</w:t>
-[...27 lines deleted...]
-    <w:p w14:paraId="1995930B" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+        <w:t>      6. Антитеррористическую защищенность объектов организует первый руководитель объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8302A5" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Приказом руководителя определяется лицо, обеспечивающее проведение мероприятий по антитеррористической защищенности объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C0944C9" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Выбор и назначение ответственного сотрудника за обеспечение проведения мероприятий по антитеррористической защищенности объекта производится с учетом компетенции и должностных обязанностей последнего, наиболее соответствующих специфике антитеррористической деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA0D2DA" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Руководителем объекта издается соответствующий приказ, функция сотрудника включается в должностные обязанности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C5A42D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Собственники, владельцы, руководители или иные должностные лица объектов, при размещении в арендуемом здании (помещении) обеспечивают в договоре аренды определение сторон, разрабатывающих паспорт антитеррористической защищенности объекта, осуществляющих охрану объекта, оснащение объекта современными инженерно-техническими средствами, контроль за их бесперебойным функционированием, организацию пропускного режима и финансирование данных мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="773827EA" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2-тарау. Өткізу режимін ұйымдастыруға қойылатын талаптар</w:t>
-[...27 lines deleted...]
-    <w:p w14:paraId="433D5FB6" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+        <w:t>Глава 2. Требования к организации пропускного режима</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4060267B" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Настоящая глава определяет требования к организации пропускного режима на объектах, соответствующие целям обеспечения антитеррористической защищенности объектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B11ADE" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. Собственники, владельцы, руководители объектов, согласно пункту 77 главы 6, отнесенных к 3 группе для обеспечения более высокого уровня антитеррористической защищенности объектов заключают договор об оказании охранных услуг, в рамках действующего законодательства, с субъектом охранной деятельности, имеющим лицензию на оказание охранных услуг, в том числе охрану объектов, уязвимых в террористическом отношении на срок не менее трех лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C609CD9" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Проект договора об оказании охранных услуг с субъектом охранной деятельности согласовывается с попечительским (родительским) советом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="216E27BF" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      11. При заключении договора об оказании охранных услуг с субъектом охранной деятельности собственник, владелец, руководитель объекта указывает в договоре охранных услуг мероприятия, реализуемые субъектом охранной деятельности по обеспечению антитеррористической защищенности и должного уровня безопасности, к которым относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F7880E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) организация санкционированного допуска сотрудников, педагогов, обучающихся, воспитанников и их родителей (законных представителей), транспортных средств на объект или его части (зоны);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="482B475E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) выявление на территории объекта лиц с противоправными намерениями, а также предметов и веществ, которые могут быть использованы для их реализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F5DC986" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) охрана объекта, защита (контроль) потенциально опасных участков объекта и критических зон, в том числе исключение бесконтрольного пребывания на них посторонних лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C08F47F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) организация учебных мероприятий с лицами, обеспечивающими безопасность объекта, по исполнению мероприятий первичного реагирования, направленных на минимизацию и ликвидацию угроз техногенного характера, возникших в результате совершенного акта терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E98654E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) надлежащее использование технических средств защиты, установленных на объекте согласно требованиям к организации антитеррористической защиты объектов, уязвимых в террористическом отношении, предусмотренным главой 6 настоящей Инструкции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="477351E1" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12. Пропускной режим на объекте осуществляется согласно порядку организации пропускного и внутриобъектового режима, который разрабатывается администрацией объекта, и утверждается приказом руководителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E18F7D6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Руководитель организации определяет порядок пропускного режима, ответственных лиц за его организацию и контроль. В случае отсутствия договора об оказании охранных услуг с субъектом охранной деятельности предусматривается назначение лиц, ответственных за непосредственное выполнение пропускного режима.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EE89115" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14. Порядок организации пропускного режима для объектов предусматривает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B1278EC" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      график работы сотрудников объектов и порядок их пропуска в рабочее и не рабочее время;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EB5A23E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      порядок пропуска на объект посетителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="791DFA50" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      порядок вноса (выноса), ввоза (вывоза) материальных ценностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E18CE72" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      перечень предметов и веществ, запрещенных к проносу на объекты, если это не предусмотрено иными правовыми актами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B496CC" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      перечень потенциально опасных участков объектов (входные ворота, входная дверь, запасной выход, окна первого этажа, подвальное помещение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7309F077" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      участок доступа (устанавливаются не менее двух основных участков: первый участок - здания, территории, помещения доступ в которые сотрудникам, обучающимся, родителям и иным посетителям не ограничен; второй участок - здания и (или) помещения доступ в которые разрешен определенной категории лиц – электрощитовые, котельни, лаборатории кабинетов физики, химии, в вузах – помещения со сложным техническим оборудованием).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F5AF5B2" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15. Для объектов образования порядок организации пропускного режима помимо сведений, перечисленных в пункте 14 настоящей главы предусматривает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F90A03B" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      порядок пропуска воспитанников на объекты дошкольных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A5FC6DC" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      порядок пропуска обучающихся на учебные занятия, занятия внеурочной деятельности, кружков и секций, в течение перемен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="375CAE14" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      порядок пропуска родителей (законных представителей) обучающихся и воспитанников на объект образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="798F0C08" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      места (основные и запасные) для осуществления массового пропуска обучающихся на занятия и порядок их контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FCD75C7" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z18"/>
-[...13 lines deleted...]
-        <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      16. Перечень предметов и веществ, запрещенных к вносу, ограниченных для использования в организациях образования и на их территориях, утвержден </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="00A7527D">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>77-тармағына</w:t>
+          <w:t>приказом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E07BA3">
-[...149 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Министра образования и науки Республики Казахстан от 25 мая 2021 года № 235 "Об утверждении перечня предметов и веществ, запрещенных к вносу, ограниченных для использования в организациях образования и на их территориях" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 22857).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="082C62A2" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17. На основании порядка организации пропускного и внутриобъектового режимов на каждом объекте, с учетом присущих ему особенностей, руководитель организации или руководитель частной охранной организации (по согласованию с руководителем объекта) разрабатывает должностную инструкцию по обеспечению безопасности, которая в обязательном порядке предусматривает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D0A6C3" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) проверку соответствующих документов, удостоверяющих личность, при входе в организацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="449A4C60" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) проверку соответствующих документов и характер ввозимых грузов при пропуске на территорию объекта автотранспортных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E70C7ED" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) проверку документов и цели прибытия лиц из других организаций, посещающих объект по служебным делам, делать соответствующие записи в книге посетителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B2D31E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) регулярный обход территории объектов на предмет проверки внутренних помещений, осмотра периметра объекта и обследование ограждений на предмет их повреждений, выявления посторонних, взрывоопасных и подозрительных предметов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="225A2833" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) немедленный доклад руководителю объекта и своим непосредственным начальникам в охранном предприятии о всех обнаруженных нарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77C50191" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) действия лиц, обеспечивающих безопасность объекта, исходя из оснащенности конкретного объекта при выявлении лиц, пытающихся в нарушение установленных правил проникнуть на территорию объекта и (или) совершить противоправные действия в отношении сотрудников, педагогов, обучающихся, воспитанников, при обнаружении неизвестного автотранспорта, длительное время припаркованного в непосредственной близости у периметра объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BDA1E19" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18. На объектах образования помимо мероприятий, предусмотренных пунктом 17 настоящей главы должностная инструкция лиц, обеспечивающих безопасность объекта, предусматривает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59C179D3" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      4) жасалған терроризм актісінен туындайтын техногендік қауіптерді азайтуға және жоюға бағытталған алғашқы іс-қимыл шараларын іске асыру бойынша объектінің қауіпсіздігін қамтамасыз ететін адамдармен оқу іс-шараларын ұйымдастыру;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="591F7597" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+        <w:t>      1) содержание входных дверей свободными для входа и выхода во время массового (общего) прибытия сотрудников, педагогов, обучающихся и воспитанников на работу и занятия, и убытия их после окончания работы и занятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E6B7E33" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) осуществление пропуска на объект родителей (законных представителей), иных представителей обучающихся и воспитанников согласно установленному порядку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD54F9B" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19. Должностная инструкция носит обезличенный характер и разрабатывается для каждого объекта с учетом его особенностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5BC880" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20. В целях качественной организации пропускного режима на объекте необходимо предусматривать пост сотрудника (сотрудников) охраны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72278C25" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21. Уведомления о порядке организации пропускного режима, ограничивающего права граждан, разъясняющие правомерность требований лиц, обеспечивающих безопасность объекта, размещаются администрацией объекта в местах, доступных для обозрения (при входе на объект).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723869BD" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 3. Требования к организации профилактических и учебных мероприятий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="793D7310" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22. Собственники, владельцы, руководители являются организаторами мероприятий по организации профилактических и учебных мероприятий по обеспечению их антитеррористической защищенности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4574334F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23. В целях обеспечения высокого качества организации профилактических и учебных мероприятий руководителем объекта их координация, а также проведение указанных мероприятий с педагогами объекта образования и науки возлагается на лицо, ответственное за проведение мероприятий по антитеррористической защищенности объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E13957" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24. Целью профилактических мероприятий является создание на объекте образования и науки условий, способствующих минимизации совершения на нем акта терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C6177B3" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      25. Целью учебных мероприятий является ознакомление сотрудников объектов образования и науки, педагогов, обучающихся, воспитанников, родителей (законных представителей) с основами организации антитеррористической </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>безопасности, выработка навыков грамотного и рационального поведения при угрозе совершения акта терроризма и после его совершения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4239F79A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26. Профилактические и учебные мероприятия проводятся в виде инструктажей, занятий (практические и теоретические) с:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44DCA63D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) сотрудниками объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FE23D16" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) педагогами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="054E6769" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) обучающимися и воспитанниками объекта, их родителями (законными представителями);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE1E8A2" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) лицами, обеспечивающими безопасность объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A65F41" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27. Проведение профилактических и учебных мероприятий с сотрудниками, педагогами, обучающимися, воспитанниками, а также с их родителями (законными представителями) осуществляется сотрудником, утвержденным приказом руководителя объекта на проведение мероприятий по антитеррористической защищенности объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA0F044" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      28. К проведению данных мероприятий привлекаются представители государственных и местных исполнительных органов по согласованию с антитеррористической комиссией административно-территориальной единицы по месту расположения объекта, а также наиболее подготовленные сотрудники объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="322E4EA0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      29. При проведении профилактических и учебных мероприятий с обучающимися объектов образования помимо лиц, перечисленных в пункте 28 настоящей главы участвуют педагоги, психологи, классные руководители (кураторы групп) обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="358B1582" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      30. Формирование навыков по безопасному поведению в условиях дошкольной организации у воспитанников реализуется в ходе организованной учебной деятельности "Основы безопасного поведения" начиная с предшкольной группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33C4FDB6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E07BA3">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      31. Варианты тематик профилактических и учебных мероприятий по вопросам антитеррористической безопасности приводятся в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z249" w:history="1">
+        <w:r w:rsidRPr="00A7527D">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>6-тарауында</w:t>
+          <w:t>приложении 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E07BA3">
-[...235 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящей Инструкции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2745EEA9" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      32. Профилактические мероприятия с воспитанниками, обучающимися осуществляются и в рамках воспитательно-образовательного процесса, уроков (занятий), классных часов, воспитательной работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E17E12" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      К профилактическим мероприятиям относятся действия педагогического состава по предупреждению и выявлению фактов нарушений обучающимися правил внутришкольного распорядка. Профилактические и учебные мероприятия с обучающимися объектов образования соответствуют возрасту воспитанников и обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25AE469E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При проведении занятий с обучающимися, воспитанниками лицами не из числа педагогического персонала объекта образования, форма занятия, материал адаптируется под возраст обучающихся и воспитанников и согласовывается с руководителем объекта образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D7D937" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      33. Проведение профилактических и учебных мероприятий с сотрудниками субъектов охранной деятельности возлагается на его руководителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B4E733" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      34. С лицами, обеспечивающими безопасность объекта, проводятся дополнительные занятия по приобретению и (или) совершенствованию навыков использования инженерно-технических средств антитеррористической защиты, технике осмотра помещений, выявлению возможных мест закладки взрывных устройств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F166FA9" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      35. Занятия (практические и теоретические) проводятся в соответствии с графиками проведения, утвержденными собственником, владельцем, руководителем объекта или руководителем субъекта охранной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC681F6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      36. Лицо, ответственное за проведение мероприятий по антитеррористической защищенности составляет графики мероприятий для отдельных групп сотрудников с учетом их деятельности, обучающихся – с учетом их возраста, языка обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C746C7E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      37. Теоретические занятия направлены на профилактику распространения идеологии терроризма среди сотрудников, педагогов, обучающихся, воспитанников, сотрудников по обеспечению безопасности, а также на противодействия терроризму, формированию неприятия идеологии терроризма в различных ее проявлениях, на формирование культуры безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19730B79" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>санаттағы адамдарға кіруге рұқсат етілген ғимараттар мен үй-жайлар, электрщиттер, қазандықтар, химия және физика зертханалық кабинеттері, жоғары оқу орындарында – күрделі техникалық жабдықтары бар үй-жайларды көздейді.</w:t>
-[...127 lines deleted...]
-    <w:p w14:paraId="0EE70F09" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+        <w:t>      38. Практические занятия направлены на обеспечение максимальной слаженности и четкости действий сотрудников, педагогов, обучающихся, воспитанников, лиц, обеспечивающих безопасность объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D8BD16F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      39. Практические занятия по действиям при возникновении угрозы совершения акта терроризма в помещениях и на территории объекта с охватом всего коллектива объекта проводятся не менее одного раза в год при координации антитеррористической комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27EE7D2C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z24"/>
-[...13 lines deleted...]
-        <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      40. Проведению практических занятий с охватом всего коллектива объекта предшествует проведение теоретических и практических занятий, плановых инструктажей с отдельными группами сотрудников, педагогов, обучающихся, воспитанников, лиц, обеспечивающих безопасность объекта, направленных на формирование у них знаний алгоритмов поведения при возможных сценариях совершения актов терроризма согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z304" w:history="1">
+        <w:r w:rsidRPr="00A7527D">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>бұйрығымен</w:t>
+          <w:t>приложению 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E07BA3">
-[...1076 lines deleted...]
-    <w:p w14:paraId="319AF92A" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящей Инструкции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0344BF8E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      41. Проведение инструктажа предназначено для ознакомления сотрудников и педагогов с основными правилами антитеррористической безопасности, выработки навыков грамотного и рационального поведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F755165" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      42. Плановый инструктаж проводится не реже двух раз в год для каждой из групп коллектива объекта (сотрудников, педагогов, лиц, обеспечивающих безопасность объекта, обучающихся, воспитанников согласно их возрастным особенностям).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C09358" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      43. Внеплановый инструктаж проводится при:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E166EB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E07BA3">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) введении в регионе, где находится объект, одного из уровня террористической опасности в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00A7527D">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Жарлығына</w:t>
+          <w:t>Указом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E07BA3">
-[...124 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Президента Республики Казахстан от 9 августа 2013 года № 611 "Об утверждении Правил организации и функционирования государственной системы мониторинга информации и оповещения населения о возникновении угрозы акта терроризма": умеренный ("желтый"), высокий ("оранжевый"), критический ("красный") при координации лица, обеспечивающего проведение мероприятий по антитеррористической защищенности объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="223617F2" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) наличии информации о возможной угрозе совершения акта терроризма на объекте при координации лица, обеспечивающего проведение мероприятий по антитеррористической защищенности объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="104158D6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) подготовке к занятиям, тренировочным мероприятиям, оценке действий подразделений, охраны и персонала объекта образования при координации оперативного штаба по борьбе с терроризмом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F9CCE1" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      45. Объектіде жұмыс істейтін қызметкерлер тобы үшін немесе жеке (жұмысқа, оқуға жаңадан түскен адамдар үшін) нұсқаулық өткізіледі.</w:t>
-[...127 lines deleted...]
-    <w:p w14:paraId="5A9F67F5" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+        <w:t>      4) подготовке к проведению охранных мероприятий при координации Службы государственной охраны Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B35A3FC" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44. Содержание внепланового инструктажа определяется в каждом конкретном случае в зависимости от причин и обстоятельств, вызвавших необходимость его проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63E0E8FD" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      45. Проводится инструктаж для группы сотрудников, уже работающих на объекте, или индивидуально (для лиц, только поступивших на работу, обучение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46572812" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46. Для проведения профилактических и учебных мероприятий используется вмещающее всех или определенную группу сотрудников, воспитанников, обучающихся помещение, в котором выделяются места для размещения специальной наглядной информации (стендов, плакатов), установления проектора для демонстрации тематических слайдов, использования аудиотехники или видеотехники.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A9258A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      47. После завершения мероприятия его результаты заносятся в журнал учета учебных мероприятий по антитеррористической защите (далее - журнал) по форме согласно приложению 3 к настоящей Инструкции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C11E14C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      48. Журнал пронумеровывается, прошнуровывается и скрепляется печатью. Заполнение журнала производится с соблюдением строгой последовательности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44FCE2FF" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      49. Ведение журнала осуществляется лицом, ответственным за проведение мероприятий по антитеррористической защищенности объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="349D27EE" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      50. При участии на инструктаже или занятии более 20 человек документирование указанного мероприятия осуществляется в виде протокола.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C11A065" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4-тарау. Террористік көріністерге ден қою, сондай-ақ жасалған терроризм актісінің нәтижесінде туындаған техногендік сипаттағы қатерлерді жою мәселелері бойынша өзара іс-қимылды ұйымдастыруға қойылатын талаптар</w:t>
-[...65 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+        <w:t>Глава 4. Требования к организации взаимодействия по вопросам реагирования на террористические проявления, а также ликвидации угроз техногенного характера, возникших в результате совершенного акта терроризма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B42E862" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      53. Объектідегі террористік сипаттағы неғұрлым ықтимал қауіп-қатерлерге, объект ерекшеліктеріне (объект типі, іске асырылатын оқыту бағдарламалары, қызметкерлер мен күзет қызметі субъектілерінің қызметкерлерінің саны, объектінің орналасуы) сүйене отырып, объектіде осы Нұсқаулыққа 2-қосымшада келтірілген террористік сипаттағы ықтимал қауіп-қатерлерге объект адамдарының әртүрлі топтарының әрекет ету алгоритмдері нақтыланады.</w:t>
-[...190 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+        <w:t>      51. Взаимодействие с антитеррористической комиссией организуется в целях профилактики и предупреждения актов терроризма, обучения и подготовки сотрудников, обучающихся, воспитанников, лиц, обеспечивающих безопасность объекта, определения готовности объекта к действиям в случае угрозы или совершения акта терроризма на объекте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70D9B916" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      52. Взаимодействие с антитеррористической комиссией устанавливается на этапе планирования профилактических и учебных мероприятий путем уточнения наиболее вероятных для объекта угроз террористического характера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B9E77C0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      53. Исходя из наиболее вероятных угроз террористического характера на объекте, особенностей объекта (тип объекта, реализуемые программы обучения, количество сотрудников и сотрудников субъектов охранной деятельности, расположение объекта) на объекте уточняются алгоритмы действий различного круга лиц объекта на возможные угрозы террористического характера, приведенные в приложении 2 к настоящей Инструкции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3964FD35" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      54. Данные алгоритмы, отрабатываются в ходе практических занятий, проводимых с участием уполномоченных государственных органов, а также подготовки и проведения разноуровневых антитеррористических занятий, тренировочных мероприятий, оценки действий подразделений охраны и персонала объекта образования, проводимых согласно планам оперативных штабов по борьбе с терроризмом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7252A8DA" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      55. В случае задействования объекта оперативным штабом по борьбе с терроризмом в проведении разноуровневых антитеррористических занятий, тренировочных мероприятий, оценки действий подразделений охраны и персонала объекта образования руководитель объекта, а также руководитель субъекта охранной деятельности, заключивший договор об оказании охранных услуг объекту, оказывают содействие, обеспечивают привлечение и участие необходимых групп сотрудников, учащихся, сотрудников охраны к проведению указанных мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6824A1CA" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      56. По итогам проведения разноуровневых антитеррористических занятий, тренировочных мероприятий, оценки действий подразделений охраны и персонала объекта образования в соответствующие планы, графики и алгоритмы вносятся соответствующие изменения и дополнения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="605FA01E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      57. Одной из задач взаимодействия по вопросам реагирования на террористические проявления, является своевременное информирование территориальных органов внутренних дел и национальной безопасности Республики Казахстан о фактах и признаках подготовки актов терроризма и реализация мер направленных на их недопущение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F8E81A7" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      3) қызметкерлердің, оқушылардың, күзет қызметкерлерінің қаруды, қолдан жасалған жарылғыш құрылғыларды дайындауға арналған бөлшектерді ұрлаудың, заңсыз сатып алудың белгілі болған фактілері туралы, сондай-ақ олардың сақталатын орындары туралы аумақтық ішкі істер органдарын уақытылы хабардар ету бойынша алғашқы әрекет ету алгоритмін әзірлейді.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="20475788" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+        <w:t>      58. Руководители объектов, руководители субъектов охранной деятельности, заключивших договор об оказании охранных услуг объекту, в рамках обеспечения готовности к реагированию на угрозы совершения или совершение акта (актов) терроризма разрабатывают алгоритмы первичного реагирования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2910CCF2" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) по незамедлительному информированию территориальных органов внутренних дел и национальной безопасности Республики Казахстан об угрозе совершения или совершении акта (актов) терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04931B43" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) при получении информации от уполномоченных государственных органов об угрозе совершения или совершении акта (актов) терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A89876C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) своевременного информирования территориальных органов внутренних дел о ставших известных фактах хищения, незаконного приобретения сотрудниками, учащимися, сотрудниками охраны оружия, деталей для изготовления самодельных взрывных устройств, а также о местах их хранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="291D08E9" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5-тарау. Террористік тұрғыдан осал объектінің терроризмге қарсы қорғалуы паспортын әзірлеуге және оның айналымына қойылатын талаптар</w:t>
-[...127 lines deleted...]
-    <w:p w14:paraId="507EC20B" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+        <w:t>Глава 5. Требования к разработке и обращению паспорта антитеррористической защищенности объекта, уязвимого в террористическом отношении</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59EBA1D8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      59. Паспорт антитеррористической защищенности объекта, уязвимого в террористическом отношении (далее – паспорт) предназначен для использования заинтересованными органами, осуществляющими противодействие терроризму, при планировании ими мероприятий по предупреждению, пресечению, минимизации и (или) ликвидации последствий актов терроризма на объекте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FACB515" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      60. Информация о месте эвакуации, точках сбора, системе оповещения, порядке извещения родителей о чрезвычайных ситуациях в организациях образования и порядке воссоединения обучающихся и воспитанников с семьями вносится в паспорт после согласования с попечительским (родительским) советом организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FABC9C2" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      61. Паспорт является документом, содержащим информацию с ограниченным доступом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C67FD3A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      На объектах образования и науки, паспорт является документом, содержащим служебную информацию ограниченного распространения и имеет пометку "Для служебного пользования", если ему не присваивается гриф секретности. Решение о присвоении паспорту грифа секретности принимается в соответствии с законодательством Республики Казахстан в области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>защиты государственных секретов или руководители объектов принимают меры по ограничению доступа к паспорту лицам, не задействованным в его разработке, обеспечении антитеррористической защищенности объекта, контроле состояния антитеррористической защищенности объектов, в деятельности оперативного штаба по борьбе с терроризмом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C6A8D8A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      62. Руководителем объекта назначается лицо (лица), ответственное (ответственные) за разработку паспорта, его хранение и своевременное обновление данных паспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC49716" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="z74"/>
-[...13 lines deleted...]
-        <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      63. Паспорт разрабатывается согласно Типовому паспорту антитеррористической защищенности объектов, уязвимых в террористическом отношении, утвержденному </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00A7527D">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>қаулысымен</w:t>
+          <w:t>постановлением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E07BA3">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Правительства Республики Казахстан от 12 ноября 2013 года № 1217 (далее – типовой паспорт) в двух экземплярах с одновременной разработкой электронного варианта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E50A6D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      64. В случаях, когда объект располагается в здании, сооружении (комплексе зданий и сооружений), имеющем несколько правообладателей, составление паспорта осуществляется по письменному соглашению между правообладателями: совместно всеми правообладателями объектов или одним из них.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BCDAC7F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      65. Проект паспорта составляется в течение 45 (сорока пяти) рабочих дней с момента получения руководителем объекта соответствующего уведомления о включении объекта в перечень объектов, уязвимых в террористическом отношении, области, города республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5F671E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      66. Разработанный проект паспорта согласовывается с руководителями территориального органа внутренних дел по месту нахождения объекта в течение 10 (десяти) календарных дней после составления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0303C1CB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Срок согласования проекта Паспорта не превышает 15 (пятнадцати) рабочих дней со дня поступления Паспорта должностному лицу, указанному в типовом паспорте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="422E3EB2" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При наличии замечаний от согласующего лица к проекту паспорта, срок доработки не превышает 15 (пятнадцати) рабочих дней со дня возврата, а при повторном возврате не превышает 7 (семи) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0328041E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      67. В течение 10 (десяти) рабочих дней после согласования Паспорт утверждается (в том числе при его обновлении) руководителем объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3132A806" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      64. Объект бірнеше құқықтық иеленушісі бар ғимаратта, құрылыста (ғимараттар мен құрылыстар кешенінде) орналасқан жағдайда, паспорт жасау олардың арасындағы жазбаша келісім бойынша объектілердің барлық құқық иеленушілерімен немесе олардың бірімен бірлесіп жүзеге асырылады.</w:t>
-[...240 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+        <w:t>      При совместном составлении паспорт подлежит утверждению всеми правообладателями объектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F64BFB3" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При составлении одним правообладателем паспорт утверждается им по согласованию с другими правообладателями объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="571B3ED8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      68. Учет паспортов объекта осуществляется в формате номенклатурных дел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B46D862" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      69. После разработки и утверждения первый экземпляр паспорта (оригинал) подлежит хранению у лица, ответственного за его хранение и своевременное обновление данных паспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77E8015D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      70. В целях обеспечения своевременной выдачи паспорта органам, задействованным в ликвидации и минимизации последствий актов терроризма, на паспорт составляется акт временной передачи документов в двух экземплярах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A893DDB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      71. Один экземпляр акта временной передачи документов вместе с паспортом передается в оперативный штаб, осуществляющему руководство антитеррористической операцией. Второй экземпляр описи остается у лица, ответственного за хранение паспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E16B1C8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      72. Второй экземпляр и электронный вариант паспорта (в формате PDF на электронном носителе информации) в срок не позднее 10 (десяти) календарных дней со дня его утверждения или корректировки направляются в территориальные подразделения органов внутренних дел Республики Казахстан для хранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67AF1A79" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      73. Паспорт подлежит корректировке в случае изменения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43978579" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) прав собственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26E853EB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) руководителя объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39E8137F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) наименования объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1740C0A9" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      70. Терроризм актілерінің салдарын жоюға және азайтуға тартылған органдарға паспортты уақтылы беруді қамтамасыз ету мақсатында паспортқа құжаттарды екі данада уақытша беру актісі жасалады.</w:t>
-[...290 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+        <w:t>      4) основного предназначения объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A2BDED9" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) общей площади и периметра объекта, застройки прилегающей территории или после завершения капитального ремонта, реконструкции зданий (строений и сооружений) и инженерных систем, если были произведены изменения в конструкции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7011014C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) потенциально опасных участков объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="576BB1FA" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) технических средств, привлекаемых для обеспечения антитеррористической защищенности объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="599796EA" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      74. Изменения вносятся в течение 20 (двадцати) рабочих дней после возникновения оснований для корректировки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="278579B5" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При увеличении сроков разработки паспорта, внесения корректив в него руководитель объекта обращается в антитеррористическую комиссию с соответствующим обращением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="469AE168" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В паспорте сотрудником, ответственным за хранение, вносятся отметки о внесенных изменениях и дополнениях с указанием причин и дат изменения, заверенные подписью руководителя объекта или лица, уполномоченного подписывать паспорт. Замене подлежат только те элементы паспорта, где произошли изменения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC625A7" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Одновременно информация о соответствующих изменениях за подписью руководителя объекта направляется в органы внутренних дел Республики Казахстан для приобщения ко второму экземпляру паспорта с одновременной заменой электронного варианта паспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="529F4D76" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      75. Паспорт подлежит полной замене:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="446B80E2" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) не реже одного раза в пять лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3C2FD9" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) в случае внесения корректив в более чем половину пунктов текста паспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F047830" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      76. Паспорт подлежит уничтожению в комиссионном порядке с составлением соответствующего акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6983BA0D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Паспортты әзірлеу, оған түзетулер енгізу мерзімдерін ұлғайту объект басшысы терроризмге қарсы комиссияға тиісті өтінішпен жүгінеді.</w:t>
-[...202 lines deleted...]
-    <w:p w14:paraId="4B89B39A" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+        <w:t>      Акт остается в организации, являющейся правообладателем объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D858539" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Копия акта направляется по месту хранения второго экземпляра паспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0654C942" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>6-тарау. Террористік тұрғыдан осал объектілерді Білім және ғылым саласындағы қызметті жүзеге асыратын инженерлік-техникалық жабдықпен жарақтандыруға қойылатын талаптар</w:t>
-[...40 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+        <w:t>Глава 6. Требования к оснащению объектов, уязвимых в террористическом отношении, инженерно-техническим оборудованием осуществляющих деятельность в сфере образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DB98BAA" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      77. С учетом возможных последствий совершения акта терроризма объекты образования и науки делятся на следующие группы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="522FFCC8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) к первой группе относятся объекты образования с фактическим количеством персонала и обучающихся (воспитанников) до 300 человек;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16016099" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) ко второй группе относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE37C30" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      объекты образования с фактическим количеством персонала и обучающихся (воспитанников) от 300 до до 700, а также объекты образования с наполняемостью до 700 человек, расположенные в районных центрах и городах районного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B201687" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      объекты науки с фактическим количеством персонала и сотрудников от 100 и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="090D11C3" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) к третьей группе относятся объекты образования с фактическим количеством персонала и обучающихся (воспитанников) более 700 человек, а также расположенные (независимо от наполняемости) в городах республиканского значения, столице, городах областного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="556F1BB6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) к четвертой группе относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228705F6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      объекты науки независимо от количества персонала и сотрудников, задействованные в разработке, производстве, испытании, исследовании и хранении потенциально опасных химических и биологических (бактериологических, ядовитых) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      1) бірінші топтағы білім беру объектілері – персонал және білім алушылар (тәрбиеленушілер) саны 300 адамға дейінгі білім объектілері;</w:t>
-[...264 lines deleted...]
-    <w:p w14:paraId="4ED1AEA0" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+        <w:t>веществ, а также использующие взрывопожароопасные вещества, прекурсоры, оружие и боеприпасы, токсичные вещества и препараты, элементы технологических цепочек, систем, оборудования или устройств, которые способствуют причинению ущерба жизни и здоровью, возникновению аварии, угрозы чрезвычайной ситуации с опасными социально-экономическими последствиями, хищению опасных веществ и материалов с целью их дальнейшего использования для совершения акта терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30FC76F9" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      административные здания Министерства, его Комитетов, территориальных подразделений и иных подведомственных организаций, независимо от количества сотрудников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="606D08AB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      78. Объекты первой группы в обязательном порядке оснащаются системой оповещения, системой видеонаблюдения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51F27CA2" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      79. Объекты второй группы дополнительно к техническому оснащению, предусмотренные пунктом 78 настоящей главы, оснащаются средством подачи тревоги (тревожная кнопка), с выводом в дежурные части территориальных органов внутренних дел либо на пульт централизованного наблюдения субъектов охранной деятельности, системой видеонаблюдения с передачей видеоизображения в Центры оперативного управления полиции либо в дежурные части территориальных органов внутренних дел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA43DFF" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      80. Объекты третьей группы дополнительно к техническому оснащению, предусмотренные пунктами 78 и 79 настоящей главы, оснащаются системами контроля и управления доступом (турникеты).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DEB5619" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Турникет обеспечивает ручной и автоматический и (или) дистанционный способ открывания и блокирования устройства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2852DD97" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      81. Объекты четвертой группы дополнительно к техническому оснащению, предусмотренные пунктами 78, 79 и 80 настоящей главы, оснащаются ограждением, системами и средствами охранной и тревожной сигнализации, системами и средствами охранного освещения, системами и средствами связи, системами и средствами резервного электроснабжения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E0BC1E6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="z94"/>
-[...13 lines deleted...]
-        <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      82. В случае отнесения объектов, к объектам, подлежащим государственной охране, они независимо от распределения по группам, указанным в пункте 77 настоящей главы, оснащаются в соответствии с требованиями по инженерно-технической укрепленности объектов, подлежащих государственной охране, утвержденными </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00A7527D">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>қаулысымен</w:t>
+          <w:t>постановлением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E07BA3">
-[...149 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Правительства Республики Казахстан от 7 октября 2011 года № 1151 "Некоторые вопросы объектов, подлежащих государственной охране".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741A5870" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      4) объектіде адамдар көп болуы мүмкін орындар. Білім беру объектілерінде мұндай орындар дәліздер, спорт және акт залдары, асханалар, фойе, киім ілетін орындар, сондай-ақ білім беру объектілерінің учаскелерінде жайластырылған ойындарға, спорт пен демалуға арналған алаңдар болып табылады;</w:t>
-[...290 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+        <w:t>      83. Система видеонаблюдения устанавливается в целях ведения наблюдения за обстановкой на объекте, а также визуального подтверждения факта несанкционированного проникновения, для оценки ситуации и фиксирования действий нарушителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31BFB042" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      84. На объекте, занимающем отдельное здание (комплекс зданий), системой видеонаблюдения оборудуются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21D9994A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) периметр территории, прилегающей к объекту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33DA6009" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) контрольно-пропускные пункты (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BA2FCEE" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) главный и запасные входы. На объектах образования оборудуются все входы, предназначенные для пропуска обучающихся на занятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16CE1121" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) места возможного массового пребывания людей на объекте. На объектах образования такими местами являются коридоры, спортивные и актовые залы, столовые, фойе, гардеробные, а также площадки для игр, спорта и отдыха, обустроенные на участках объектов образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A73CA38" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) территория и помещения с потенциально опасными участками, помещения (места), коридоры, ведущие к ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4721BF21" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) досмотровые помещения (комнаты), участки досмотра транспорта (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74AE2755" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) помещения и территории по усмотрению руководителя (собственника) объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5827D99E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      85. На объекте, занимающем часть здания, системой видеонаблюдения охватываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD4786A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) места возможного массового пребывания людей на объекте;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="711C3134" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) главный и запасные входы (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="619888A8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      87. Тәуліктің қараңғы уақытында, егер үй-жайлардың және объектілердің іргелес аумақтарының жарықтандырылуы телекамералардың сезімталдығынан төмен болса, көрінетін немесе инфрақызыл жарық диапазонының (ол болған жағдайда) жарықтандырылуы қосылады.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="371C03F0" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+        <w:t>      86. Система видеонаблюдения обеспечивает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33BF7D1C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) передачу визуальной информации с телекамер на техническое средство или совокупность технических средств сбора, обработки, отображения и регистрации полученной информации, установленные на посте сотрудника по обеспечению безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="542F5A1C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) работу в автоматизированном режиме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A0D431" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) возможность оценки ситуации на объекте в режиме реального времени;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF9247C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) срок хранения информации не менее 30 суток.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03F963DF" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      87. В темное время суток, если освещенность помещений и прилегающих территорий объектов ниже чувствительности телекамер, включается освещение видимого или инфракрасного диапазона света (при его наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="117905AE" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="z100"/>
-[...13 lines deleted...]
-        <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      88. Технические требования к системам видеонаблюдения соответствуют минимальным техническим условиям систем видеонаблюдения, предусмотренным Правилами функционирования Национальной системы видеомониторинга, утвержденными </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="00A7527D">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>бұйрығымен</w:t>
+          <w:t>приказом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E07BA3">
-[...174 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Председателя Комитета национальной безопасности Республики Казахстан от 27 октября 2020 года № 69-қе (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21693).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ADBA95E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      89. Объекты оснащаются системами и средствами оповещения в целях оперативного информирования сотрудников, воспитанников, обучающихся и посетителей объекта о возникновении внештатной ситуации (об угрозе совершения или совершении акта терроризма и возникших последствиях) и координации их действий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07FD6E18" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      90. Оповещение сотрудников, учащихся и посетителей объекта осуществляется по внутренним линиям связи, с помощью других технических и подвижных средств связи (сигнализация) в соответствии с заранее разработанным планом, которые обеспечивают:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20753469" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) подачу звуковых и световых сигналов в здания, помещения, на участки территории объекта с постоянным или временным пребыванием людей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B6861A2" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      93. Дабыл беру құралы міндетті түрде объектінің қауіпсіздігін қамтамасыз ететін тұлғаның постымен және жаппай өткізуге арналған объектіге кірумен жабдықталады.</w:t>
-[...290 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+        <w:t>      2) трансляцию речевой информации как в автоматическом режиме (чтение ранее записанного текста), так и при помощи микрофона о характере опасности, необходимости и порядке осуществления эвакуации или блокировании в помещениях объектах, а также действиях, направленных на обеспечение безопасности персонала, обучающихся и посетителей объекта. Системы оповещения об эвакуации и блокировании помещений отличаются сигналами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E76543F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      91. Количество оповещателей и их мощность обеспечивают необходимую слышимость во всех местах постоянного или временного пребывания людей, в случае проведения эвакуации действуют в течение расчетного времени, необходимого для ее проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C8AF145" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      92. Средство подачи тревоги (мобильное либо стационарное) (тревожная кнопка) устанавливается в целях своевременного оповещения уполномоченных органов об угрозе совершения акта терроризма на объекте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1956ABA0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      93. Средством подачи тревоги в обязательном порядке оснащается пост лиц, обеспечивающих безопасность объекта, и входы на объект, предназначенные для массового пропуска.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D02DE83" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      94. Средство подачи тревоги обеспечивает возможность скрыто подавать сигнал в дежурные части территориальных органов внутренних дел либо на пульт централизованного наблюдения субъектов охранной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="621F02B5" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      95. Ограждение объектов устанавливается в целях воспрепятствования свободному проходу лиц и проезду транспортных средств на объект и с объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AB7BFA8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ограждением оборудуется периметр соответствующих объектов, имеющих территорию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56406B11" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ограждение имеет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00585F9E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) высоту и заглубленность в грунт, исключающие свободное преодоление и удовлетворяющие режимным условиям объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5958EE37" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) простоту в конструкции, высокую прочность и долговечность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B78834" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Байланыс жүйесі күзет пунктіндегі кезекші мен қызмет көрсету аумағындағы күзет нарядтары арасындағы, қызмет көрсету аумағы шегіндегі күзет нарядтары арасындағы екі жақты радиобайланысты қамтамасыз етуге тиіс.</w:t>
-[...226 lines deleted...]
-        <w:t>      104. Объектіні террористік тұрғыдан осал объектілердің тізбесіне енгізгеннен кейін 6 ай ішінде оны Қағидаларға сәйкес инженерлік-техникалық жабдықпен жабдықтау мүмкін болмаған жағдайда, объекті басшылығы объектіні жарақтандыруға арналған республикалық және (немесе) жергілікті бюджеттердің, бюджеттен тыс көздердің қаражатын жоспарлау үшін шаралар қабылдайды, ал терроризмге қарсы комиссияға объектіні инженерлік-техникалық жарақтандыру жөніндегі іс-шаралар жоспарының жобасы келісуге ұсынылады.</w:t>
+        <w:t>      3) отсутствие узлов и конструкций, облегчающих его преодоление.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F0FB0B" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ограждение периметра соответствует следующим характеристикам:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21DBD221" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) устойчивость к внешним климатическим факторам всех сезонов и соответствующих климатических зон;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0918FCA8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) защищенность от индустриальных помех и помех, вызываемых транспортными средствами, воздействия птиц и животных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA16325" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      96. Объекты, находящиеся под охраной, оснащаются системами и средствами связи в целях обмена информацией для управления силами и средствами подразделений охраны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30653911" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Система связи обеспечивает двустороннюю радиосвязь между дежурным на пункте охраны и нарядами охраны на территории обслуживания, между нарядами охраны в пределах территории обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="364B049D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      97. Объекты оснащаются системами и средствами резервного электроснабжения для обеспечения бесперебойной работы системы охранной и тревожной сигнализации, контроля и управления доступом, освещения, видеонаблюдения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76FCC0CA" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      98. Независимо от отнесения объектов к группе, в случае расположения их входных групп, а также открытых мест возможного массового пребывания обучающихся и воспитанников в непосредственной близости по отношению к путям движения транспортных средств, объекты оборудуются средствами снижения скорости транспортных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="597D09B4" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      99. Объекты образования оборудуются средствами снижения скорости транспортных средств в целях предотвращения риска наезда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CEA3634" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      100. Снижения скорости транспортных средств обеспечивается использованием вазонов, элементов архитектуры и ландшафта, боллардов и других средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="302E2D60" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      101. Независимо от групп, определенных в пункте 77 настоящей главы, объекты при наличии потенциальных опасных участков оборудуются системами и средствами сигнализации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="768F9676" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      102. По решению собственника, владельца на объекте устанавливается дополнительное инженерно-техническое оборудование, способствующее повышению уровня антитеррористической защищенности объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D8C1DDB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      103. Инженерно-техническое оборудование объекта всегда поддерживается в рабочем состоянии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03625778" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      104. В случае невозможности оснастить объект инженерно-техническим оборудованием в течение 6 месяцев после включения его в перечень объектов, уязвимых в террористическом отношении в соответствии с Правилами, руководством объекта принимаются меры для планирования средств республиканского и (или) местных бюджетов, внебюджетных источников на оснащение объекта, а в антитеррористическую комиссию на согласование представляется проект плана мероприятий по инженерно-техническому оснащению объекта.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8420"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w14:paraId="2E285EF8" w14:textId="77777777" w:rsidTr="00E07BA3">
+      <w:tr w:rsidR="00A7527D" w:rsidRPr="00A7527D" w14:paraId="0DE2FA88" w14:textId="77777777" w:rsidTr="00A7527D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DAE95FC" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="6EC24246" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
-[...1551 lines deleted...]
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E8416A1" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="2D7573AA" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="12" w:name="z119"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E07BA3">
+            <w:bookmarkStart w:id="2" w:name="z249"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы Білім</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>және ғылым министрлігінің</w:t>
+              <w:t>к Инструкции по организации</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>террористік тұрғыдан осал</w:t>
+              <w:t>антитеррористической защиты</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>объектілердің және білім және</w:t>
+              <w:t>объектов, уязвимых</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>ғылым саласындағы қызметті</w:t>
+              <w:t>в террористическом отношении,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>жүзеге асыратын террористік</w:t>
+              <w:t>Министерства образования и науки</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>тұрғыдан осал объектілердің</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>терроризмге қарсы қорғауды</w:t>
+              <w:t>и объектов, уязвимых</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>ұйымдастыру жөніндегі</w:t>
+              <w:t>в террористическом отношении,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>нұсқаулыққа</w:t>
+              <w:t>осуществляющих деятельность</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>2-қосымша</w:t>
+              <w:t>в сфере образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C37F66B" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+    <w:p w14:paraId="57B1E89B" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Техногендік сипаттағы төтенше жағдайлар және терроризм актісін жасау қаупі туындаған кездегі білім беру ұйымдары қызметкерлерінің, білім алушылары мен тәрбиеленушілерінің іс-қимыл</w:t>
-[...102 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+        <w:t>Варианты тематик занятий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F355ACC" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Дошкольные организации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE931CF" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Безопасный детский сад.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="392882AE" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мир вокруг нас.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="622A14B1" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мир природы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0368AF15" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Техногендік сипаттағы төтенше жағдайлар аймағында авариялық-құтқару және кезек күттірмейтін жұмыстарды жүргізуге дайындық жөніндегі іс-шаралар кешенін қабылдау білім беру ұйымдарының тұрақты жұмыс істеуін қамтамасыз етуге бағытталған.</w:t>
-[...240 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+        <w:t>      4. Техника и мы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="621177DE" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Я и окружающая среда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5330652D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Я и взрослый мир.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A64DE9" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Начальная школа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41079FF6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Как защитить себя от возможных угроз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C9082AD" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Действия при обнаружении подозрительного предмета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EF1FD51" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Правила поведения детей при угрозе терроризма (совершенном теракте).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="148FD76F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Что нужно знать о терроризме?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D4869FB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Почему важно знать правила безопасного поведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E16A5EB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Безопасная школа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E7D2DC" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Основная средняя школа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7990F505" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Как отличать нестандартное поведение посторонних лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4914BC5F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. "Терроризм: его истоки и последствия".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B8B7695" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Терроризм – угроза обществу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70510572" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Меры безопасности в школах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F4AE604" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      осал учаскелерді және оларға қол жеткізу тәртібін, өткізу режимі және объектіні қорғау жүйесінің тәртібін зерделеу.</w:t>
-[...189 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+        <w:t>      5. Правила поведения при угрозе терроризма (совершенном теракте).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27670E2F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Защита от терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3797D5C0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Средняя школа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56EFF4D3" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Правила безопасного поведения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E9026D5" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Современный терроризм и борьба с ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B2E8D9A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Антитеррористическая безопасность в школе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13FB06B8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. О повышении бдительности и мерах по предупреждению террористических актов на объектах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="203D760C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Защита от терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E65C7C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Правила поведения, обучающихся при совершенном теракте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5076EEBE" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Для руководителей и персонала организаций образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DB1C5DD" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Действия руководителей и персонала организаций образования при получении сообщений о минировании объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28009D22" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Действия руководителей и персонала организаций образования при совершенном теракте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A98DFEB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Организация и проведение профилактических, учебных, тренировочных мероприятий по противодействию терроризму.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15D3078D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Организация антитеррористической безопасности организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD56325" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Меры безопасности в организациях образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244961C1" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Осы Алгоритммен ұйғарылатын іс-әрекеттерді білім беру ұйымының басшысы әрбір қызметкерге, педагогке, білім алушыға және ата-анаға (заңды өкілге) жеткізеді.</w:t>
-[...289 lines deleted...]
-      <w:r w:rsidRPr="00E07BA3">
+        <w:t>      Для организаций, подведомственных Министерству образования и науки Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E37DE64" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Распознавание взрывчатых веществ и правила поведения при угрозе взрыва.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="305B5B6D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Обеспечение безопасности при возникновении общественных беспорядков вблизи организации образования и угрозе захвата заложников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BCF27CF" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Организация и проведение в организации профилактических, учебных, тренировочных мероприятий по противодействию терроризму.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1537076B" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Обеспечение безопасности при угрозе совершения террористического акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B2457D4" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Действия руководителей организаций при совершенном теракте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C4A568E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В рамках проведения инструктажей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE746DA" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Эвакуация сотрудников, учащихся, воспитанников и посетителей объекта и меры безопасности при проведении эвакуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6595D4B0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Детализированное ознакомление каждого из сотрудников объекта с порядком персонального поведения и действиями в обстановке совершения акта терроризма в пределах территории объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="400D4652" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В рамках проведения практических занятий:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="584F7E38" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Отработка практических действий с лицами, обеспечивающими безопасность объекта, по организации осмотров помещений с целью обнаружения бесхозных вещей и подозрительных предметов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CAA20A7" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) действий при обнаружении бесхозных вещей, подозрительных предметов и получении сообщений о минировании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B39F9B" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Мұндай зат жарылғыш немесе улы химикатты заттармен (УХЗ) немесе биологиялық агенттермен (қауіпті инфекциялардың қоздырғыштары, мысалы, күйдіргі, шешек, туляремия) толтырылуы мүмкін.</w:t>
-[...10294 lines deleted...]
-        <w:t>      Жедел медициналық көмек телефоны: 103</w:t>
+        <w:t>      2) организации взаимодействия организации с территориальными органами внутренних дел, охраны при обнаружении бесхозных вещей, подозрительных предметов и получении сообщения о минировании объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76FEB760" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) организации оповещения персонала и посетителей объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24CDD550" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) организации эвакуации персонала и посетителей объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="077D2639" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В соответствии с указанными мероприятиями, проводятся следующие тренировки по действиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6730091C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) персонала при получении сообщения о минировании объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38DA5E0D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) при обнаружении бесхозных вещей и подозрительных предметов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C56DB43" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) при эвакуации людей.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8420"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w14:paraId="11B5D95E" w14:textId="77777777" w:rsidTr="00E07BA3">
+      <w:tr w:rsidR="00A7527D" w:rsidRPr="00A7527D" w14:paraId="4C5B095A" w14:textId="77777777" w:rsidTr="00A7527D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45CE8A58" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="1B265835" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="14" w:name="z205"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F9E29C9" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="2912ABF1" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:bookmarkStart w:id="3" w:name="z304"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы Білім</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>және ғылым министрлігінің</w:t>
+              <w:t>к Инструкции по организации</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>террористік тұрғыдан осал</w:t>
+              <w:t>антитеррористической защиты</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>объектілердің және білім және</w:t>
+              <w:t>объектов, уязвимых</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>ғылым саласындағы қызметті</w:t>
+              <w:t>в террористическом отношении,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>жүзеге асыратын террористік</w:t>
+              <w:t>Министерства образования и науки</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>тұрғыдан осал объектілердің</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>терроризмге қарсы қорғалуын</w:t>
+              <w:t>и объектов, уязвимых</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>ұйымдастыру жөніндегі</w:t>
+              <w:t>в террористическом отношении,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>нұсқаулыққа</w:t>
+              <w:t>осуществляющих деятельность</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>3-қосымша</w:t>
+              <w:t>в сфере образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="08609A5B" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+    <w:p w14:paraId="5B82A280" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Терроризмге қарсы дайындық бойынша оқу іс-шараларын есепке алу журналы (титулдық бет) ___________________ (ұйымның атауы) Терроризмге қарсы дайындық бойынша оқу іс-шараларын өткізудің есепке алу журналы №_____ Журналды жүргізуді бастау күні "___" _____ 20__ ж. Журналды жүргізудің аяқталу күні "___" _____ 20__ ж. (ішкі жағы)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7D0E592A" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+        <w:t>АЛГОРИТМ действий сотрудников, обучающихся и воспитанников организаций образования при возникновении чрезвычайных ситуаций техногенного характера и угрозы совершения акта терроризма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DA0FC6A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1-бөлім. Нұсқаулық</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64004845" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Настоящий алгоритм действий сотрудников, обучающихся и воспитанников организаций образования при возникновении чрезвычайных ситуаций техногенного характера и угрозы совершения акта терроризма (далее – Алгоритм) разработан с целью управления мероприятиями по повышению устойчивости функционирования организаций образования в случаях возникновения чрезвычайных ситуаций техногенного характера и угрозы совершения акта терроризма и направлен на их предупреждение и ликвидацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E17021" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Предупреждением террористических угроз является комплекс мероприятий, направленных на сохранение жизни и здоровья людей, максимально уменьшение риска осуществления террористической угрозы и минимизацию совершения акта терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5897A5DC" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Принятие комплекса мероприятий по подготовке к проведению аварийно-спасательных и неотложных работ в зоне чрезвычайных ситуаций техногенного характера направлено на обеспечение устойчивости функционирования организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC2DD23" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. В случае совершения акта терроризма руководители и сотрудники организаций образования незамедлительно информируют правоохранительные и специальные органы о совершенном акте терроризма и обеспечить эвакуацию персонала организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AAA56FD" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При организации работы по предупреждению возникновения угрозы совершения акта терроризма важно особое внимание уделять предотвращению свободного проникновения на объекты и к уязвимым участкам (участкам, оборудованию) посторонних лиц, что, исключит возможность доставки террористических средств, а также вывод из строя аппаратуры контроля, автоматики, средств связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23D8087F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Основными признаками возможной подготовки и осуществления террористической деятельности являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CAA8C9" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      появление лиц, в поведении которых усматривается изучение обстановки в близлежащем окружении объекта возможной террористической атаки, повышенный или неадекватно мотивированный интерес к определенным аспектам в его деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B9E6C9" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      неоднократное появление подозрительных лиц у выбранных объектов и проведение ими фото - и видеосъемки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64D77699" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      необоснованное вступление в контакт с персоналом и с лицами, обеспечивающими безопасность объекта, выведывание у них режима работы, порядка доступа, обеспечения безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38EDB3A8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      проникновение в подвалы и на чердаки лиц, которые не имеют отношения к их техническому обслуживанию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12121956" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      наличие у посторонних посетителей (лиц, вызывающих подозрение) документов, проверка которых охраной на входе в здание объекта не дает информации, о личности предъявителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B62C1E5" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      сообщение администрации и персоналу объекта ложной информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B55D3B" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      изучение уязвимых участков и порядка доступа к ним, порядка системы пропускного режима и охраны объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C6A7FB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      На основе заблаговременного анализа типовых сценариев террористической атаки важно с целью их изменения в благоприятную, положительную сторону в каждой фазе развития чрезвычайных ситуаций разработать и в режиме реального времени реализовать комплекс мероприятий, позволяющих эффективно влиять на конкретные исходную, промежуточную и заключительную ситуации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E27124A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Предварительные проработки различных ситуаций позволят сформировать Алгоритм действий сотрудников и обучающихся организаций образования при возникновении угрозы совершения акта терроризма, в том числе адресных инструкций и памяток, регулирующих действия в типичных экстремальных ситуациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BF56D03" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Руководство мероприятиями по обеспечению антитеррористической защищҰнности организаций образования осуществляется их руководителями в пределах компетенции, установленной Законом и иными нормативными правовыми актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0163D48D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мероприятия по предупреждению чрезвычайных ситуаций техногенного характера проводятся с учетом вероятности их возникновения и возможного ущерба от них.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DDDCB22" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Выполнение мероприятий по предупреждению чрезвычайных ситуаций техногенного характера возлагается на руководителей организаций образования в пределах их компетенции, установленной действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C6D41B" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Глава 2. Порядок действий сотрудников, обучающихся и воспитанников организаций образования при возникновении угрозы совершения акта терроризма в здании и на ее территории</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C405D3" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Порядок систематизирует и синхронизирует действий сотрудников, педагогов, обучающихся и воспитанников, в том числе предусматривает оповещение родителей, при возникновении угрозы совершения акта терроризма в организации образования и на ее территории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7920266C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Данный порядок руководителем организации образования доводится до каждого сотрудника, педагога, обучающегося и родителя (законного представителя).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616EF4F8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Основанием для принятия немедленных действий при возникновении угрозы совершения акта терроризма в организации образования являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78B8B21F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обнаружение кем-либо из сотрудников, педагогов, обучающихся или воспитанников подозрительного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60963BE8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      поступление угрозы по телефону или в письменном виде в организацию образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E851BCD" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      вооруженное нападение на сотрудников, педагогов, обучающихся и воспитанников организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53889696" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      захват террористами в заложники сотрудников, педагогов, обучающихся и воспитанников и/или в здании организации или на ее территории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A05CFEF" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      атака организации образования террористом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C06DCB1" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. В вышеперечисленных случаях руководство организации образования незамедлительно сообщает о случившемся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4D361B" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      на канал "102" органов внутренних дел, единую дежурно-диспетчерскую службу "112";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7321B8C5" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      руководителю органа (отдела) образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FBA4D48" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Параграф 1. Обнаружение подозрительного предмета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5933BCC3" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Под подозрительным предметом понимаются бесхозная сумка, пакет, ящик, коробка, игрушка с торчащими проводами, издающая подозрительные звуки (щелчки, тикание) и необычные запахи (миндаля, хлора, аммиака).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30DD7D8D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Данный предмет может оказаться взрывным устройством, или начиненным отравляющими химическими веществами (ОХВ), биологическими агентами (возбудителями опасных инфекций, типа сибирской язвы, натуральной оспы, туляремии ) пакетом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C26559A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Лица, обнаружившие опасный или подозрительный предмет незамедлительно сообщают об этом на канал "102" органов внутренних дел или единую дежурно-диспетчерскую службу "112" (в случае, если это воспитанник или обучающийся, то воспитателю или классному руководителю) и до прибытия сил экстренного реагирования находятся на безопасном расстоянии от предмета и быть готовым дать показания, касающиеся случившегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25AEC472" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB3188A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      выставить оцепление из числа постоянных сотрудников организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DC138C7" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обеспечить беспрепятственный подъезд к месту обнаружения опасного или подозрительного предмета служб экстренного реагирования (подразделения органов внутренних дел, службы скорой медицинской помощи, пожарные расчеты, оперативно–спасательные службы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38AC118C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      принять меры по эвакуации обучающихся и сотрудников организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C29E6E0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. Действия персонала (сотрудники, педагоги):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E8AF000" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      сообщить администрации организации образования (по телефону) и в здание никого не допускать (до их прибытия);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2325F490" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      перевести обучающихся, воспитанников на безопасное расстояние от подозрительного предмета (не ближе 100 метров), не приближаться, не трогать, не вскрывать и не перемещать находку;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0223F383" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      лицам, обнаружившим подозрительный предмет, до прибытия сил экстренного реагирования находиться на безопасном расстоянии и быть готовыми дать показания, касающиеся случившегося;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="384188BC" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      опросить окружающих с целью установления возможного владельца бесхозного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45276B37" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      воздержаться от использования средств радиосвязи, в том числе и сотового телефона, вблизи предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14490270" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      зафиксировать время и место обнаружения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FEF33EA" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оказать содействие в организации эвакуации обучающихся, воспитанников с территории, прилегающей к опасной зоне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26A77ED0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      при необходимости укрыться за предметами, обеспечивающими защиту (угол здания, колона, толстое дерево, автомашина), вести наблюдение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02B8AD22" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      покинуть объект, при невозможности - укрыться за капитальным сооружением и на необходимом удалении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D6B457" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11. Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D12FEC" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не паниковать, во всем слушать педагогов и сотрудников организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="082831B2" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не трогать, не вскрывать и не передвигать подозрительный предмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09073802" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      при необходимости укрыться за предметами, обеспечивающими защиту (угол здания, колона, толстое дерево, автомашина);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74FC5CFF" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      покинуть объект, при невозможности - укрыться за капитальным сооружением и на необходимом удалении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10888C4A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      12. Действия лиц, обеспечивающих безопасность организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="617AAADA" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не трогать, не подходить, не передвигать подозрительный предмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F96156" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      опросить окружающих для установления возможного владельца бесхозного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F17E88D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      воздержаться от использования средств радиосвязи, в том числе и сотового телефона, вблизи данного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43412790" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      по возможности зафиксировать время и место обнаружения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35979DF3" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      немедленно сообщить об обнаружении подозрительного предмета на канал "102" органов внутренних дел или единую дежурно-диспетчерскую службу "112";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14933691" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      быть готовым описать внешний вид подозрительного предмета, и обстоятельства его обнаружения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA1107F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не сообщать об угрозе взрыва никому, кроме тех, кому необходимо знать о случившемся, чтобы не создавать панику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3402BE57" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обеспечить ограничение доступа посторонних лиц к подозрительному предмету и опасной зоне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="684CE027" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обеспечить организованную эвакуацию людей с территории, прилегающей к опасной зоне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68401C1F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      при необходимости укрыться за предметами, обеспечивающими защиту (угол здания, колона, толстое дерево, автомашина), вести наблюдение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E83B6F0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Рекомендуемые зоны эвакуации и оцепления при обнаружении взрывного устройства или предмета, похожего на взрывное устройство:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E0E01B0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      граната– 50 метров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A637104" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      тротиловая шашка массой 200 грамм – 45 метров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F36324" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      взрывное устройство – не менее 200 метров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2F6139" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      пивная банка 0,33 литра – 60 метров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B1BF5E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дипломат (кейс) – 230 метров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15075610" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дорожный чемодан – 350 метров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="557D6047" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      легковая автомашина – не менее 600 метров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45E37409" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      микроавтобус – 920 метров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41E75ADB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      грузовая машина (фургон) – 1240 метров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63955860" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Параграф 2. Поступление угрозы по телефону в организацию образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="736C4C63" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Телефон является каналом поступления сообщений, содержащих информацию о заложенных взрывных устройствах, о захвате людей в заложники, вымогательстве и шантаже.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CBB794A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Не оставляйте без внимания ни одного подобного сигнала. Постарайтесь дословно запомнить разговор и зафиксировать его на бумаге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F28C128" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Не распространяйтесь о факте разговора и его содержании, максимально ограничьте число людей, владеющих информацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3986FAFE" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14. Действия получателя угрозы по телефону (руководитель, сотрудник, педагог, обучающийся):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A57A57D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      По ходу разговора отметьте пол, возраст звонившего и особенности его речи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F745D43" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      голос (громкий или тихий, низкий или высокий),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E2ABDAB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      темп речи (быстрый или медленный),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18BAF2EF" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      произношение (отчетливое, искаженное, с заиканием, шепелявое, с акцентом или диалектом),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57067BF0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      манера речи (развязная, с издевкой, с нецензурными выражениями);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ECD7A1C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Важно обратить внимание на звуковой фон (шум автомашин или железнодорожного транспорта, звук теле-или радиоаппаратуры, голоса), характер звонка (городской, междугородный).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BD2486F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Необходимо зафиксировать точное время начала разговора и его продолжительность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D319001" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В любом случае постарайтесь в ходе разговора получить ответы на следующие вопросы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="216E73B8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      куда, кому, по какому телефону звонит данный человек?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="255A2F57" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      какие конкретные требования он выдвигает?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD6D9C0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      выдвигает требования лично или выступает в роли посредника и представляет какую-то группу лиц?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="406C569E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      на каких условиях он или они согласны отказаться от задуманного?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1743CA43" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      как и когда с ним можно связаться?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EB31E2B" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      кому вы можете или должны сообщить об этом звонке?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58992971" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Постарайтесь добиться от звонящего максимально возможного промежутка времени для принятия вами и руководством школы решений или совершения каких- либо действий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D7BB61" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      По возможности в процессе разговора или немедленно после окончания разговора сообщите на канал "102" органов внутренних дел или единую дежурно-диспетчерскую службу "112" и руководству организации о телефонной угрозе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D3C3E39" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Параграф 3. Поступление угрозы в письменной форме в организацию образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2BDD36" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15. Действия получателя угрозы в письменной форме (руководитель, сотрудник, педагог, обучающийся):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD2258D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      После получения такого документа обращайтесь с ним максимально осторожно. По возможности уберите его в чистый плотно закрываемый полиэтиленовый пакет и поместите в отдельную жесткую папку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34F77042" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Постарайтесь не оставлять на нем отпечатков своих пальцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="139A6C3F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Если документ поступил в конверте - его вскрытие производите только с левой или правой стороны, аккуратно отрезая кромки ножницами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26375F51" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При этом сохраняйте все: сам документ с текстом, любые вложения, конверт и упаковку - ничего не выбрасывайте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35506345" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Не расширяйте круг лиц, знакомых с содержанием документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67FD146C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Незамедлительно сообщите на канал "102" органов внутренних дел или единую дежурно-диспетчерскую службу "112".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73056293" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Параграф 4. Вооруженное нападение на сотрудников, педагогов, обучающихся и воспитанников организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30A39E75" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16. При вооруженном нападении на сотрудников, педагогов, обучающихся и воспитанников необходимо принять меры для самоизоляции, немедленно покинуть опасную зону, а также сообщить на канал "102" органов внутренних дел или единую дежурно-диспетчерскую службу "112".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1002CE7E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Спрятавшись, дождитесь ухода террористов, и при первой возможности покиньте здание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56B85F09" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17. Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A22BD00" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      незамедлительное информирование правоохранительных и/или специальных государственных органов о факте и обстоятельствах вооруженного нападения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21B995F3" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      организация работы по обеспечению безопасности людей на объекте (эвакуация, блокирование внутренних барьеров, оповещение о нештатной ситуации на объекте);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67BA42F2" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      взаимодействие с прибывающими силами оперативного штаба по борьбе с терроризмом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA73C8A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18. Действия персонала (сотрудники, педагоги):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DCA7948" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оцените ситуацию, продумайте четкий план, как вы будете вместе с обучающимися покидать здание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B9BC8CC" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      при возможности безопасно эвакуироваться вместе с воспитанниками, обучающимися, покиньте здание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02732DE1" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оставьте вещи и сумки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17B3B635" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не прячьте руки, держите их на виду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6461BBD6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В случае отсутствия возможности покинуть здание следует:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="146FF482" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      быстро выглянуть из кабинета, группы и направить всех обучающихся, воспитанников или сотрудников, находящихся в коридоре, в свой кабинет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2603EB0E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не впускать в кабинет, группу взрослых, которые вам не знакомы или у которых нет пропуска на посещение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F5D4B07" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      плотно закрыть дверь, желательно на ключ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39144EAB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      закрыть окна, опустить или закрыть все жалюзи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1ACB2A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      поставить обучающихся, воспитанников у стены так, чтобы злоумышленник не мог видеть их, заглядывая в дверь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DF0EA51" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      найти для обучающихся, воспитанников "Безопасный угол";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E59FA06" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      выключить свет и мониторы компьютеров, сотовые телефоны поставить на беззвучный сигнал;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD96E6E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обеспечить тишину для обучающихся, воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C6E38EB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      заполнить лист посещаемости (перечислить учеников, которых забрали из коридоров (как указано выше), и составить список обучающихся, воспитанников, которые должны находиться в данном классе, но отсутствуют.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B8A69BD" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Примечание: Перед выключением света сотрудники находят и держат в руках свой журнал посещаемости. Это поможет обеспечить эвакуацию всех обучающихся, воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28072D63" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обучающихся находящихся в спортивном зале, необходимо перевести в раздевалку, запереть все двери, найти безопасное место и выключить свет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3664EB82" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обучающихся, находящихся в столовых, необходимо передислоцировать в ближайшие классы и выключить свет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58ABAB13" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      сотрудники и обучающиеся, воспитанники находящиеся вне здания организации образования, добегают до ближайшего безопасного места, останавливаются, занимают лежащее положение и не двигаются;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CCED15E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      сотрудники и обучающиеся, которые находятся в туалетах закрывают кабинку и выключают свет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3542D858" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      все, кто находится в коридоре, немедленно проходят в ближайший класс и выключают свет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60726F99" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      медицинские работники, работники столовой, вспомогательный персонал остается в помещении, в котором они находятся, закрывают двери и выключить свет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2130334D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обучающиеся и сотрудники библиотеки остаются в библиотеке. Библиотекари закрывают двери, находят для детей и для себя безопасное место и выключают свет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="512CC7F8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Примечание: Оставайтесь в безопасных местах до распоряжения руководителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E005B5F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19. Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EBE2308" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не паниковать, во всем слушать сотрудников и педагогов школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F52A360" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      незаметно покинуть объект, при невозможности - укрыться в безопасном месте;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30527FEE" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      заблокировать дверь, дождаться прибытия сотрудников правопорядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68029012" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      по возможности информировать любым способом правоохранительные и/или специальные государственные органы, охрану, персонал, руководство объекта о факте и обстоятельствах вооруженного нападения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="455DEEBC" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Примечание: Оставайтесь в безопасных местах до распоряжения руководителя или педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F9C873A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20. Действия лиц, обеспечивающих безопасность организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72FC893E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      выявить вооруженного злоумышленника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D2A132C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      по возможности блокировать его продвижение к местам массового пребывания людей на объекте;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="322E5E5F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      информировать любым способом руководство объекта, правоохранительные и/или специальные государственные органы о факте вооруженного нападения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37E71EC1" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      принять меры к обеспечению безопасности людей на объекте (эвакуация, блокирование внутренних барьеров).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3893AD74" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Параграф 5. Захват заложников в организации образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1471FEBB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21. Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7445F943" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      организовать максимально возможные условия для безопасности обучающихся, воспитанников, педагогов и других сотрудников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B787B6C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      незамедлительно информировать правоохранительные и/или специальные государственные органы о захвате сотрудников, педагогов и обучающихся в заложнике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1823B049" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      пытаться выяснить требования захватчиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C2E9007" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обеспечить взаимодействие с прибывающими силами оперативного штаба по борьбе с терроризмом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1158162A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22. Действия персонала (сотрудники, педагоги):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5716E1" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      - организовать защиту находящихся рядом обучающихся, воспитанников. По возможности предотвратить их попадание в заложники, незаметно вывести из здания или укрыться в помещении, заблокировать дверь, продержаться до прибытия сотрудников правопорядка или возможности безопасности покинуть здание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5715BCD5" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      по возможности информировать любым доступным способом и при условии гарантированного обеспечения собственной безопасности правоохранительные и/или специальные государственные органы об обстоятельствах захвата заложников и злоумышленниках (количество, вооружение, оснащение, возраст, клички, национальность).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77FA2465" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23. Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="525341E8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не паниковать, сохранять выдержку и самообладание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F144E00" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      старайтесь найти безопасное место;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29014558" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      помните, что получив сообщение о вашем захвате, спецслужбы уже начали действовать и предпримут все необходимое для вашего освобождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30CE17A9" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не допускать действий, которые могут спровоцировать нападающих к применению оружия и привести к человеческим жертвам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D6E8E4D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      переносите лишения, оскорбления и унижения, не смотрите в глаза преступникам, не ведите себя вызывающе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45560CFE" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      на совершение любых действий (сесть, встать, попить, сходить в туалет) спрашивайте разрешение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="113D5134" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      если вы ранены, постарайтесь не двигаться, этим вы сократите потерю крови;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78610510" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      во время проведения спецслужбами операции по вашему освобождению неукоснительно соблюдайте следующие требования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D0C3A76" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      лежите на полу лицом вниз, голову закройте руками и не двигайтесь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="192BA041" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не бегите навстречу сотрудникам спецслужб или от них, так как они могут принять вас за преступника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39AF99DB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      по возможности держитесь подальше от проемов дверей и окон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AE41E6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24. Действия лиц, обеспечивающих безопасность организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5822D824" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не вступать в переговоры по собственной инициативе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BCAB0C6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      будьте внимательны, постарайтесь запомнить приметы преступников, отличительные черты их лиц, одежду, имена, клички, возможные шрамы и татуировки, особенности речи и манеры поведения, тематику разговоров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39EC71A6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      25. Порядок действий при захвате в заложники:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED0BF5A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Не допускать действий, которые могут спровоцировать преступников к применению физической силы или оружия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6949B590" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Не привлекать внимания своим поведением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC7354C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Не пытайтесь бежать, если нет полной уверенности в успехе побега.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3454723C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Запомните, как можно больше информации о террористах (количество, вооружение, как выглядят, особенно внешности, телосложения, акцент, тематика разговора, темперамент, манера поведения).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26AF4888" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Постарайтесь определить место своего нахождения (заточения).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D7E4FFD" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При наличии возможности, используя любой доступный способ связи, без риска для жизни, проявляя осторожность, попытаться сообщить о произошедшем в правоохранительные или специальные органы, подразделение безопасности или службу охраны объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61CF7ACB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Не пренебрегайте пищей, какой бы она ни была.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA6AE70" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При ранении, постараться самостоятельно оказать себе первую доврачебную помощь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="687EDFB8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Главное не паниковать, даже если стороны противника перестали себя контролировать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6659785F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Расположитесь подальше от окон, дверей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="116BCF3F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При проведении сотрудниками спецподразделений операции по освобождению заложников необходимо соблюдать следующие требования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FFA6B97" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      лечь на пол лицом вниз, по возможности прижавшись к стене, голову закрыть руками и не двигаться;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74FE7989" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      не бежать навстречу сотрудникам спецподразделений или от них, так как они могут принять бегущего за преступника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61897C5F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      если есть возможность, необходимо держаться подальше от проҰмов дверей и окон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72752F3C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Параграф 6. При стрельбе внутри организации образования и на ее территории</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A21220" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26. Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="289E1CE2" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      организовать максимально возможные условия для безопасности обучающихся, воспитанников, педагогов и других сотрудников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54C6D9F9" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      незамедлительно информировать правоохранительные и/или специальные государственные органы о перестрелке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA5176C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      принять меры по защите жизни и здоровья обучающихся, сотрудников, педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37806EA4" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27. Действия персонала (сотрудники, педагоги) и обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55214C57" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      при стрельбе на улице не стойте у окна, даже если оно закрыто занавеской;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="797A795F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не поднимайтесь выше уровня подоконника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A8F348F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не разрешайте обучающимся входить в класс, со стороны которого слышны выстрелы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E04651" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При стрельбе на улице, ложитесь на землю и постарайтесь отползти за укрытие (угол здания, клумба, остановка), если такого поблизости нет, закройте голову руками и лежите смирно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F64846" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Когда все утихнет, сможете подняться и, изменив маршрут, добраться до места назначения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="433F7DC5" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Параграф 7. При взрыве здания организации образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C8CE52" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      28. Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33A0253D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      организовать максимально возможные условия для безопасности обучающихся, воспитанников, педагогов и других сотрудников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21C15BF8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      незамедлительно информировать правоохранительные и/или специальные государственные органы о взрыве здания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F20586" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      организация действий воспитанников, обучающихся, сотрудников и педагогов на защиту их жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CCAA3A6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      29. Действия персонала (сотрудники, педагоги) и обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F4D319" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      лечь на пол, стараясь не оказаться вблизи стеклянных шкафов, витрин и окон;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F533DF9" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      укрыться под главными стенами, потому что гибель чаще всего несут перегородки, потолки, люстры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="477D55C5" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не выходить на лестничные клетки, касаться включенных электроприборов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E503804" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оказавшись в темноте, не стоит чиркать спичками - может возникнуть утечка газа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5681B5F0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      выходить из здания надо, прижавшись спиной к стене, особенно если придется спускаться по лестнице. Надо пригнуться, прикрыть голову руками - сверху могут посыпаться обломки и стекла.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="492D92C7" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Оказавшись на улице, отойдите от здания, следите за карнизами и стенами, которые могут рухнуть. Ориентироваться надо быстро и осторожно, так как при обрушении дома поднимается густая туча пыли, вызывающая панику.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7464A6EB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Параграф 8. При атаке организации образования террористами</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54648247" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      30. Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EE6AFD7" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      организовать максимально возможные условия для безопасности обучающихся, воспитанников, педагогов и других сотрудников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62F4A0F9" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      незамедлительная передача информации в правоохранительные и/или специальные государственные органы о выявлении на объекте подозрительного лица или группы лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DD05070" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      предоставление сотрудникам правоохранительных органов максимально полной информации о подозрительном лице, которая может сократить время выявления и задержания злоумышленника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BAACCAE" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обеспечение организованной эвакуации людей и собственной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="027AE996" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      31. Действия персонала (сотрудники, педагоги):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="405FBFB6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      организовать защиту находящихся рядом обучающихся: незаметно вывести из здания или укрыться в помещении, заблокировать дверь, дождаться прибытия сотрудников правопорядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344A8701" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      защититься: незаметно покинуть здание или укрыться в помещении, заблокировать дверь, дождаться прибытия сотрудников правопорядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A2A12B2" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      по возможности информировать любым способом правоохранительные и/или специальные государственные органы, охрану, персонал, руководство объекта о факте и обстоятельствах вооруженного нападения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B1C0EA2" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      32. Действия обучающихся и родителей (законных представителей):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E6A19C4" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      защититься: незаметно покинуть здание или укрыться в помещении, заблокировать дверь, дождаться прибытия сотрудников правопорядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="776B67E4" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      по возможности информировать любым способом правоохранительные и/или специальные государственные органы, охрану, персонал, руководство объекта о факте и обстоятельствах вооруженного нападения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E7D810C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      33. Действия лиц, обеспечивающих безопасность организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FCCA6DD" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      выявить по внешним признакам приверженца/ев нетрадиционных течений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="492A4FB7" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      по возможности блокировать его/их продвижение к местам массового пребывания людей на объекте;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7740FABD" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      информировать любым способом руководство объекта, правоохранительные и/или специальные государственных органов о выявлении подозрительного лица или группы лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E02E02" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      принять меры к обеспечению безопасности людей на объекте (эвакуация, блокирование внутренних барьеров);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D51B441" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      при необходимости организовать наблюдение передвижений подозрительного лица или группы лиц по объекту (лично либо через систему видеонаблюдения);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="027CFDEE" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обеспечить собственную безопасность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10263E8C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      34. Внешние признаки террориста:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="263A4559" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      одежда, не соответствующая погоде, просторная, призванная скрыть элементы самодельного взрывного устройства (СВУ);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24833290" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      торчащие из-под одежды элементы СВУ, провода, тумблеры, выключатели;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58377FE0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      наличие в руках больших сумок или баулов, в которых можно скрыть оружие или взрывное устройство;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64318BBD" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осторожное обращение к переносимым вещам, прижимание их к телу и периодическое их непроизвольное ощупывание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BCAC9EB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      использование камуфлированной форменной одежды, в которой могут присутствовать различные нарушения (отсутствие шевронов, несоответствие цвета нижних и верхних частей формы, головного убора).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB12AAB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Глава 3. Практические мероприятия по предупреждению актов терроризма в организациях образования и на еҰ территории</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60BEA3FB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      35. Действия руководителя по предупреждению актов терроризма:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CA5C76D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      знать самим и доводить до сведения сотрудников, обучающихся требования руководящих документов в сфере противодействия терроризму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EE06202" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      организовать взаимодействие с подразделениями органов внутренних дел по вопросам реагирования на возможные террористической угрозы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="111CD686" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      регулярно проводить практические тренировки по отработке алгоритмов действий с участием сотрудников, педагогов, обучающихся и при необходимости их родителей (законных представителей);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5E8675" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      определить ответственное должностное лицо за реализацию мер антитеррористической защиты организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3758FDB0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      36. Действия ответственного должностного лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C0911D7" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      планировать и проводить занятия по вопросам противодействия терроризму с сотрудниками, педагогами и обучающимися;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32FE5B32" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не менее 2-х раз в полугодие планировать и проводить тренировки с сотрудниками, педагогами и обучающимся по действиям при возникновении угрозы совершения акта терроризма в помещениях и на территории учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62FD4AD4" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      представлять руководителю предложения по вопросам совершенствования мер противодействия терроризму и обеспечения безопасности сотрудников, педагогов и обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A2C93AA" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ежедневно осуществлять контроль за состоянием объекта организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B29A2C6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обращать внимание на посторонних лиц с неадекватным поведением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57563A61" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      37. Действия заместителя директора по административно-хозяйственной работе (АХР):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="220A7AC6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      следить за освещением территории организации образования в темное время;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0714C81D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обеспечивать своевременный вывоз мусора с территории организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="434DAD44" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обращать внимание на посторонних лиц с неадекватным поведением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15FCF467" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38. Действия заместителя директора по воспитательной работе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2438E012" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      включать в годовые и месячные планы воспитательной работы проведение мероприятий с участием обучающихся, педагогов и сотрудников организации образования с сотрудниками правоохранительных органов на темы: "Внешние признаки террориста", "Как выглядит самодельное взрывное устройство", "Что делать, если в школе стреляют", "Меры первой медицинской помощи при различных травмах", "Психологический портрет лица, вынашивающего противоправные намерения", "Опасность экстремистских организаций", "Как террористы и экстремисты могут использовать подростков и молодежь в своих преступных целях".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34F8E569" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      39. Действия классных руководителей и педагогов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B85C2F0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обращать внимание на посторонних лиц с неадекватным поведением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65944A33" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      выявлять обучающихся, склонных к насильственным акциям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04EF7EA4" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      предупреждать и выявлять факты нарушения отдельными обучающимися правил внутришкольного распорядка, вовлечение их в экстремистские организации и реакционные религиозные секты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72DA1392" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      принимать деятельное участие в практических тренировках по отработке алгоритмов реагирования на террористические проявления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="332DB882" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      вносить предложения по совершенствованию маршрутов эвакуации, повышать личную стрессоустойчивость и способность управлять в кризисной ситуации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C0C1F6D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      40. Действия вахтеров:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="781E8E62" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обращать внимание на посторонних лиц с неадекватным поведением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4749341F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      знать номера телефонов экстренных служб;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E61601A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ежедневно контролировать выдачу ключей от учебных помещений педагогам и сдачу ключей после окончания занятий и наведения порядка в учебных помещениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B0B34A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      организовать взаимодействие с участковыми инспекторами и инспекторами по делам несовершеннолетних по отработке подозрительных посетителей организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DDB02AA" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      41. Действия дежурного администратора:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2601F300" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обращать внимание на посторонних лиц с неадекватным поведением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D4062A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      прибывать за 30 мин до начала занятий в организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67FD57D1" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осуществлять контроль за работой дежурных педагогов и организацией пропуска обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D1ECF9A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      информировать руководителя объекта и охрану о попытке проникновения лиц с подозрительной ручной кладью (тяжелые сумки, ящики, большие свертки).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="220F4F9E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      42. Действия постоянного состава организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="406E1FDD" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обращать внимание на посторонних лиц с неадекватным поведением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC9355A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      прибывать на свои рабочие места за 15 минут до начала занятий с целью проверки их состояния на предмет отсутствия посторонних и подозрительных, предметов и для подготовки их к занятиям (работе);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5110B641" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      педагогам, проводящим занятия в незакрепленных за ними учебных помещениях (классах, кабинетах), получать и сдавать ключи вахтеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092CBF6C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ответственным дежурным контролировать уборку учебных классов после окончания занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B8439D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      43. Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C06AC68" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      прибывать в школу заблаговременно с целью своевременной подготовки к началу занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="271111D6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44. Действия лиц, обеспечивающих безопасность организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E6028D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      при пропуске на территорию учреждения автотранспортных средств, проверять соответствующие документы и характер ввозимых грузов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16FCC3D3" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      особое внимание уделять проверке документов и цели прибытия лиц из других организаций, посещающих школу по служебным делам, делать соответствующие записи в книге посетителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F13F01" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ограничить пропуск в здание школы посторонних лиц (выяснение причин);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="370B02E6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      держать входные двери здания свободными для входа и выхода во время массового (общего) прибытия сотрудников, педагогов и обучающихся на работу и занятия и убытия их после окончания работы и занятий. В остальное время суток входные двери открываются охранником по звонку прибывшего;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C7AFD02" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      после окончания рабочего дня регулярно проверять внутренние помещения организации образования и каждые два часа обходить территорию учреждения, обращать внимание на посторонние и подозрительные предметы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55490C31" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      о всех обнаруженных нарушениях немедленно докладывать руководителю организации образования и своим непосредственным начальникам в охранном предприятии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E65A52A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Примечание: Каждый сотрудник и обучающийся при обнаружении недостатков и нарушений, касающихся обеспечения безопасности в учреждении, незамедлительно сообщает об этом директору школы или его заместителю по безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C7E35A4" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 4. Порядок действий сотрудников, обучающихся и воспитанников организаций образования при возникновении чрезвычайных ситуаций техногенного характера</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20DCB84F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Параграф 1. Возникновение пожара (взрыва)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E977F79" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      45. Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25021774" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      немедленно сообщить об этом по телефону в государственную противопожарную службу (далее - ГПС) по номеру 101 или единую дежурно-диспетчерскую службу 112;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C4A9674" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      принять посильные меры по спасению и эвакуации людей, тушению пожара первичными средствами пожаротушения и сохранности материальных ценностей,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="347ACDC3" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      проверить включение в работу автоматических систем противопожарной защиты (оповещения людей при пожаре);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="663481B6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      при необходимости отключить электроэнергию (за исключением систем противопожарной защиты), остановить работу систем вентиляции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07611516" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      выполнить другие мероприятия, способствующие предотвращению развитию пожара и задымления помещений здания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3272AB09" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осуществлять общее руководство по тушению пожара (с учетом специфических особенностей объекта) до прибытия подразделения ГПС;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74183B07" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      обеспечить соблюдение требования безопасности сотрудниками, принимающими участие в тушении пожара;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="609D75AD" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      организовать встречу подразделений ГПС и оказать помощь в выборе кратчайшего пути для подъезда к очагу пожара и противопожарного водоснабжения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B84AB0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      По прибытии пожарного подразделения руководитель организации образования информирует руководителя тушения пожара о конструктивных особенностях объекта, прилегающих строений и сооружений, количестве и пожароопасных свойствах хранимых веществ – и других сведениях, необходимых для успешной ликвидации пожара, безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2015F770" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46. Действия персонала (сотрудники, педагоги):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05C251B1" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      немедленно сообщить руководству, а также по телефону в государственную противопожарную службу (далее - ГПС) по номеру 101 или единую дежурно-диспетчерскую службу 112, назвав адрес и номер объекта, место возникновения пожара, свою фамилию и должность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC4AA27" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      прекратить занятие, обесточить электрические приборы и оборудование, выключить свет и закрыть окна;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35C04C25" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      выдать обучающимся имеющиеся в кабинете средства защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D360734" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      соблюдая выдержку и спокойствие, не допуская паники, вывести учащихся на первый этаж и далее к основному или запасному выходам из школы согласно утвержденному плану эвакуации при пожаре;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CBF0E9D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оказать первую помощь пострадавшим по мере возможности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A063C5" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      организовать встречу пожарных и спасателей, показать им места подъезда к школе, размещение люков пожарных гидрантов, план эвакуации и место возгорания на плане;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C204206" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осуществить перекличку обучающихся, о ее результатах доложить руководителю организации образования и информировать родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C91C8A1" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      одеть воспитанников и вывести из групп, провести перекличку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FCAAA45" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      47. Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF2F47A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обучающиеся, услышав тревогу о пожаре, по указанию преподавателя, покидают кабинет и здание, согласно плана эвакуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F99DD3E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в ходе эвакуации не поднимать панику и не толкаться;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CC93CD0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      при сильном задымлении обязательно использовать средства защиты органов дыхания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2EAE42" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не разбегаясь собраться в одном месте сбора, указанного в плане эвакуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CE00ABE" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в случае отсутствия рядом сидящего согруппника на месте сбора, немедленно сообщите педагогу или сотруднику организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A090319" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      48. Действия лиц, обеспечивающих безопасность организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76C8BB75" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      немедленно сообщить руководству, а также по телефону в государственную противопожарную службу (далее - ГПС) по номеру 101 или единую дежурно-диспетчерскую службу 112, назвав адрес и номер объекта, место возникновения пожара, свою фамилию и должность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DCC6E7E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      задействовать системы оповещения объекта и проинформировать о возникновении возгорания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B79C54" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      начать своевременную эвакуацию людей с объекта, проверив наличие лиц в каждой части объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF54A6F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      принять меры по локализации и тушению пожара первичными средствами пожаротушения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69357158" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оказать первую помощь пострадавшим по мере возможности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="424A21E6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      организовать встречу пожарных и спасателей, показать им места подъезда к объекту, размещение люков пожарных гидрантов, план эвакуации и место возгорания на плане;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="310341BB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      после приезда пожарных необходимо оцепить территорию до прибытия сотрудников органов внутренних дел и запретить вход на нее лицам, не задействованным в тушении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64FD8038" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Параграф 2. Внезапное обрушение зданий и сооружений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2CC3A6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      49. Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C5AB94F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      немедленно сообщить в единую дежурно-диспетчерскую службу по номеру 112;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F83C4DF" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      организовать немедленную эвакуацию учащихся и персонала с объекта, проверив наличие лиц в каждой части объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D246931" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в ходе проведения эвакуации пресекать панику и давку в проходах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E44FE6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оказать первую помощь пострадавшим по мере возможности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39D9EEE4" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      определить место сбора на безопасном расстоянии от здания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78AE6D7A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      организовать перекличку сотрудников, воспитанников и обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56AADA8E" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      50. Действия персонала (сотрудники, педагоги) и обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738F4F87" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      постарайтесь как можно быстрее покинуть здание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BEAD4FE" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обучающимся действовать по указанию педагога;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AFA044A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      покидая помещение спускайтесь по лестнице;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="448379ED" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      не создавайте панику и давку при эвакуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02E95A49" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оказать первую помощь пострадавшим по мере возможностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D39462F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оказавшись на улице не стойте вблизи зданий, а перейдите на открытое пространство и в места эвакуаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2946649A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      при отсутствии возможности покинуть здание, займите самое безопасное место: проемы и углы капитальных стен, под балками каркаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C8E252A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      если возможно, спрячьтесь под стол - он защитит от падающих предметов и обломков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44347F18" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      держитесь подальше от окон и электроприборов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CFC9675" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      51. Действия лиц, обеспечивающих безопасность организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7124DF11" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      немедленно сообщить в единую дежурно-диспетчерскую службу по номеру 112, назвав адрес и номер объекта, место обрушения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E8E83D7" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      задействовать системы оповещения объекта и проинформировать об обрушении и порядке действия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C64A1E7" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      начать своевременную эвакуацию людей с объекта, проверив наличие лиц в каждой части объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA3E9BE" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      принять меры по локализации и тушению пожара первичными средствами пожаротушения возникших в результате обрушения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A4AFB29" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оказать первую помощь пострадавшим по мере возможности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39922544" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      организовать встречу пожарных и спасателей, показать им места подъезда к объекту, размещение люков пожарных гидрантов, план эвакуации и место обрушения на плане;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36AC8595" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      после приезда пожарных необходимо оцепить территорию до прибытия сотрудников органов внутренних дел и запретить вход на нее лицам, не задействованным в проведение аварийно-спасательных работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="138D83D7" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      52. Действия в случае если оказались в завале:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3707995C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дышите глубоко, не поддавайтесь панике и страху;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3993387D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      перевернитесь лицом вниз и постарайтесь перебраться в более безопасное место (углы завала);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FEAD39F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осмотрите себя и по возможности окажите себе первую помощь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC56E27" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      с осторожностью максимально расширьте пространство вокруг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="071F9D85" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подайте сигнал, с помощью ритмичного стука металлическими предметами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62EAB881" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обнаружив узкий выход протиснитесь через него, расслабив мышцы и прижав локти к телу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B507C0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не впадайте в отчаяние и ждите помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78F73740" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Параграф 3. Возникновение аварий с выбросами в атмосферу сильнодействующих ядовитых, радиоактивных и биологически опасных веществ (СДЯВ)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F0F7EAC" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      53. Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="507B6007" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      немедленно сообщить об этом в единую дежурно-диспетчерскую службу по номеру 112;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="281FDAB0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      принять посильные меры по спасению, эвакуации и недопущению заражения среди сотрудников и учащихся объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69156C39" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      при необходимости укрыться в подвальном заглубленном помещении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75E5C230" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      проверить включение в работу автоматических систем противопожарной защиты (оповещения людей при пожаре);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A579278" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      приостановить работу систем вентиляции для недопущения распространения облака заражения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C9AAFC7" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      выполнить другие мероприятия, способствующие предотвращению развитию облака заражения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35564940" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оказать первую помощь пострадавшим по мере возможности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A44DB90" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ограничить вход в здание объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA80FCF" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      определить место сбора на безопасном расстоянии от здания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="207352A4" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      организовать перекличку сотрудников, педагогов и обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03361A46" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      54. Действия персонала (сотрудники, педагоги):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D9AA7DA" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      прекратить занятия, обесточить электрические приборы и оборудование, выключить свет и закрыть окна;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4126276C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      выдать учащимся имеющиеся в кабинете средства защиты (ватно-марлевые повязки);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC320D0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      соблюдая выдержку и спокойствие, не допуская паники, вывести обучающихся на первый этаж и далее к основному или запасному выходам из школы согласно утвержденному плану эвакуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BCECFD0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оказать первую помощь пострадавшим по мере возможности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380728F8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При эвакуации из здания соблюдать следующие правила:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05BB73BC" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      двигаться быстро, но не бежать и не поднимать пыли;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0353AB46" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      не прислоняться к стенкам и не касаться окружающих предметов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BDE43D8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не наступать на встречающиеся по пути капли жидкости или порошкообразные россыпи неизвестных веществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58DD7DC7" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не снимать средства индивидуальной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="442F10A3" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не принимать пищу, не пить воду;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C9E12C8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      следовать к месту сбора расположенного на безопасном расстоянии от здания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37436D21" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      провести перекличку обучающихся и доложить руководителю организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BE6919" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      55. Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13D2C352" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обучающиеся, услышав сигнал оповещения о выбросе СДЯВ, следуют указаниям педагога;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="179BCF19" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      надеть ватно-марлевую повязку;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F64AF4C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не паниковать и не устраивать давку при эвакуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64A5DFCF" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оказать первую помощь пострадавшим по мере возможности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A87E2F0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При эвакуации из здания соблюдать следующие правила:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A19E9C0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      двигаться быстро, но не бежать и не поднимать пыли;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F295F6A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не прислоняться к стенкам и не касаться окружающих предметов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="613E383A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не наступать на встречающиеся на пути капли жидкости или порошкообразные россыпи неизвестных веществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AFFF74B" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      не снимать средства индивидуальной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38BEB324" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не принимать пищу, не пить воду;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06EB3D14" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      следовать к месту сбора, расположенного на безопасном расстоянии от здания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0992E94F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в случае отсутствия рядом сидящего согруппника на месте сбора, немедленно сообщить педагогу, сотруднику или руководителю организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640D2249" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      56. Действия лиц, обеспечивающих безопасность организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E93943" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      немедленно сообщить руководству, а также в единую дежурно-диспетчерскую службу по номеру 112, назвав адрес и номер объекта, и информацию о произошедшим;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C46AB04" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      задействовать системы оповещения объекта и проинформировать о выбросе СДЯВ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E1B6C9A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      начать своевременную эвакуацию людей с объекта, проверив наличие лиц в каждой части объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D2239F8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оказать первую помощь пострадавшим по мере возможности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0516B9C3" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      организовать встречу спасателей, показать им места подъезда к объекту, размещение люков пожарных гидрантов, план эвакуации и место выброса на плане;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53E11913" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      после приезда спасателей необходимо оцепить территорию до прибытия сотрудников органов внутренних дел и запретить вход на нее лицам, не задействованным в мероприятиях по обеззараживанию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D8BC052" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Глава 5. Практические мероприятия по обучению сотрудников, обучающихся и воспитанников организаций образования способам защиты и действиям в случаях чрезвычайных ситуаций техногенного характера</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="755E027F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      57. Обучение сотрудников, обучающихся и воспитанников организаций образования способам защиты и действиям в случаях чрезвычайных ситуаций техногенного характера — это целенаправленный и специально организованный процесс формирования у обучаемых: знаний, умений и навыков, необходимых при защите от опасностей, возникающих в случаях чрезвычайных ситуаций техногенного характера или при воздействии вторичных поражающих факторов чрезвычайных ситуаций, а также аварий, катастроф и стихийных бедствий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3292B3F4" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      58. Основными задачами по обучению сотрудников, обучающихся и воспитанников организаций образования способам защиты и действиям в случаях чрезвычайных ситуаций техногенного характера, являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="410E6E2F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) обучение правилам поведения, способам защиты и действиям в чрезвычайных ситуациях, приемам оказания первой медицинской помощи пострадавшим, правилам пользования средствами индивидуальной и коллективной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A5D30B" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) совершенствование практических навыков в организации и проведении мероприятий по предупреждению чрезвычайных ситуаций и ликвидации их последствий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319E4243" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) практическое усвоение в ходе учений и тренировок, порядка действий в чрезвычайных ситуациях техногенного характера, а также при проведении аварийно-спасательных и неотложных работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F60C215" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      59. Действия руководителя по предупреждению чрезвычайных ситуаций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E026CE1" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      знать самим и доводить до сведения сотрудников, обучающихся требования руководящих документов в сфере гражданской защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E17D7FF" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      организовать взаимодействие с подразделениями органов внутренних дел, гражданской защиты по вопросам реагирования на возможные чрезвычайные угрозы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C60677" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      регулярно проводить практические тренировки по отработке алгоритмов действий с участием сотрудников, педагогов, обучающихся и при необходимости их родителей (законных представителей) в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00A7527D">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Министра внутренних дел Республики Казахстан от 2 июля 2020 года № 494 "Об утверждении Правил информирования, пропаганды знаний, обучения населения и специалистов в сфере гражданской защиты" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 20990);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EF2B8E1" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      определить ответственное должностной лицо за реализацию мер гражданской защите.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30AB6BAD" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      60. Действия ответственного должностного лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B4EA0D1" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      планировать и проводить занятия по вопросам гражданской защиты с сотрудниками, педагогами и обучающимися;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="527C4B04" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      не менее 2-х раз в полугодие планировать и проводить тренировки с сотрудниками, педагогами и обучающимся по действиям при возникновении угрозы чрезвычайных ситуаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0556B12C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      представлять руководителю предложения по вопросам совершенствования мер гражданской защиты и обеспечения безопасности сотрудников, педагогов и обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69D79ADB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ежедневно осуществлять контроль за состоянием объекта организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F5CB467" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      61. Действия заместителя директора по административно-хозяйственной работе (АХР):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72819C05" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      следить за освещением территории организации образования в темное время;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="714B6C64" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обеспечивать беспрепятственный проезд специальной и аварийно-спасательной техники на территорию организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="758A2CD7" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обеспечивать своевременный вывоз мусора с территории организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E71F54" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обеспечить надлежащее состояние средств защиты (пожарные краны, огнетушители и электрощиты).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA9B0A8" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      62. Действия заместителя директора по воспитательной работе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01EB0064" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      включать в годовые и месячные планы воспитательной работы проведение мероприятий с участием обучающихся, педагогов и сотрудников организации образования, правоохранительных органов и органов по вопросам гражданской защиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F7AAA43" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      63. Действия классных руководителей и педагогов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE28D15" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      принимать деятельное участие в практических тренировках по отработке алгоритмов реагирования на чрезвычайные ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="014B26B7" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      вносить предложения по совершенствованию маршрутов эвакуации, повышать личную стрессоустойчивость и способность управлять в кризисной ситуации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B18E3EB" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      64. Действия вахтеров:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44EC7302" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      знать номера телефонов экстренных служб;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E04E15A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ежедневно контролировать выдачу ключей от учебных помещений педагогам и сдачу ключей после окончания занятий и наведения порядка в учебных помещениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C461A6D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      65. Действия дежурного администратора:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0870B48C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      прибывать за 30 мин до начала занятий в организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66CB1661" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осуществлять контроль за работой дежурных педагогов и организацией пропуска обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="182677EF" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      66. Действия постоянного состава организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16D3C67F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      прибывать на свои рабочие места за 15 минут до начала занятий с целью подготовки к занятиям (работе);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5572B23A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      педагогам, проводящим занятия в незакрепленных за ними учебных помещениях (классах, кабинетах), получать и сдавать ключи вахтеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C2C4ED6" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ответственным дежурным контролировать уборку учебных классов после окончания занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AD93392" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      67. Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="399C3AFC" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      прибывать в школу заблаговременно с целью своевременной подготовки к началу занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="398FB24F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      68. Обязательными требованиями к основным и вспомогательным помещениям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B85597" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) закрыты и опечатаны чердачные, подвальные, подсобные помещения и запасные выходы из зданий организации образования, а пути их не захламлены для беспрепятственного доступа в то или иное помещение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32B87A57" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) хранить в определенном месте (пост охраны, вахтер) дубликаты ключей от эвакуационных выходов и других вспомогательных помещений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A3A3870" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) быть опечатанными все пожарные краны, огнетушители и электрощиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569422E9" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 6. Телефоны служб экстренного реагирования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C0C3903" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      69. При готовящемся или совершенном преступлении немедленно сообщите об этом в территориальные органы Комитета национальной безопасности или Министерства внутренних дел по месту жительства, либо по телефону доверия или на адрес электронной почты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BF3DEF0" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Телефон дежурной службы Комитета национальной безопасности: 110</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65BC7587" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Телефон единой дежурно-диспетчерской службы: 112</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09F59BCE" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Телефон противопожарной службы:101</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E66E68F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Телефон дежурной службы органов внутренних дел: 102</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CA7C2AF" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Телефон скорой медицинской помощи: 103</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="4960"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A7527D" w:rsidRPr="00A7527D" w14:paraId="08F454D8" w14:textId="77777777" w:rsidTr="00A7527D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE47909" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7527D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A04105A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z752"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="00A7527D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7527D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>к Инструкции по организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7527D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>антитеррористической защиты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7527D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>объектов, уязвимых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7527D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>в террористическом отношении,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7527D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Министерства образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7527D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7527D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>и объектов, уязвимых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7527D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>в террористическом отношении,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7527D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>осуществляющих деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7527D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>в сфере образования и науки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="20679798" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Журнал учета учебных мероприятий по антитеррористической подготовке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(титульный лист)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(наименование организации)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="412F73BE" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Журнал № ___ учета проведения учебных мероприятий по антитеррористической подготовке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Дата начала ведения журнала "___" _____ 20__ г.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Дата окончания ведения журнала "___" _____ 20__ г. (внутренняя сторона)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54780B7A" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Раздел 1. Инструктажи</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="573"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1864"/>
+        <w:gridCol w:w="546"/>
+        <w:gridCol w:w="1731"/>
+        <w:gridCol w:w="2788"/>
+        <w:gridCol w:w="1553"/>
+        <w:gridCol w:w="2553"/>
+        <w:gridCol w:w="2222"/>
+        <w:gridCol w:w="1987"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w14:paraId="05C6F988" w14:textId="77777777" w:rsidTr="00E07BA3">
+      <w:tr w:rsidR="00A7527D" w:rsidRPr="00A7527D" w14:paraId="5E8E273A" w14:textId="77777777" w:rsidTr="00A7527D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A7FA4BC" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="1C5D1DCA" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>№ р/с</w:t>
+              <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DDF792A" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="3B4C9963" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Нұсқаманы өткізу күні</w:t>
+              <w:t>Дата проведения инструктажа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01383B4B" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="04A53DFD" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Нұсқау берушінің Т. А. Ә, (әкесінің аты болған жағдайда) және лауазымы</w:t>
+              <w:t>Ф.И.О. (отчество при его наличии) и должность инструктируемого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6547699C" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="5247D047" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Нұсқаулық түрі</w:t>
+              <w:t>Вид инструктажа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FAB7CCE" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="280E0491" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Нұсқаманы өткізген адамның Т. А. Ә, (әкесінің аты болған жағдайда) және лауазымы</w:t>
+              <w:t>Ф.И.О. (отчество при его наличии) и должность лица, проводившего инструктаж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70DFEF28" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="3CD2012C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Нұсқаманы алған адамның қолы</w:t>
+              <w:t>Подпись инструктируемого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59E6C957" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="5F83CE4C" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Нұсқаманы өткізген адамның қолы</w:t>
+              <w:t>Подпись лица, проводившего инструктаж</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w14:paraId="3E69A0BC" w14:textId="77777777" w:rsidTr="00E07BA3">
+      <w:tr w:rsidR="00A7527D" w:rsidRPr="00A7527D" w14:paraId="2F81E85D" w14:textId="77777777" w:rsidTr="00A7527D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D5F919A" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="0E83D24F" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16618775" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="7227EC4D" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3696440F" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="00A12A61" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DBDC1E6" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="41E38E00" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33C47537" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="51CB69C5" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12D17E99" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="03A592B9" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09F26F3B" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="01FA62C2" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34A1CE07" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+          <w:p w14:paraId="7DAB4BA5" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E07BA3">
+            <w:r w:rsidRPr="00A7527D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Жүктеу</w:t>
+              <w:t>Скачать</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="75481CFE" w14:textId="77777777" w:rsidR="00E07BA3" w:rsidRPr="00E07BA3" w:rsidRDefault="00E07BA3" w:rsidP="00E07BA3">
+    <w:p w14:paraId="25BC0616" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E07BA3">
+      <w:r w:rsidRPr="00A7527D">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2-бөлім. Сабақ</w:t>
-[...128 lines deleted...]
-    <w:sectPr w:rsidR="007514C2" w:rsidSect="00E07BA3">
+        <w:t>Раздел 2. Занятия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39424CB7" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Дата проведения занятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F85D056" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Тема занятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B965481" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Учебные вопросы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21348380" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Количество присутствующих сотрудников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A58689" w14:textId="77777777" w:rsidR="00A7527D" w:rsidRPr="00A7527D" w:rsidRDefault="00A7527D" w:rsidP="00A7527D">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7527D">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Подпись лица, проводившего занятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="139E4102" w14:textId="77777777" w:rsidR="00060658" w:rsidRDefault="00060658"/>
+    <w:sectPr w:rsidR="00060658" w:rsidSect="00A7527D">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="32017A93"/>
+    <w:nsid w:val="2EA35F2A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="46628744"/>
+    <w:tmpl w:val="47C834CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -21533,80 +21379,80 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C3296A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E07BA3"/>
+    <w:rsidRoot w:val="00301881"/>
+    <w:rsid w:val="00060658"/>
+    <w:rsid w:val="00301881"/>
+    <w:rsid w:val="00A7527D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{CF74985D-942D-4E68-9364-FEF3F5C3C8A9}"/>
+  <w15:docId w15:val="{6E650E2B-DD2F-4995-9DCF-C7609AFB9AE3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -21971,319 +21817,319 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00E07BA3"/>
+    <w:rsid w:val="00A7527D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00E07BA3"/>
+    <w:rsid w:val="00A7527D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00E07BA3"/>
+    <w:rsid w:val="00A7527D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00E07BA3"/>
+    <w:rsid w:val="00A7527D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="msonormal0">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00E07BA3"/>
+    <w:rsid w:val="00A7527D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E07BA3"/>
+    <w:rsid w:val="00A7527D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="selected">
     <w:name w:val="selected"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00E07BA3"/>
+    <w:rsid w:val="00A7527D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E07BA3"/>
+    <w:rsid w:val="00A7527D"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E07BA3"/>
+    <w:rsid w:val="00A7527D"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="inmobilehidden">
     <w:name w:val="in_mobile_hidden"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00E07BA3"/>
+    <w:rsid w:val="00A7527D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="537856094">
+    <w:div w:id="2079286603">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="111674813">
+        <w:div w:id="1540435392">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="2025938395">
+        <w:div w:id="405612559">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1787310270">
+            <w:div w:id="1948392467">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1231038154">
+        <w:div w:id="1576354447">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1624113601">
+            <w:div w:id="259147923">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200027414/links" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200027414" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200027414" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P1300001217" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200027414/history" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200027414" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200027414" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020990" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P2100000234" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/U1300000611" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200027414/info" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200027414" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200027414" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200027414" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P2100000305" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021693" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z990000416_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2100022857" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200027414/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z990000416_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P1100001151" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200027414/links" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P2100000305" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/U1300000611" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021693" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200027414/history" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z990000416_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200027414" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200027414" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P1100001151" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200027414/info" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200027414" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200027414" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2100022857" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z990000416_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P1300001217" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200027414/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P2100000234" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020990" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -22542,54 +22388,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>69</Pages>
-  <Words>15677</Words>
-  <Characters>89365</Characters>
+  <Words>15579</Words>
+  <Characters>88805</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>744</Lines>
-  <Paragraphs>209</Paragraphs>
+  <Lines>740</Lines>
+  <Paragraphs>208</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>104833</CharactersWithSpaces>
+  <CharactersWithSpaces>104176</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1152214</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>