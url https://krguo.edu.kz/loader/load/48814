--- v0 (2025-10-09)
+++ v1 (2025-12-19)
@@ -1,3923 +1,2995 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00AD306A" w:rsidRPr="00B20416" w:rsidRDefault="00AD306A" w:rsidP="00B20416">
-[...15 lines deleted...]
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="002D453E" w:rsidP="002D453E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4962"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Утвержден </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089517E" w:rsidRPr="004D5BA6" w:rsidRDefault="002D453E" w:rsidP="002D453E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4962"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приказом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00681FC4" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00681FC4" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. директора КГУ </w:t>
+      </w:r>
+      <w:r w:rsidR="00681FC4" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00681FC4" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Общеобразовательная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00681FC4" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00681FC4" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>школа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00681FC4" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №6» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отдела образования</w:t>
+      </w:r>
+      <w:r w:rsidR="0089517E" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0089517E" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осакаровского</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0089517E" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> района</w:t>
+      </w:r>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>управления</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Карагандинской</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>области</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="002D453E" w:rsidP="002D453E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4962"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="000702D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>95</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="002D453E" w:rsidP="002D453E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4962"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidR="000702D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="000702D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сентября </w:t>
+      </w:r>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="002D453E" w:rsidP="002D453E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="002D453E" w:rsidP="002D453E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="002D453E" w:rsidP="002D453E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Антикоррупционный стандарт </w:t>
+      </w:r>
+      <w:r w:rsidR="00681FC4" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r w:rsidR="00681FC4" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00681FC4" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Общеобразовательная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00681FC4" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00681FC4" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>школа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00681FC4" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №6» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отдела образования</w:t>
+      </w:r>
+      <w:r w:rsidR="0089517E" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осакаровского</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> района</w:t>
+      </w:r>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>управления</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Карагандинской</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>области</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="002D453E" w:rsidP="002D453E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="002D453E" w:rsidP="002D453E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="002D453E" w:rsidP="002D453E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD306A" w:rsidRPr="007F3093" w:rsidRDefault="00AD306A" w:rsidP="007F3093">
-[...49 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Настоящий антикоррупционный стандарт </w:t>
+      </w:r>
+      <w:r w:rsidR="00681FC4" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Общеобразовательная школа №6» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдела образования </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осакаровского</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> района</w:t>
+      </w:r>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007F3093">
-[...162 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>управления образования Карагандинской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разработан в соответствии со статьей 10 Закона Республики Казахстан от 18 ноября 2015 года «О противодействии коррупции», Методическими рекомендациями по разработке антикоррупционных стандартов, утвержденными Агентством по делам государственной службы Республики Казахстан и противодействия коррупции и носит рекомендательный характер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Наименование сферы общественных отношений </w:t>
+      </w:r>
+      <w:r w:rsidR="000B4A1B" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– образование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B4A1B" w:rsidRPr="004D5BA6" w:rsidRDefault="000B4A1B" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Наименование разработчика антикоррупционного стандарта – </w:t>
+      </w:r>
+      <w:r w:rsidR="00681FC4" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>КГУ «Общеобразовательная школа №6» о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тдел</w:t>
+      </w:r>
+      <w:r w:rsidR="00681FC4" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осакаровского</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> района</w:t>
+      </w:r>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AD306A" w:rsidRPr="007F3093">
-[...109 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="0080081D" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>управления образования Карагандинской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="000B4A1B" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="002D453E" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Антикоррупционный стандарт направлен на установление для обособленной сферы общественных отношений системы рекомендаций, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D453E" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>направленные  на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D453E" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  предупреждение коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="000B4A1B" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="002D453E" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Задачами разработки антикоррупционных стандартов является:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) формирование устойчивого антикоррупционного поведения у лиц, работающих в обособленной сфере общественных отношений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) своевременное выявление коррупционных проявлений и предотвращение их негативных последствий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="000B4A1B" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="002D453E" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Принципами антикоррупционных стандартов являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) законность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорентность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) этичность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) соблюдение прав и законных интересов физических и юридических лиц и их защита от коррупционных проявлений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="004D5BA6" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) недопущение конфликта интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="000B4A1B" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="002D453E" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Антикоррупционные </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D453E" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стандарты  определяют</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D453E" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> действия  и решения  лиц, работающих в обособленной  сфере общественных отношений, направленные  на </w:t>
+      </w:r>
+      <w:r w:rsidR="002D453E" w:rsidRPr="004D5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>неукоснительное  соблюдение  установленных п</w:t>
+      </w:r>
+      <w:r w:rsidR="002D453E" w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>равил и предотвращение коррупционных проявлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="000B4A1B" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="002D453E" w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. В основе антикоррупционных стандартов </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D453E" w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заложены  непосредственные</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D453E" w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> действия по исполнению должностных обязанностей с точки зрения недопущения проявлений коррупции при:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) реализации прав и законных  интересов  физических и юридических лиц в сфере, затрагиваемой  антикоррупционным стандартом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) подготовке и  принятии  управленческих  и иных решений  в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) подготовке  проектов  нормативных  правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) иных общественно  значимых  отношениях  в зависимости  от специфики соответствующей сферы  жизнедеятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="002D453E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD306A" w:rsidRPr="00B20416" w:rsidRDefault="00AD306A" w:rsidP="007F3093">
-[...1 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="002D453E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Правила поведения (действия) лиц, работающих в обособленной сфере общественных отношений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="002D453E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...285 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="000B4A1B" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="002D453E" w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. При реализации прав и законных интересов физических и юридических лиц в сфере, затрагиваемой антикоррупционным стандартом:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) руководствоваться Конституцией и законами Республики Казахстан, актами Президента, Правительства Республики Казахстан, иными</w:t>
+      </w:r>
+      <w:r w:rsidR="002236E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормативными правовыми актами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) способствовать укреплению единства народа Казахстана и межнационального согласия в стране, уважительно относиться к государственному и другим языкам, традициям и обычаям народа Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) быть честным, справедливым, скромным, соблюдать общепринятые морально-этические нормы в обращении с физическими лицами, представителями юридических лиц и коллегами, проявлять вежливость и корректность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) обеспечивать прозрачность принятия решений, затрагивающих права и законные интересы физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) своими действиями и поведением не давать повода для критики со стороны общества, не допускать преследования за критику, использовать конструктивную критику для устранения недостатков и улучшения своей деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) не использовать служебное положение для оказания влияния на деятельность государственных органов, организаций, государственных служащих и иных лиц при решении вопросов личного характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) не распространять сведения, не соответствующие действительности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) не допускать совершения проступков и иных правонарушений, за которые законом предусмотрена дисциплинарная, административная либо уголовная ответственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) обеспечить исполнение в государственном органе трудового законодательства и законодательства о государственной службе, обеспечение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>соблюдения режима и условий труда, а также ограничений, связанных с пребыванием на государственной службе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="000B4A1B" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="002D453E" w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. При оказании государственных услуг и иных разрешительных функций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) на постоянной основе принимать меры по повышению качества оказания  государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) предоставлять полную и достоверную информацию о порядке оказания государственных услуг услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>получателям в доступной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) не допускать истребования не предусмотренных документов, а равно избегать всяческой волокиты (бюрократии) в ходе оказания государственных услуг и иных разрешительных функций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) докладывать руководству при склонении к совершению коррупционного правонарушения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) обеспечивать постоянное совершенствование процесса оказания государственных услуг, экономичности и эффективности при оказании государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00681FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. При подготовке и принятии управленческих и иных решений в рамках своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) докладывать непосредственному или прямому руководителю о возникновении конфликта интересов, личной заинтересованности при исполнении служебных обязанностей, о склонении к коррупционному поведению и получению подарков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) не использовать служебное положение для оказания влияния на деятельность государственных органов, организаций, государственных служащих и иных лиц при решении вопросов личного характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) не дарить коллегам, руководителям и иным должностным лицам подарки и не оказывать неслужебные услуги для получения с использованием должностных полномочий имущественной выгоды, блага либо преимущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) проявлять активность в противодействии коррупции, раскрытии коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) незамедлительно докладывать руководству о ставших им известными фактах коррупции, а также о склонении к получению какой-либо выгоды за ускоренное рассмотрение материалов либо волокиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) незамедлительно в письменной форме сообщать непосредственному руководителю о сомнениях в правомерности полученного для исполнения распоряжения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) обращаться к вышестоящему руководству, если непосредственный руководитель сам вовлечен в конфликт интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) воздерживаться от оказания содействия кому-либо в осуществлении предпринимательской и иной деятельности, связанной с извлечением доходов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00681FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. При подготовке проектов нормативных правовых актов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) обеспечивать обязательное участие общественности, средств массовой информации в подготовке и обсуждении проектов нормативных правовых актов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) обеспечивать координацию ведения отделом образования, физической культуры и спорта мониторинга правовых актов и подготовка соответствующих отчетов на постоянной основе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3) разработанные проекты нормативных правовых актов до направления на согласование в заинтересованные государственные органы размещать для публичного обсуждения на интернет-портале открытых нормативных правовых актов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) не использовать в нормативных правовых актах нормы, содержащие  коррупционные факторы или их признаки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="000B4A1B" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="000953D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...902 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="002D453E" w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При организации кадровой работы по подбору и расстановке сотрудников/работников отдела образования, физической культуры и спорта рекомендуется:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) соблюдать установленные сроки рассмотрения материалов на назначения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) при приеме на службу/работу в отдел образования, физической культуры и спорта разъяснять основные обязанности, запреты и ограничение, возлагаемые на должностных лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) соблюдать требования законодательства Республики Казахстан при отборе кадров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) не допускать необоснованной передачи сведений о персональных данных государственных служащих;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) не требовать от кандидатов на службу/работу документы, не имеющие отношения для заключения трудового договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) объективно и всесторонне проводить служебные расследования в отношении работников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="000953D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. При иных взаимоотношениях, возникающих в зависимости от специфики сферы жизнедеятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) конкретно и четко определять задачи и объем служебных полномочий подчиненных должностных лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) не допускать неравномерного распределения трудовой нагрузки между должностными лицами, находящимися в подчинении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) проявлять справедливость и объективность при оценке результатов их деятельности, а также при применении мер поощрения и взысканий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) не допускать по отношению к подчиненным работникам необоснованных обвинений, фактов грубости, унижения человеческого достоинства, бестактности, некорректного поведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) не отдавать явно невыполнимых распоряжений или выходящих за рамки их должностных обязанностей, а также противоречащих законодательству;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) не использовать служебное положение для оказания влияния на деятельность подчиненных при решении вопросов внеслужебного характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) не принуждать подчиненных к совершению коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D453E" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="0089517E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) своевременно принимать исчерпывающие меры по урегулированию конфликта интересов, возникшего у коллег в ходе выполнения ими своих должностных обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00636C35" w:rsidRPr="0089517E" w:rsidRDefault="002D453E" w:rsidP="00681FC4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...722 lines deleted...]
-    <w:sectPr w:rsidR="00386EBF" w:rsidRPr="00B20416" w:rsidSect="00AC1279">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0089517E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9) обеспечивать сохранность имущества, рационально, эффективно в служебных целях использовать собственность, включая автотранспортные средства.     </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00636C35" w:rsidRPr="0089517E" w:rsidSect="002D453E">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="707" w:bottom="1134" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...1452 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:doNotDisplayPageBoundaries/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00635D2F"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00EA4568"/>
+    <w:rsidRoot w:val="002D453E"/>
+    <w:rsid w:val="000702D9"/>
+    <w:rsid w:val="000953D5"/>
+    <w:rsid w:val="000B4A1B"/>
+    <w:rsid w:val="002236E5"/>
+    <w:rsid w:val="002D453E"/>
+    <w:rsid w:val="00383A4D"/>
+    <w:rsid w:val="0039790F"/>
+    <w:rsid w:val="004D5BA6"/>
+    <w:rsid w:val="00584B3F"/>
+    <w:rsid w:val="00677CD7"/>
+    <w:rsid w:val="00681FC4"/>
+    <w:rsid w:val="006B2070"/>
+    <w:rsid w:val="006F369C"/>
+    <w:rsid w:val="007376EF"/>
+    <w:rsid w:val="0080081D"/>
+    <w:rsid w:val="00887407"/>
+    <w:rsid w:val="0089517E"/>
+    <w:rsid w:val="009123C6"/>
+    <w:rsid w:val="00B25B14"/>
+    <w:rsid w:val="00DC640F"/>
+    <w:rsid w:val="00F871A8"/>
+    <w:rsid w:val="00FA7607"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{3CFFFB52-D589-410B-8019-34C2837517B3}"/>
+  <w15:docId w15:val="{C0407B01-2244-481C-B0CF-1B93C41E5154}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4032,51 +3104,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4253,435 +3325,542 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="007376EF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="002D453E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:lang w:val="kk-KZ"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Normal (Web)"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="002D453E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="text-gray">
+    <w:name w:val="text-gray"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AD306A"/>
+    <w:rsid w:val="002D453E"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002D453E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00AD306A"/>
+    <w:rsid w:val="002D453E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...1 lines deleted...]
-    <w:uiPriority w:val="1"/>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00AC1279"/>
+    <w:rsid w:val="002D453E"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="002D453E"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0080081D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:val="kk-KZ"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0080081D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="1263103988">
+    <w:div w:id="1640182577">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1397</Words>
-  <Characters>7965</Characters>
+  <Words>1372</Words>
+  <Characters>7822</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
+  <Lines>65</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9344</CharactersWithSpaces>
+  <CharactersWithSpaces>9176</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>7</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>