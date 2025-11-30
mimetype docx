--- v0 (2025-10-10)
+++ v1 (2025-11-30)
@@ -1,43676 +1,11487 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p w14:paraId="4D911B00" w14:textId="342CBABE" w:rsidR="004215C5" w:rsidRDefault="004215C5">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="24E45194" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="39"/>
+          <w:szCs w:val="39"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="39"/>
+          <w:szCs w:val="39"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661A60E6" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 18 ноября 2015 года № 410-V ЗРК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1424556E" w14:textId="77777777" w:rsidR="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44FEC054" w14:textId="413B1F16" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Настоящий Закон регулирует общественные отношения в сфере противодействия коррупции и направлен на реализацию антикоррупционной политики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C25354C" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A7A9C32" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z1"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 1. Разъяснение некоторых понятий, содержащихся в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CC7001C" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Содержащиеся в настоящем Законе понятия применяются в следующем значении:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="495BF2C3" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) административно-хозяйственные функции – предоставленное в установленном законом Республики Казахстан порядке право управления и распоряжения имуществом, находящимся на балансе организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="677CEC58" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-1) лицо, занимающее ответственную государственную должность, – лицо, занимающее должность, которая установлена Конституцией Республики Казахстан, конституционными и иными законами Республики Казахстан для непосредственного исполнения функций государства и полномочий государственных органов, в том числе депутат Парламента Республики Казахстан, судья, Уполномоченный по правам человека в Республике Казахстан, а равно лицо, занимающее согласно законодательству Республики Казахстан о государственной службе политическую государственную должность либо административную государственную должность корпуса "А";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E83CD14" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) должностное лицо – лицо, постоянно, временно или по специальному полномочию осуществляющее функции представителя власти либо выполняющее организационно-распорядительные или административно-хозяйственные функции в государственных органах, органах местного самоуправления, а также в Вооруженных Силах, других войсках и воинских формированиях Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="615F3B53" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-1) лицо, исполняющее управленческие функции в государственной организации или субъекте </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора, – лицо, постоянно, временно либо по специальному полномочию исполняющее организационно-распорядительные или административно-хозяйственные функции в указанных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D73CECC" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) лицо, уполномоченное на выполнение государственных функций, – государственный служащий в соответствии с законами Республики Казахстан о государственной службе, депутат маслихата, а также лицо, временно исполняющее обязанности, предусмотренные государственной должностью, до назначения его на государственную службу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED1344F" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) лицо, приравненное к лицам, уполномоченным на выполнение государственных функций, – лицо, избранное в органы местного самоуправления; гражданин, зарегистрированный в установленном законом Республики Казахстан порядке в качестве кандидата в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы городов районного значения, поселков, сел, сельских округов, а также в члены выборного органа местного самоуправления; служащий, постоянно или временно работающий в органе местного самоуправления, оплата труда которого производится из средств государственного бюджета Республики Казахстан; лицо, исполняющее управленческие функции в государственной организации или субъекте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора, а также лицо, уполномоченное на принятие решений по организации и проведению закупок, в том числе государственных, либо ответственное за отбор и реализацию проектов, финансируемых из средств государственного бюджета и Национального фонда Республики Казахстан, занимающее должность не ниже руководителя самостоятельного структурного подразделения в указанных организациях, служащие Национального Банка Республики Казахстан и его ведомств; служащие уполномоченной организации в сфере гражданской авиации, действующие в соответствии с законодательством Республики Казахстан об использовании воздушного пространства Республики Казахстан и деятельности авиации, служащие уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AD0B07D" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) конфликт интересов – противоречие между личными интересами лиц, занимающих ответственную государственную должность, лиц, уполномоченных на выполнение государственных функций, лиц, приравненных к ним, должностных лиц и их должностными полномочиями, при котором личные интересы указанных лиц могут привести к неисполнению и (или) ненадлежащему исполнению ими своих должностных обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="730F7390" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) коррупция – незаконное использование лицами, занимающими ответственную государственную должность, лицами, уполномоченными на выполнение государственных функций, лицами, приравненными к лицам, уполномоченным на выполнение государственных функций, должностными лицами своих должностных (служебных) полномочий и связанных с ними возможностей в целях получения или извлечения лично или через посредников имущественных (неимущественных) благ и преимуществ для себя либо третьих лиц, а равно подкуп данных лиц путем предоставления благ и преимуществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32D15872" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) антикоррупционная политика – правовые, административные и организационные меры, направленные на снижение коррупционных рисков, повышение доверия общества к деятельности государственных органов, и иные меры в соответствии с настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="243ACE14" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) антикоррупционные ограничения – ограничения, установленные настоящим Законом и направленные на предупреждение коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F00A5BC" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) противодействие коррупции – деятельность субъектов противодействия коррупции в пределах своих полномочий по предупреждению коррупции, в том числе по формированию антикоррупционной культуры в обществе, выявлению и устранению причин и условий, способствующих совершению коррупционных правонарушений, а также по выявлению, пресечению, раскрытию и расследованию коррупционных правонарушений и устранению их последствий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E320A5" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) уполномоченный орган по противодействию коррупции –государственный орган, осуществляющий формирование и реализацию антикоррупционной политики Республики Казахстан и координацию в сфере противодействия коррупции, а также предупреждение, выявление, пресечение, раскрытие и расследование коррупционных правонарушений, и его территориальные подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="626843D0" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) коррупционное правонарушение – имеющее признаки коррупции противоправное виновное деяние (действие или бездействие), за которое законом установлена административная или уголовная ответственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54FE75A7" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      12) коррупционный риск – возможность возникновения причин и условий, способствующих совершению коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F46182" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) предупреждение коррупции – деятельность субъектов противодействия коррупции по изучению, выявлению, ограничению и устранению причин и условий, способствующих совершению коррупционных правонарушений, путем разработки и внедрения системы превентивных мер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A4D89E5" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) организационно-распорядительные функции – предоставленное в установленном законом Республики Казахстан порядке право издавать приказы и распоряжения, обязательные для исполнения подчиненными по службе лицами, а также применять меры поощрения и дисциплинарные взыскания в отношении подчиненных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BB015F3" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 1 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="z36" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 484-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z64" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>вводится</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z868" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 249-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.08.2019); от 03.07.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z1903" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 262-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2020); от 26.11.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z142" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 273-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.10.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z128" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 365-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z47" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 91-VII</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 2. Сфера действия настоящего Закона</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D46B336" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Настоящий Закон действует на территории Республики Казахстан в отношении физических и юридических лиц. За пределами Республики Казахстан настоящий Закон действует в отношении граждан Республики Казахстан и юридических лиц, зарегистрированных в Республике Казахстан, если иное не предусмотрено международным договором, ратифицированным Республикой Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C5617B4" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Уголовные ответственность и наказание за коррупционные преступления предусмотрены Уголовным кодексом Республики Казахстан, административные ответственность и взыскание за административные коррупционные правонарушения – Кодексом Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DD81C40" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>Сыбайлас</w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 3. Законодательство Республики Казахстан о противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C07E24" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Законодательство Республики Казахстан о противодействии коррупции основывается на Конституции Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B42271" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="669A0A16" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 4. Основные принципы противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E81E14F" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Противодействие коррупции осуществляется на основе принципов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17AD5C15" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) законности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B256EF" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) приоритета защиты прав, свобод и законных интересов человека и гражданина;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04BE0FB4" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) гласности и прозрачности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6D300E" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) взаимодействия государства и гражданского общества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D93D63" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      5) системного и комплексного использования мер противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E14D090" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) приоритетного применения мер предупреждения коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F91F6BC" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) поощрения лиц, оказывающих содействие в противодействии коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DB35CA4" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) неотвратимости наказания за совершение коррупционных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F5F152" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 5. Цель и задачи противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A37A64A" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Целью противодействия коррупции является устранение коррупции в обществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33F33402" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Достижение цели противодействия коррупции реализуется посредством решения следующих задач:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="141F0360" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) формирования в обществе атмосферы нетерпимости к коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D13AC4" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) выявления условий и причин, способствующих совершению коррупционных правонарушений, и устранения их последствий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69C83037" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) укрепления взаимодействия субъектов противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FEEA4F8" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) развития международного сотрудничества по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="413B82A7" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) выявления, пресечения, раскрытия и расследования коррупционных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2310223A" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 2. МЕРЫ ПРОТИВОДЕЙСТВИЯ КОРРУПЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CFDD194" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z6"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 6. Система мер противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="705DF1AE" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Система мер противодействия коррупции включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F0D9506" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) антикоррупционный мониторинг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="271AE7EA" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) анализ коррупционных рисков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E3FC297" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) формирование антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F18F8BD" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3-1) проведение научной антикоррупционной экспертизы проектов нормативных правовых актов в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C0B5B59" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) выявление коррупциогенных норм при производстве юридической экспертизы в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ABC6CBA" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) формирование и соблюдение антикоррупционных стандартов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09A3FE1B" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) финансовый контроль;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7357FFD0" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) антикоррупционные ограничения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11FDBCA3" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      8) предотвращение и разрешение конфликта интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E3A663F" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) меры противодействия коррупции в сфере предпринимательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31715F19" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) выявление, пресечение, раскрытие и расследование коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6559FE3F" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) сообщение о коррупционных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="487BB19E" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) устранение последствий коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C59E878" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) формирование и публикацию Национального доклада о противодействии коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="303816EA" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 6 с изменением, внесенным Законом РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z155" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 273-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2020).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D3E83F" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 7. Антикоррупционный мониторинг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46819F8A" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Антикоррупционный мониторинг – деятельность субъектов противодействия коррупции по сбору, обработке, обобщению, анализу и оценке информации, касающейся эффективности антикоррупционной политики, состояния правоприменительной практики в сфере противодействия коррупции, а также восприятия и оценки уровня коррупции обществом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D24546" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Целью антикоррупционного мониторинга является оценка правоприменительной практики в сфере противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EB88DF6" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Источниками антикоррупционного мониторинга являются правовая статистика и обращения физических и юридических лиц, сведения неправительственных и международных организаций, данные социологических опросов и публикаций в средствах массовой информации, а также иные не запрещенные законом источники информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="292ACFD7" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Результаты антикоррупционного мониторинга могут являться основанием для проведения анализа коррупционных рисков, а также совершенствования мер, направленных на формирование антикоррупционной культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A742ACB" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Положения настоящей статьи не распространяются на деятельность специальных государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="059A96B9" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 8. Анализ коррупционных рисков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1694FD0B" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Анализ коррупционных рисков (внешний и внутренний) – выявление и изучение причин и условий, способствующих совершению коррупционных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CBC4D8F" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Внешний анализ коррупционных рисков осуществляется уполномоченным органом по противодействию коррупции в порядке, определяемом Правительством Республики Казахстан по согласованию с Администрацией Президента Республики Казахстан, по следующим направлениям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EF85A7E" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) выявление коррупционных рисков в нормативных правовых актах, затрагивающих деятельность государственных органов и организаций, субъектов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B44AD8" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      2) выявление коррупционных рисков в организационно-управленческой деятельности государственных органов и организаций, субъектов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67A82DB6" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      К проведению внешнего анализа коррупционных рисков уполномоченный орган по противодействию коррупции вправе привлекать специалистов и (или) экспертов иных субъектов противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39EE98E0" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По результатам внешнего анализа коррупционных рисков государственные органы, организации и субъекты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора принимают меры по устранению причин и условий возникновения коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="116BA996" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Действие пункта 2 настоящей статьи не распространяется на отношения в сферах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A559BA8" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) высшего надзора, осуществляемого прокуратурой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="714176C3" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) досудебного производства по уголовным делам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777604E8" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) производства по делам об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05A7320B" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) правосудия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A3789EA" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) оперативно-розыскной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB2BF82" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) уголовно-исполнительной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4769AE7A" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) контроля за соблюдением требований законодательства Республики Казахстан о государственных секретах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C574667" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Положения </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z59" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи не распространяются на деятельность специальных государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B34AD37" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. Государственные органы, организации и субъекты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора осуществляют внутренний анализ коррупционных рисков, по результатам которого принимают меры по устранению причин и условий, способствующих совершению коррупционных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EE601FB" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Типовой порядок проведения внутреннего анализа коррупционных рисков определяется уполномоченным органом по противодействию коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48E6BC58" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 8 с изменением, внесенным Законом РК от 03.07.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z320" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 86-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56D464B8" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 9. Формирование антикоррупционной культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D28BE23" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Формирование антикоррупционной культуры – деятельность, осуществляемая субъектами противодействия коррупции в пределах своей компетенции по сохранению и укреплению в обществе системы ценностей, отражающей нетерпимость к коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F130FA5" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Формирование антикоррупционной культуры осуществляется посредством комплекса мер образовательного, информационного и организационного характера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="694BF8FE" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3. Антикоррупционное образование – непрерывный процесс воспитания и обучения, осуществляемый в целях нравственного, интеллектуального, культурного развития и формирования активной гражданской позиции неприятия коррупции личностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="229C1020" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Информационная и организационная деятельность реализуется путем проведения разъяснительной работы в средствах массовой информации, организации социально значимых мероприятий, государственного социального заказа в соответствии с законодательством Республики Казахстан и иных мер, предусмотренных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58236C06" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 10. Антикоррупционные стандарты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61F3F832" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Антикоррупционные стандарты – установленная для обособленной сферы общественных отношений система рекомендаций, направленная на предупреждение коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67858415" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Антикоррупционные стандарты разрабатываются государственными органами, организациями и субъектами </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора при участии общественности и учитываются при разработке законодательства и в правоприменительной практике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08290561" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z11"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>жемқорлыққа</w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 11. Меры финансового контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C0155C" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. В целях осуществления мер финансового контроля лица, определенные настоящей статьей, представляют следующие декларации физических лиц:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C0029F5" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) декларацию об активах и обязательствах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D569D67" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) декларацию о доходах и имуществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EE16CEE" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Декларацию об активах и обязательствах представляют:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091CD19D" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) кандидаты в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан и маслихатов, акимы городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления и их супруги – до регистрации в качестве кандидата;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31A21DC5" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) лица, являющиеся кандидатами на государственную должность либо должность, связанную с выполнением государственных или приравненных к ним функций, и их супруги, за исключением лиц, указанных в подпункте 1) настоящего пункта, – до вынесения акта должностного лица (органа), имеющего право назначения на должность, о назначении на должность (по состоянию на первое число месяца представления декларации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="335CEF13" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Декларацию о доходах и имуществе представляют:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F4C83F2" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) лица, занимающие ответственную государственную должность, и их супруги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="056E9ECE" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) лица, уполномоченные на выполнение государственных функций, и их супруги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FCEE7AD" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) должностные лица и их супруги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F9AC372" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) лица, приравненные к лицам, уполномоченным на выполнение государственных функций, и их супруги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F48BFF6" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4. В случае приобретения в течение отчетного календарного года имущества, определенного налоговым законодательством Республики Казахстан, лица, указанные в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z71" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи, в декларации о доходах и имуществе отражают сведения об источниках покрытия расходов на приобретение указанного имущества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F90827" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Декларация об активах и обязательствах составляется в соответствии с налоговым законодательством Республики Казахстан и представляется по форме и в порядке, которые определены налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BA7418" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Декларация о доходах и имуществе составляется в соответствии с налоговым законодательством Республики Казахстан и представляется по форме, в порядке и сроки, которые определены налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C0491D5" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Сведения о представлении физическими лицами, указанными в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z70" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктах 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z71" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи, декларации об активах и обязательствах или декларации о доходах и имуществе размещаются на официальном интернет-ресурсе государственного органа, осуществляющего руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, в порядке, установленном налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="565BA5C4" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Непредставление декларации об активах и обязательствах и (или) декларации о доходах и имуществе или представление неполных, недостоверных сведений в таких декларациях, если в содеянном не содержатся признаки уголовно наказуемого деяния:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F3471E" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      лицами, указанными в подпункте 1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z146" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи, – является основанием для отказа в регистрации или отмене решений о регистрации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53FC077D" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      лицами, указанными в подпункте 2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z70" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи, – является основанием для отказа в наделении лица соответствующими полномочиями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B82C17" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      лицами, указанными в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z71" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи, – влечет ответственность, предусмотренную Кодексом Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6280347D" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Опубликованию в срок не позднее 31 декабря года, следующего за отчетным календарным годом, подлежат сведения, отраженные в декларациях физических лиц, которые представили следующие лица и их супруги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B6A79D9" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) занимающие политические государственные должности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ED15CE2" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) занимающие административные государственные должности корпуса "А";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E54F65" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) депутаты Парламента Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2823DB4A" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3-1) Уполномоченный по правам человека в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A07AA1" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) судьи Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="618D36AC" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) лица, исполняющие управленческие функции в субъектах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01774992" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Перечень сведений, подлежащих опубликованию, определяется уполномоченным органом по противодействию коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="584E0B6D" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сведения, указанные в части второй настоящего пункта, размещаются службами управления персоналом (кадровыми службами) государственных органов, организаций, Парламента Республики Казахстан и Верховного Суда Республики Казахстан на их официальных интернет-ресурсах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="451946F0" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      10. Требования </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z75" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и подпунктов 1) и 2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z77" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи не распространяются на сведения, составляющие государственные секреты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C35188" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11. Физические и юридические лица, которые участвуют в выполнении функций по управлению государственным имуществом, представляют в порядке и сроки, установленные Правительством Республики Казахстан, отчеты обо всех сделках имущественного характера и финансовой деятельности, связанных с государственной собственностью, в государственный орган, осуществляющий в отношении государственного имущества правомочия собственника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="611BC145" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12. Поступающие в органы государственных доходов сведения, предусмотренные настоящей статьей, являются охраняемой законом тайной в соответствии с законодательством Республики Казахстан. Их разглашение влечет ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D25F71" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Сведения, составляющие служебную и налоговую тайну, представляются уполномоченному органу по финансовому мониторингу в целях и порядке, предусмотренных Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A430B1" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 11 с изменениями, внесенными законами РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z157" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 273-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.07.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z209" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 359-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z48" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 91-VII</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32ECCA73" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 12. Антикоррупционные ограничения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="411F5C15" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. В целях недопущения лицами, занимающими ответственную государственную должность, лицами, уполномоченными на выполнение государственных функций, лицами, приравненными к ним (за исключением кандидатов в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления), должностными лицами, а также лицами, являющимися кандидатами, уполномоченными на выполнение указанных функций, совершения действий, которые могут привести к использованию ими своих полномочий в личных, групповых и иных неслужебных интересах, указанные лица с учетом особенностей, установленных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьями 13</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z14" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>14</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, 14-1 и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z15" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>15</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона, принимают на себя антикоррупционные ограничения по:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B1C5998" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) осуществлению деятельности, не совместимой с выполнением государственных функций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39A61B26" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) недопустимости совместной службы (работы) близких родственников, супругов и свойственников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="346C4F41" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) использованию служебной и иной информации, не подлежащей официальному распространению, в целях получения или извлечения имущественных и неимущественных благ и преимуществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A295145" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) принятию материального вознаграждения, подарков или услуг за действия (бездействие) в пользу лиц, их предоставивших, если такие действия входят в служебные полномочия лиц, указанных в абзаце первом настоящего пункта, или эти лица в силу должностного положения могут способствовать таким действиям (бездействию);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E1FAA0B" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      5) открытию и владению счетами (вкладами) в иностранных банках, расположенных за пределами Республики Казахстан, хранению наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FCB4A00" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Законами, регулирующими порядок выполнения отдельных государственных функций, могут устанавливаться другие правовые нормы, предусматривающие ограничения, направленные на предупреждение коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E2D252" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Согласие лиц, указанных в абзаце первом </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z85" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи, на принятие антикоррупционных ограничений фиксируется службами управления персоналом (кадровыми службами) соответствующих организаций в письменной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CAB520D" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Непринятие антикоррупционных ограничений лицами, указанными в абзаце первом </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z85" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи, влечет отказ в приеме на должность либо увольнение с должности (освобождение от должности), их несоблюдение в случаях отсутствия признаков уголовно наказуемого деяния и административного правонарушения является основанием для прекращения ими государственной службы или иной соответствующей деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5377BAC0" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Члены семьи лица, указанного в абзаце первом пункта 1 настоящей статьи, не вправе получать материальное вознаграждение, подарки или услуги, предоставляемые за действия (бездействие) этого лица в пользу лиц, предоставивших материальное вознаграждение, подарки или услуги, если такие действия (бездействие) входят в служебные полномочия данного лица либо оно в силу своего должностного положения может способствовать таким действиям (бездействию).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="334445AC" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Примечание. В настоящем Законе под членами семьи лица, указанного в абзаце первом пункта 1 настоящей статьи, понимаются его супруг (супруга), родители, дети, в том числе совершеннолетние, и лица, находящиеся на иждивении и постоянно проживающие с ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D319CDE" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Деньги, поступившие на счет лиц, указанных в абзаце первом пункта 1 настоящей статьи, и (или) членов их семей без их ведома, а также средства, полученные ими в нарушение подпункта 4) пункта 1 и пункта 5 настоящей статьи, не более чем в двухнедельный срок после их обнаружения подлежат перечислению в республиканский бюджет с представлением объяснения в соответствующий орган государственных доходов об обстоятельствах поступления таких средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="535BD221" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Подарки, поступившие без ведома лиц, указанных в абзаце первом пункта 1 настоящей статьи, и (или) членов их семей, а также полученные ими в нарушение подпункта 4) пункта 1 и пункта 5 настоящей статьи, подлежат безвозмездной передаче уполномоченному органу по управлению государственным имуществом в течение семи календарных дней со дня получения подарка либо со дня, когда лицу, указанному в абзаце первом пункта 1 настоящей статьи, стало известно о получении подарка, а оказанные указанным лицам при тех же обстоятельствах услуги должны быть оплачены путем перечисления денег в республиканский бюджет в течение семи календарных дней со дня оказания услуги либо со дня, когда лицу, указанному в абзаце первом пункта 1 настоящей статьи, стало известно об оказании услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="049921E5" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Лицо, передавшее подарок уполномоченному органу по управлению государственным имуществом, вправе с уведомлением вышестоящего должностного лица выкупить его по стоимости, определенной в соответствии с Законом Республики Казахстан "Об оценочной деятельности в Республике Казахстан", на основании договора купли-продажи, заключаемого с уполномоченным органом по управлению государственным имуществом. Вырученные от продажи подарков деньги перечисляются в республиканский бюджет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01B602DF" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Сноска. Статья 12 с изменениями, внесенными законами РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z158" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 273-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.10.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z132" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 365-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.12.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z246" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 384-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E98CCB9" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 13. Деятельность, несовместимая с выполнением государственных функций</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06F2B964" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Лицам, занимающим ответственную государственную должность, лицам, уполномоченным на выполнение государственных функций (за исключением депутатов маслихатов, осуществляющих свою деятельность не на постоянной или освобожденной основе), лицам, приравненным к лицам, уполномоченным на выполнение государственных функций (за исключением кандидатов в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления, лиц, осуществляющих деятельность в субъектах </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора), должностным лицам запрещается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28BEF630" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) самостоятельно участвовать в управлении хозяйствующим субъектом, если управление или участие в управлении хозяйствующим субъектом не входит в их должностные обязанности в соответствии с законами Республики Казахстан, содействовать удовлетворению материальных интересов организаций или физических лиц путем неправомерного использования своих служебных полномочий с целью получения имущественных или иных благ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F76681" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) заниматься предпринимательской деятельностью, за исключением приобретения и (или) реализации паев открытых и интервальных паевых инвестиционных фондов, облигаций на организованном рынке ценных бумаг, акций коммерческих организаций (простые акции в объеме, не превышающем пяти процентов от общего количества голосующих акций организаций) на организованном рынке ценных бумаг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E243F3F" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) заниматься другой оплачиваемой деятельностью, кроме педагогической, научной и иной творческой деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F9B52A9" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z90"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Исключен Законом РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z161" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 273-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04BF2A7D" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Лица, указанные в пункте 1 настоящей статьи, вправе сдавать в имущественный наем (аренду) жилище, принадлежащее им на праве собственности, и получать доход от такой сдачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34CDB216" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Председателю Национального Банка Республики Казахстан и его заместителям, Председателю уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций и его заместителям запрещается приобретать паи инвестиционных фондов, облигации, акции коммерческих организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5235C411" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Председатель Национального Банка Республики Казахстан и его заместители, Председатель уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций и его заместители в течение тридцати календарных дней со дня их назначения на должности обязаны передать в доверительное управление в порядке, установленном законами Республики Казахстан, принадлежащие паи инвестиционных фондов, облигации и акции коммерческих организаций, приобретенные до назначения их на должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73AFA45A" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Неисполнение указанными лицами обязательств, предусмотренных настоящим пунктом, является основанием для прекращения ими соответствующей деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34410B47" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Лица, указанные в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="z89" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи, в течение тридцати календарных дней со дня вступления в должность обязаны передать в доверительное управление на время выполнения этих функций в порядке, установленном законами Республики Казахстан, принадлежащее им имущество, использование которого влечет получение доходов, за исключением денег, облигаций, паев открытых и интервальных паевых инвестиционных фондов, законно принадлежащих этим лицам, а также имущества, переданного в имущественный наем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E5A82ED" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Договор на доверительное управление имуществом подлежит нотариальному удостоверению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="315D99A9" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. В случае приобретения долей (акций) в уставном капитале коммерческих организаций и иного имущества, использование которого влечет получение доходов, за исключением облигаций, паев открытых и интервальных паевых инвестиционных фондов, лица, указанные в пункте 1 настоящей статьи, обязаны передать их в доверительное управление в течение тридцати календарных дней со дня приобретения в порядке, установленном законами Республики Казахстан, и представить в службу управления персоналом (кадровую службу) по месту работы копию нотариально удостоверенного договора на доверительное управление имуществом в течение десяти рабочих дней после нотариального удостоверения договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EDCC0E2" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Неисполнение обязательств, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="z93" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктами 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:anchor="z95" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи, лицами, указанными в пункте 1 настоящей статьи, является основанием для прекращения ими государственной службы или иной соответствующей деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E08BCC" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 13 с изменениями, внесенными законами РК от 22.01.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:anchor="z19" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 446-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.07.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="z1904" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 262-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2020); от 26.11.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="z160" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 273-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z14"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 14. Недопустимость совместной службы (работы)близких родственников, супругов или свойственников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="325FE7F4" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Лица, занимающие ответственную государственную должность, лица, уполномоченные на выполнение государственных функций (за исключением депутатов маслихатов, осуществляющих свою деятельность не на постоянной или освобожденной основе), и лица, приравненные к лицам, уполномоченным на выполнение государственных функций (за исключением кандидатов в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления), должностные лица не могут занимать должности, находящиеся в непосредственной подчиненности должностям, занимаемым их близкими родственниками, супругом (супругой) и (или) свойственниками, а также иметь в непосредственном подчинении близких родственников, супруга (супругу) и (или) свойственников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24524320" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-1. Лица, являющиеся кандидатами на государственную должность либо должность, связанную с выполнением государственных или приравненных к ним функций, обязаны в письменной форме уведомить руководство организации, на занятие должности в которой они претендуют, о работающих в этой организации близких родственниках, супруге и (или) свойственниках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02E5E10B" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Лица, нарушающие требования </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="z97" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящей статьи, если они добровольно в течение трех месяцев с момента обнаружения указанного нарушения его не устранят, подлежат переводу на должности, исключающие такую подчиненность, а при </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>невозможности такого перевода один из этих служащих подлежит увольнению с должности или иному освобождению от указанных функций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47F7223C" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Примечание. В настоящем Законе под близкими родственниками понимаются родители (родитель), дети, усыновители (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>удочерители</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>), усыновленные (удочеренные), полнородные и неполнородные братья и сестры, дедушка, бабушка, внуки, под свойственниками – полнородные и неполнородные братья и сестры, родители и дети супруга (супруги).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE93D53" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 14 с изменениями, внесенными законами РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="z168" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 273-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.10.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="z142" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 365-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04E28EB8" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 14-1. Недопустимость открытия, владения счетами (вкладами), хранения наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0289DC2C" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Лицам, занимающим ответственную государственную должность, лицам, уполномоченным на выполнение государственных функций (за исключением депутатов маслихатов), должностным лицам запрещается открывать и иметь счета (вклады) в иностранных банках, расположенных за пределами Республики Казахстан, хранить наличные деньги и ценности в иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD047B7" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Примечание. Ограничение, предусмотренное настоящим пунктом, не распространяется на филиалы банков-нерезидентов Республики Казахстан, расположенные на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A5C3F7A" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Лица, указанные в пункте 1 настоящей статьи, в течение шести месяцев со дня занятия должности или отпадения обстоятельств, указанных в пункте 4 настоящей статьи, обязаны закрыть счета (вклады) в иностранных банках, расположенных за пределами Республики Казахстан, и (или) прекратить хранение наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FFC0FCC" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В случае, если лица, указанные в пункте 1 настоящей статьи, не могут выполнить требования, предусмотренные частью первой настоящего пункта, в связи с арестом, запретом распоряжения, наложенными компетентными органами иностранного государства в соответствии с законодательством данного иностранного государства, на территории которого находятся счета (вклады) и (или) осуществляется хранение наличных денег и ценностей в иностранном банке, или в связи с обстоятельствами непреодолимой силы (стихийные явления, военные действия, чрезвычайное положение, невозможность досрочного прекращения действия договора о банковском счете (вкладе) и иные обстоятельства), не зависящими от воли лиц, указанных в пункте 1 настоящей статьи, такие требования должны быть выполнены в течение шести месяцев со дня прекращения действия ареста, запрета распоряжения или прекращения иных обстоятельств с представлением документов, подтверждающих соответствующие факты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03F6F535" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. В случае получения в результате принятия наследства в соответствии с законодательством Республики Казахстан или законодательством иностранного государства лицами, указанными в пункте 1 настоящей статьи, счетов (вкладов), наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан, во владение и (или) пользование указанные лица обязаны в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>течение шести месяцев со дня принятия наследства закрыть счета (вклады) и (или) прекратить хранение наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34299B8A" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Положения пунктов 1, 2 и 3 настоящей статьи не распространяются на лиц, указанных в пункте 1 настоящей статьи, направленных на работу в загранучреждения, представительства Республики Казахстан и в международные организации от Республики Казахстан, а также прикомандированных к указанным организациям, на период работы в указанных организациях или обучающихся за рубежом, или проходящих стажировку за рубежом, или находящихся в заграничной командировке, или проходящих лечение за рубежом, или находящихся за рубежом в качестве законного представителя несовершеннолетнего ребенка либо в качестве опекуна или попечителя совершеннолетнего лица на период учебы либо лечения соответствующего лица за рубежом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B40DA32" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. В течение сроков, предусмотренных в настоящей статье, лица, указанные в пункте 1 настоящей статьи, вправе подать заявление о прекращении государственной службы или иной соответствующей деятельности по собственному желанию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41FF7A91" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Глава 2 дополнена статьей 14-1 в соответствии с Законом РК от 19.12.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:anchor="z250" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 384-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="010DF4AE" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>қарсы</w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 15. Конфликт интересов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F706F30" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Лицам, занимающим ответственную государственную должность, лицам, уполномоченным на выполнение государственных функций, лицам, приравненным к лицам, уполномоченным на выполнение государственных функций, должностным лицам запрещается осуществлять должностные обязанности, если имеется конфликт интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67662BD9" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Лица, указанные в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:anchor="z99" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи, должны принимать меры по предотвращению и разрешению конфликта интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55AD1E00" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Лица, указанные в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="z99" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи, обязаны в письменной форме уведомить непосредственного руководителя либо руководство организации, в которой они работают, о возникшем конфликте интересов или о возможности его возникновения, как только им станет об этом известно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D64D963" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Непосредственный руководитель либо руководство организации по обращениям лиц, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="z99" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи, или при получении информации из других источников обязаны своевременно принимать следующие меры по предотвращению и урегулированию конфликта интересов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50F4A0AD" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) отстранить лиц, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="z99" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи, от исполнения должностных обязанностей и поручить другому лицу исполнение должностных обязанностей по вопросу, в связи с которым возник или может возникнуть конфликт интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53C4F479" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) изменить должностные обязанности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45E3A7D0" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) принять иные меры по устранению конфликта интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49A9B8F1" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 16. Меры противодействия коррупции в сфере предпринимательства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F28E25A" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Субъекты предпринимательства при осуществлении своей деятельности принимают меры по предупреждению коррупции, в том числе по минимизации причин и условий, способствующих совершению коррупционных правонарушений, путем:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E804048" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) установления организационно-правовых механизмов, обеспечивающих подотчетность, подконтрольность и прозрачность процедур принятия решений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092EDCBB" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) соблюдения принципов добросовестной конкуренции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D6ABDA" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) предотвращения конфликта интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="778BB3B1" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) принятия и соблюдения норм деловой этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="457983EA" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) принятия мер по формированию антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61C67029" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) взаимодействия с государственными органами и иными организациями по вопросам предупреждения коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14C9D207" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Стандарты по предупреждению коррупции для субъектов предпринимательства могут разрабатываться и приниматься объединениями (ассоциациями, союзами) субъектов предпринимательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D8B170F" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. В субъектах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора определяются структурные подразделения, исполняющие функции антикоррупционных комплаенс-служб, основной задачей которых является обеспечение соблюдения соответствующей организацией и ее работниками законодательства Республики Казахстан о противодействии коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C005CFB" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Антикоррупционная комплаенс-служба осуществляет свои полномочия независимо от исполнительного органа, должностных лиц субъекта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора, подотчетна совету директоров, наблюдательному совету (при его наличии) или иному независимому органу управления и является независимой при обеспечении соблюдения требований законодательства Республики Казахстан о противодействии коррупции. Компетенция, организация и порядок деятельности антикоррупционной комплаенс-службы определяются внутренним актом субъекта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34FC14C7" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Субъекты предпринимательства, не являющиеся субъектами </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора, вправе создавать антикоррупционные комплаенс-службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B5D90E" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 16 с изменениями, внесенными законами РК от 06.10.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="z149" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 365-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 08.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="z35" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 48-VII</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2022).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C54C1DA" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 17. Национальный доклад о противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A9DCB40" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Национальный доклад о противодействии коррупции – документ, содержащий анализ и оценку состояния и тенденции распространения коррупции на международном и национальном уровнях, предложения по формированию, реализации и совершенствованию антикоррупционной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="628AFDE3" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Уполномоченный орган по противодействию коррупции ежегодно формирует Национальный доклад о противодействии коррупции и представляет его Президенту Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="093ACAAE" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Национальный доклад о противодействии коррупции формируется на основе результатов работы уполномоченного органа по противодействию коррупции и деятельности государственных органов, физических и юридических лиц по вопросам противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F7E2730" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4. Порядок подготовки, внесения Национального доклада о противодействии коррупции Президенту Республики Казахстан и его опубликования утверждается Президентом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B23C33" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 17 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="z37" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 484-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="z64" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>вводится</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.11.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:anchor="z170" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 273-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71BC293F" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 3. СУБЪЕКТЫ ПРОТИВОДЕЙСТВИЯ КОРРУПЦИИ И ИХ ПОЛНОМОЧИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A8742FB" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z18"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 18. Субъекты противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12218302" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      К субъектам противодействия коррупции относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AABA5D1" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) уполномоченный орган по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1604FE59" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) иные субъекты противодействия коррупции – государственные органы, субъекты </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора, общественные объединения, а также иные физические и юридические лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="589E5161" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z19"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>іс-қимыл</w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 19. Сотрудники антикоррупционной службы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CA4E728" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сотрудники антикоррупционной службы при исполнении ими служебных обязанностей обладают полномочиями, установленными Законом Республики Казахстан "О правоохранительной службе" и иными законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D44B91A" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 19 в редакции Закона РК от 06.10.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:anchor="z152" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 365-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="007E16E8" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z20"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 20. Компетенция уполномоченного органа по противодействию коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00416A86" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган по противодействию коррупции осуществляет следующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A0388C" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) разработка предложений по совершенствованию нормативной правовой базы в сфере противодействия коррупции, а также принятие в установленном законодательством Республики Казахстан порядке нормативных правовых актов в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65A63C18" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) выявление причин и условий, способствующих совершению коррупционных правонарушений в деятельности государственных органов, организаций и субъектов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора, в соответствии с настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="355C4201" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) внесение на рассмотрение Правительства Республики Казахстан рекомендации по минимизации и устранению причин и условий возникновения коррупции в деятельности государственных органов, организаций и субъектов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F5CFFAC" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) ежегодное представление Президенту Республики Казахстан Национального доклада о противодействии коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DC94520" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-1) формирование и координация антикоррупционной политики, координация деятельности государственных органов, организаций в вопросах предупреждения коррупции, минимизации причин и условий, способствующих совершению коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D6D95B8" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4-2) оценка уровня коррупции и проведение социологических исследований, необходимых для определения уровня коррупции в государственном и частном секторах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00159D6C" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) мониторинг исполнения государственными органами, организациями, субъектами </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора рекомендаций по устранению причин и условий, способствующих совершению коррупционных правонарушений, вынесенных по результатам внешнего анализа коррупционных рисков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5844E916" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) осуществление мониторинга реализации имущества, конфискованного по уголовным делам о коррупционных преступлениях и приобретенного на средства, добытые преступным путем, как правило, с последующим опубликованием информации о его обращении в доход государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66AEDB51" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) изучение и распространение положительного опыта противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D20903C" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) выработка предложений по совершенствованию образовательных программ в сфере формирования антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="454A3785" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) содействие и оказание методической помощи субъектам противодействия коррупции в реализации образовательных программ по антикоррупционному образованию и воспитанию, информационной и разъяснительной деятельности, исполнению государственного социального заказа, направленного на формирование антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B40CE78" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) взаимодействие с другими государственными органами, физическими и юридическими лицами по основным направлениям деятельности уполномоченного органа по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="103DB3AE" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) участие в подготовке проектов международных договоров по вопросам противодействия коррупции, взаимодействие с соответствующими органами иностранных государств по вопросам противодействия коррупции, участие в пределах своих полномочий в деятельности международных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A22C4C6" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) иные функции, возложенные законами Республики Казахстан, а также актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E39A01" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 20 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:anchor="z39" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 484-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:anchor="z64" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>вводится</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.11.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:anchor="z172" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 273-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4097C313" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z21"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 21. Полномочия уполномоченного органа по противодействию коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="192377E9" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Уполномоченный орган по противодействию коррупции при выполнении возложенных на него функций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00BBEE7B" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) запрашивает у государственных органов, организаций, субъектов </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора и должностных лиц информацию и материалы в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B88713" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) в случаях выявления нарушения законодательства Республики Казахстан о противодействии коррупции принимает меры в установленном законодательством порядке по их устранению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7622CC0D" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) определяет порядок проведения антикоррупционного мониторинга;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FFB0676" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3-1) составляет протоколы и рассматривает дела об административных правонарушениях в порядке, установленном Кодексом Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C339A88" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) осуществляет иные полномочия, возложенные законами Республики Казахстан, а также актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72BC400D" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Антикоррупционная служба в пределах своих полномочий вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF21B19" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) проводить анализ практики оперативно-розыскной и следственной деятельности, досудебного расследования по коррупционным преступлениям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750668F8" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) по имеющимся в производстве уголовным делам подвергать приводу лиц, уклоняющихся от явки по вызову;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F5D899" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) изымать или производить выемку документов, товаров, предметов или иного имущества в соответствии с уголовно-процессуальным законодательством Республики Казахстан и (или) законодательством Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F832BA4" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) использовать изоляторы временного содержания, следственные изоляторы в порядке, предусмотренном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="062E060D" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) вносить государственным органам, организациям или лицам, исполняющим в них управленческие функции, представления о принятии мер по устранению обстоятельств, способствовавших совершению уголовного правонарушения или устранению других нарушений закона, в порядке, установленном уголовно-процессуальным законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EAAE189" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) исключен Законом РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:anchor="z43" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 484-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:anchor="z64" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>вводится</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C9B232D" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) требовать производства ревизий, налоговых и других проверок, аудита и оценки от уполномоченных органов, должностных лиц и субъектов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора в случаях, предусмотренных законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A17075" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) совершенствовать формы и методы борьбы с коррупционными преступлениями, определять стратегию и тактику оперативно-розыскной деятельности, вырабатывать и реализовывать меры по повышению ее эффективности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A63FCC3" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) в соответствии с законодательством Республики Казахстан создавать и использовать информационные системы, обеспечивающие решение возложенных на нее задач, организовывать исследование в ходе досудебного расследования, производства по делам об административных правонарушениях в порядке, установленном законодательством;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78E4B0E2" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) конвоировать задержанных и лиц, заключенных под стражу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7862CB74" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) реализовывать иные права, возложенные законами Республики Казахстан, а также актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01241D00" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Сноска. Статья 21 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:anchor="z40" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 484-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:anchor="z64" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>вводится</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.11.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:anchor="z178" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 273-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.10.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:anchor="z155" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 365-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61794637" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z22"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>туралы</w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 22. Полномочия государственных органов, организаций, субъектов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора и должностных лиц по противодействию коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0487952F" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Противодействие коррупции в пределах своей компетенции обязаны вести все государственные органы, организации, субъекты </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Қазақстан</w:t>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора и должностные лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6072EBE9" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-1. Руководители государственных органов, организаций, субъектов </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Республикасының</w:t>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...61 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора несут дисциплинарную ответственность в соответствии с законами Республики Казахстан за неисполнение или ненадлежащее исполнение должностных обязанностей по предупреждению совершения коррупционных правонарушений подчиненными сотрудниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D1408F" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Выявление, пресечение, раскрытие, расследование и предупреждение коррупционных правонарушений и привлечение лиц, виновных в их совершении, к ответственности в пределах своей компетенции осуществляются органами прокуратуры, национальной безопасности, внутренних дел, военной полиции, службой экономических расследований, Пограничной службой Комитета национальной безопасности Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA66B89" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 22 с изменениями, внесенными законами РК от 28.12.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:anchor="z199" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 210-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.11.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:anchor="z180" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 273-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="747872CF" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z23"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 23. Участие общественности в противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD95BC5" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Физические лица, общественные объединения и иные юридические лица при противодействии коррупции применяют следующие меры:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA2760C" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) сообщают об известных им фактах совершения коррупционных правонарушений в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F979043" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) вносят предложения по совершенствованию законодательства и правоприменительной практики по вопросам противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64863560" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) участвуют в формировании антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BBA9851" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) осуществляют взаимодействие с другими субъектами противодействия коррупции и уполномоченным органом по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1072193F" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) запрашивают и получают в порядке, установленном законодательством Республики Казахстан, от государственных органов информацию о деятельности по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="043F33BF" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) проводят исследования, в том числе научные и социологические, по вопросам противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B0E029" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) проводят разъяснительную работу в средствах массовой информации и организуют социально значимые мероприятия по вопросам противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27943A18" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z24"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Статья 24. Сообщение о коррупционных правонарушениях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C858335" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Лицо, располагающее информацией о готовящемся, совершаемом или совершенном коррупционном правонарушении, информирует об этом вышестоящего руководителя и (или) руководство государственного органа либо организации, сотрудником которой является, и (или) уполномоченные государственные органы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="290775F3" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Вышестоящий руководитель, руководство государственного органа, организации, уполномоченные государственные органы обязаны принять меры по поступившему сообщению о коррупционном правонарушении в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E44C21F" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Лицо, сообщившее о факте коррупционного правонарушения или иным образом оказывающее содействие в противодействии коррупции, находится под защитой государства и поощряется в порядке, установленном Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ED7E6BE" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Положения настоящего пункта не распространяются на лиц, сообщивших заведомо ложную информацию о факте коррупционного правонарушения, которые подлежат ответственности в соответствии с законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BBBEBCD" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Информация о лице, оказывающем содействие в противодействии коррупции, является государственным секретом и предоставляется в порядке, установленном законом. Разглашение указанной информации влечет ответственность, установленную законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0351FD14" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 24 с изменениями, внесенными Законом РК от 06.10.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65" w:anchor="z165" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 365-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B66A76D" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 4. УСТРАНЕНИЕ ПОСЛЕДСТВИЙ КОРРУПЦИОННЫХ ПРАВОНАРУШЕНИЙ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C320586" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z25"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 25. Взыскание (возврат) незаконно полученного имущества или стоимости незаконно предоставленных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="160AB914" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. В случаях отказа добровольно сдать незаконно полученное имущество или оплатить государству его стоимость или стоимость незаконно полученных услуг в результате коррупционных правонарушений их взыскание осуществляется на основании решения суда, вступившего в законную силу, по иску прокурора, органов государственных доходов либо других государственных органов и должностных лиц, уполномоченных на это законом. Указанные органы до вынесения судом решения принимают меры по сохранности имущества, принадлежащего правонарушителю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="346AEE1C" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. В случаях, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66" w:anchor="z118" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи, прокурор, органы государственных доходов либо другие уполномоченные на это законом государственные органы и должностные лица в сроки, установленные законом, обращаются в суд с иском об обращении незаконно полученного имущества и (или) взыскании стоимости незаконно полученных услуг в доход государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="053D8AB5" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Если с лица, занимающего ответственную государственную должность, лица, уполномоченного на выполнение государственных функций, и лица, приравненного к лицу, уполномоченному на выполнение государственных функций, и должностного лица на момент увольнения, иного освобождения от выполнения соответствующих функций не взысканы незаконно полученное имущество или стоимость незаконно предоставленных услуг, должностное лицо или орган, принимающие решение о таком освобождении, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>направляют в органы государственных доходов по месту жительства виновного лица уведомление о полученных противоправных доходах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24FEEFC3" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Учет, хранение, оценка и дальнейшее использование сданного имущества осуществляются в порядке, установленном Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6340D38B" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 25 с изменением, внесенным Законом РК от 06.10.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId67" w:anchor="z168" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 365-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4900752E" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z26"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 26. Недействительность сделок, договоров, актов и действий, совершенных в результате коррупционных правонарушений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319C3EF4" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Сделки, договоры, совершенные в результате коррупционных правонарушений, признаются судом недействительными в установленном законом Республики Казахстан порядке по иску уполномоченных государственных органов, заинтересованных лиц или прокурора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5227D6EE" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Принятие актов и совершение действий в результате коррупционных правонарушений являются основаниями для их отмены (признания недействительными) лицами, уполномоченными на отмену (прекращение действия) соответствующих актов, либо в судебном порядке по иску заинтересованных лиц или прокурора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D6D3C74" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 5. Заключительные и переходные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B51FBB" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Заголовок главы 5 – в редакции Закона РК от 19.12.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:anchor="z259" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 384-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="398F30DC" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z174"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 26-1. Переходные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45523F4A" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. В течение шести месяцев со дня введения в действие антикоррупционного ограничения, предусмотренного подпунктом 5) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId69" w:anchor="z85" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 12 и статьей 14-1 настоящего Закона, лица, на которых распространяется данное антикоррупционное ограничение, обязаны закрыть счета (вклады) в иностранных банках, расположенных за пределами Республики Казахстан, и (или) прекратить хранение наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F52CBC7" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. В случае, если лица, указанные в пункте 1 настоящей статьи, не могут выполнить требования, предусмотренные в пункте 1 настоящей статьи, в связи с арестом, запретом распоряжения, наложенными компетентными органами иностранного государства в соответствии с законодательством данного иностранного государства, на территории которого находятся счета (вклады) и (или) осуществляется хранение наличных денег и ценностей в иностранном банке, или в связи с обстоятельствами непреодолимой силы (стихийные явления, военные действия, чрезвычайное положение, невозможность досрочного прекращения действия договора о банковском счете (вкладе) и иные обстоятельства), не зависящими от воли лиц, указанных в пункте 1 настоящей статьи, такие требования должны быть выполнены в течение шести месяцев со дня прекращения действия ареста, запрета распоряжения или прекращения иных обстоятельств с представлением документов, подтверждающих соответствующие факты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26607F97" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Неисполнение обязательств, предусмотренных настоящей статьей лицами, указанными в пункте 1 настоящей статьи, является основанием для прекращения ими государственной службы или иной соответствующей деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F0B85B7" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В течение срока, предусмотренного пунктом 2 настоящей статьи, лица, указанные в пункте 1 настоящей статьи, вправе подать заявление о прекращении государственной службы или иной соответствующей деятельности по собственному желанию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5815B0B8" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Сноска. Глава 5 дополнена статьей 26-1 в соответствии с Законом РК от 19.12.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId70" w:anchor="z261" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 384-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53296A9E" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z27"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 27. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76EC1F30" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Настоящий Закон вводится в действие с 1 января 2016 года, за исключением:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B7574F0" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId71" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 11</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, которая вводится в действие с 1 января 2021 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="441408CF" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) исключен Законом РК от 30.11.2016 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 26-VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2017).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA2BD12" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Исключен Законом РК от 30.11.2016 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 26-VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2017).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="313C4D82" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Установить, что со дня введения в действие настоящего Закона до 1 января 2021 года </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статья 11</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> действует в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71763244" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"Статья 11. Меры финансового контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E7343D3" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Лица, являющиеся кандидатами на государственную должность либо должность, связанную с выполнением государственных или приравненных к ним функций, представляют в орган государственных доходов по месту жительства:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06FDEFDD" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      декларацию о доходах и имуществе, являющемся объектом налогообложения, в том числе находящемся за пределами территории Республики Казахстан, с указанием места нахождения указанного имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E7AE93" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      сведения о:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11212D93" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      вкладах в банковских учреждениях и о ценных бумагах, в том числе за пределами территории Республики Казахстан, с указанием банковского учреждения, а также о финансовых средствах, которыми данные лица вправе распоряжаться лично или совместно с другими лицами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40DE10A8" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      своем участии в качестве акционера или учредителя (участника) юридических лиц с указанием доли участия в уставном капитале и полных банковских или иных реквизитов указанных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2231D5F9" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      трастах и о государствах, в которых они зарегистрированы, с указанием номеров соответствующих банковских счетов, если лицо или его супруг (супруга) является бенефициаром этих трастов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CEA7C3C" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      названиях и реквизитах других организаций, у которых с лицом имеются договорные отношения, соглашения и обязательства (в том числе и устные) по содержанию или временному хранению материальных и финансовых средств, принадлежащих лицу или супругу (супруге) в размере, превышающем тысячекратный размер месячного расчетного показателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AACEE46" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Лица, занимающие государственную должность, ежегодно в период выполнения своих полномочий в порядке, установленном налоговым законодательством Республики Казахстан, представляют в орган государственных доходов по месту жительства декларацию о доходах и имуществе, являющемся объектом налогообложения и находящемся как на территории Республики Казахстан, так и за ее пределами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="573DE399" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Лица, уволенные с государственной службы по отрицательным мотивам, в течение трех лет после увольнения в порядке, установленном налоговым законодательством Республики Казахстан, представляют в орган государственных доходов по месту жительства декларацию о доходах и имуществе, являющемся объектом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>налогообложения и находящемся как на территории Республики Казахстан, так и за ее пределами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C513B45" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Супруг (супруга) лица, указанного в пункте 1 настоящей статьи, представляет в орган государственных доходов по месту жительства:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="535BCC56" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      декларацию о доходах и имуществе, являющемся объектом налогообложения, в том числе, находящемся за пределами территории Республики Казахстан, с указанием места нахождения указанного имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03BAEC44" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      сведения о:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3506AB32" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      вкладах в банковских учреждениях и о ценных бумагах, в том числе за пределами территории Республики Казахстан, с указанием банковского учреждения, а также о финансовых средствах, которыми данные лица вправе распоряжаться лично или совместно с другими лицами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BE2635F" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      своем участии в качестве акционера или учредителя (участника) юридических лиц с указанием доли участия в уставном капитале и полных банковских и иных реквизитов указанных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="170B14EC" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      трастах и о государствах, в которых они зарегистрированы, с указанием номеров соответствующих банковских счетов, если лицо или его супруг (супруга) является бенефициаром этих трастов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F2E5A4F" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      названиях и реквизитах других организаций, у которых с лицом имеются договорные отношения, соглашения и обязательства (в том числе и устные) по содержанию или временному хранению материальных и финансовых средств, принадлежащих лицу или супругу (супруге) и превышающих тысячекратный размер месячного расчетного показателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="504B417F" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Супруг (супруга) лица, указанного в пунктах 2 и 3 настоящей статьи, представляет в орган государственных доходов по месту жительства декларацию о доходах и имуществе, являющемся объектом налогообложения и находящемся как на территории Республики Казахстан, так и за ее пределами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="721C72D6" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Члены семьи лица, являющегося кандидатом на службу в специальный государственный орган, представляют в орган государственных доходов по месту жительства декларацию и сведения, указанные в пункте 4 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="486E6371" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Примечание. Под членами семьи лица, являющегося кандидатом на службу в специальный государственный орган, в настоящем пункте признаются супруг (супруга), совершеннолетние дети и лица, находящиеся на его иждивении и постоянно проживающие с ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE9CEE0" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Указанные в пунктах 1 и 2 настоящей статьи лица представляют соответственно в орган, на занятие должности в котором они претендуют, либо по месту работы справку из органа государственных доходов о получении им деклараций и сведений, перечисленных в пунктах 1 или 5 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB245A3" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      8. Непредставление или представление неполных, недостоверных деклараций и сведений, перечисленных в настоящей статье, лицами, указанными в пунктах 1 и 2 настоящей статьи (за исключением лиц, уволенных с государственной службы по отрицательным мотивам), если в содеянном не содержится признаков уголовно наказуемого деяния, является основанием для отказа в наделении лица соответствующими полномочиями либо влечет дисциплинарную ответственность в предусмотренном законом порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B264505" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Деяния, указанные в пункте 8 настоящей статьи, совершенные умышленно, а также совершенные неоднократно, влекут административную ответственность, налагаемую в установленном законом порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6632C39B" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. Деяния, указанные в пункте 8 настоящей статьи, совершенные впервые в течение трех лет после освобождения лиц от выполнения государственных или приравненных к ним функций, а также повторное совершение таких действий влекут установленную законом административную ответственность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4486F5A3" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11. В порядке, установленном законодательством, могут быть опубликованы сведения о размерах и об источниках доходов должностных лиц, занимающих ответственные государственные должности, а также сведения о доходах кандидатов на выборные государственные должности при их выдвижении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="088A5060" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12. Лицам, уполномоченным на выполнение государственных функций, и лицам, приравненным к ним, запрещается заключение гражданско-правовых сделок не под своим именем – на подставных лиц, анонимно, под псевдонимом и других. Эти сделки признаются недействительными в установленном законом порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D3A2467" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Физические и юридические лица, которые участвуют в выполнении функций по управлению государственным имуществом, представляют в порядке и сроки, установленные Правительством Республики Казахстан, отчеты обо всех сделках имущественного характера и финансовой деятельности, связанных с государственной собственностью, в государственный орган, осуществляющий в отношении государственного имущества правомочия собственника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A935FBA" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14. Поступающие в органы государственных доходов сведения, предусмотренные настоящей статьей, составляют служебную тайну. Их разглашение, если в содеянном не содержится признаков уголовно наказуемого деяния, влечет увольнение виновного лица. Данные сведения представляются только по запросам уполномоченного органа по противодействию коррупции, органов прокуратуры, национальной безопасности, внутренних дел, военной полиции, службы экономических расследований, антикоррупционной службы, Пограничной службы Комитета национальной безопасности Республики Казахстан, а также в судебном порядке, установленном законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02CC5A62" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сведения, составляющие служебную тайну, представляются уполномоченному органу по финансовому мониторингу в целях и порядке, предусмотренных законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B42628" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15. Меры финансового контроля, предусмотренные настоящей статьей, не распространяются на правоотношения, связанные с приобретением в собственность жилищ и строительных материалов для строительства жилищ в Республике Казахстан. Финансовый контроль при приобретении жилищ и строительных материалов для их </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>строительства осуществляется в соответствии с законодательством Республики Казахстан.".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E28D474" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Признать утратившим силу </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId73" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Закон</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан от 2 июля 1998 года "О борьбе с коррупцией" (Ведомости Парламента Республики Казахстан, 1998 г., № 15, ст. 209; 1999 г., № 21, ст. 774; 2000 г., № 5, ст. 116; 2001 г., № 13-14, ст. 172; № 17-18, ст. 241; 2002 г., № 17, ст. 155; 2003 г., № 18, ст. 142; 2004 г., № 10, ст. 56; 2007 г., № 17, ст. 140; № 19, ст. 147; 2008 г., № 23, ст. 114; 2009 г., № 19, ст. 88; № 24, ст. 122, 126; 2010 г., № 24, ст. 148; 2011 г., № 1, ст. 2; № 7, ст. 54; 2012 г., № 4, ст. 30, 32; № 8, ст. 64; № 13, ст. 91; № 23-24, ст. 125; 2013 г., № 2, ст. 10; № 14, ст. 72; 2014 г., № 11, ст. 61; № 14, ст. 84; № 16, ст. 90; № 21, ст. 122; № 22, ст. 131; № 23, ст. 143).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F6B43BA" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 27 с изменениями, внесенными законами РК от 30.11.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId74" w:anchor="z418" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 26-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2017); от 28.12.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId75" w:anchor="z200" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 210-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.07.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId76" w:anchor="z1907" w:history="1">
+        <w:r w:rsidRPr="00320A06">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 262-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...42797 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...1 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="9948" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6470"/>
+        <w:gridCol w:w="3478"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004215C5" w14:paraId="6B7FBCD3" w14:textId="77777777">
+      <w:tr w:rsidR="00320A06" w:rsidRPr="00320A06" w14:paraId="7C4BC67A" w14:textId="77777777" w:rsidTr="00320A06">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="3225" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74CCBFF5" w14:textId="77777777" w:rsidR="004215C5" w:rsidRDefault="000E6948">
+          <w:p w14:paraId="11120B64" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00320A06">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
+              <w:t>     </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00320A06" w:rsidRPr="00320A06" w14:paraId="323B5571" w14:textId="77777777" w:rsidTr="00320A06">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="020A3DA5" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00320A06">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>      Президент</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00320A06">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Республикасының</w:t>
+              <w:br/>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...13 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="3225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53CAEE3E" w14:textId="77777777" w:rsidR="004215C5" w:rsidRDefault="004215C5">
+          <w:p w14:paraId="5DEB9837" w14:textId="77777777" w:rsidR="00320A06" w:rsidRPr="00320A06" w:rsidRDefault="00320A06" w:rsidP="00320A06">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-          </w:p>
-[...32 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00320A06">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Президенті</w:t>
+              <w:t>Н. НАЗАРБАЕВ</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...62 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6CF7038F" w14:textId="77777777" w:rsidR="004215C5" w:rsidRDefault="000E6948">
-[...186 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:p w14:paraId="4F145248" w14:textId="77777777" w:rsidR="00083168" w:rsidRDefault="00083168"/>
+    <w:sectPr w:rsidR="00083168" w:rsidSect="00BC2CAA">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004215C5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004215C5"/>
+    <w:rsidRoot w:val="00A4393F"/>
+    <w:rsid w:val="00083168"/>
+    <w:rsid w:val="00320A06"/>
+    <w:rsid w:val="00565F7A"/>
+    <w:rsid w:val="00A4393F"/>
+    <w:rsid w:val="00BC2CAA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0B9B2A84"/>
-  <w15:docId w15:val="{4A16B64F-0743-42BD-8D20-8493DB025E66}"/>
+  <w14:docId w14:val="41BAFB81"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{4AC5CFB3-2DCB-40A2-9456-308BBD2E3B6F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -43679,50 +11490,51 @@
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -43745,158 +11557,163 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...20 lines deleted...]
-    <w:lsdException w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="Medium List 2 Accent 1"/>
-[...81 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -43966,346 +11783,251 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004A3277"/>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="00320A06"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="480"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-  </w:style>
-[...14 lines deleted...]
-    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="00320A06"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-  </w:style>
-[...14 lines deleted...]
-    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...22 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="00320A06"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="00320A06"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="40">
-[...4 lines deleted...]
-    <w:rsid w:val="00841CD9"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00320A06"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...7 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="note">
+    <w:name w:val="note"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00320A06"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...60 lines deleted...]
-  <w:style w:type="character" w:styleId="ab">
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00320A06"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="ac">
-[...2 lines deleted...]
-    <w:uiPriority w:val="59"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="note1">
+    <w:name w:val="note1"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00320A06"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-    <w:tblPr>
-[...35 lines deleted...]
-    <w:name w:val="DocDefaults"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+  <w:divs>
+    <w:div w:id="975574410">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="910501268">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="193346229">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2000000365" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1800000210" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2000000384" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000273" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000091" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2000000384" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1600000446" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2000000365" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1600000484" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1600000026" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1600000484" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000273" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000273" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000273" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2000000384" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2000000365" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000273" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000273" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000273" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1600000484" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000273" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000262" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1600000484" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2000000365" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000273" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1600000484" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2000000365" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2000000384" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1800000210" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000249" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2000000359" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000048" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1600000484" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000091" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2000000365" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000273" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1600000484" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2000000365" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1600000484" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2000000365" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1700000086" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000273" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1600000484" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1600000484" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000262" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000262" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -44563,50 +12285,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>32</Pages>
-[...1 lines deleted...]
-  <Characters>61508</Characters>
+  <Pages>25</Pages>
+  <Words>11230</Words>
+  <Characters>64014</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>512</Lines>
-  <Paragraphs>144</Paragraphs>
+  <Lines>533</Lines>
+  <Paragraphs>150</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>72154</CharactersWithSpaces>
+  <CharactersWithSpaces>75094</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Achkasova Alexandra</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>