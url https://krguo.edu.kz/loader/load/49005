--- v0 (2025-10-09)
+++ v1 (2025-11-30)
@@ -1,2068 +1,2068 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="001933C8" w:rsidP="001933C8" w:rsidRDefault="001933C8">
+    <w:p w:rsidR="001933C8" w:rsidRDefault="001933C8" w:rsidP="001933C8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0040272A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Бекітемін</w:t>
+        <w:t>Утверждаю</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001933C8" w:rsidP="001933C8" w:rsidRDefault="00A56E45">
+    <w:p w:rsidR="001933C8" w:rsidRDefault="00A56E45" w:rsidP="001933C8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>директоры</w:t>
+        <w:t>директор</w:t>
       </w:r>
       <w:r w:rsidR="001933C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001933C8" w:rsidRPr="0040272A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+    <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">КММ </w:t>
+        <w:t xml:space="preserve">КГУ </w:t>
       </w:r>
       <w:r w:rsidR="001933C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>"</w:t>
+        <w:t>«</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Жалпы білім беретін №7 орта мектебі"</w:t>
+        <w:t>Общеобразовательная школа №7»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001933C8" w:rsidP="001933C8" w:rsidRDefault="00A56E45" w:rsidRPr="002E0AA1">
+    <w:p w:rsidR="001933C8" w:rsidRPr="002E0AA1" w:rsidRDefault="00A56E45" w:rsidP="001933C8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_______________Карпец</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Т. В.</w:t>
+        <w:t xml:space="preserve"> Т.В.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001933C8" w:rsidP="001933C8" w:rsidRDefault="001933C8" w:rsidRPr="0040272A">
+    <w:p w:rsidR="001933C8" w:rsidRPr="0040272A" w:rsidRDefault="001933C8" w:rsidP="001933C8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+    <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidRPr="0040272A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>л</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ан тәрбие жұмысы</w:t>
+        <w:t>ан воспитательной работы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+    <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>КММ "Жалпы білім беретін №7 орта мектебі</w:t>
+        <w:t>КГУ «Общеобразовательная школа №7</w:t>
       </w:r>
       <w:r w:rsidR="001933C8" w:rsidRPr="0040272A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>"</w:t>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001933C8" w:rsidP="00A56E45" w:rsidRDefault="003644D3">
+    <w:p w:rsidR="001933C8" w:rsidRDefault="003644D3" w:rsidP="00A56E45">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2021-2022</w:t>
       </w:r>
       <w:r w:rsidR="001933C8" w:rsidRPr="0040272A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> оқу жылы.</w:t>
+        <w:t xml:space="preserve"> учебный год.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F047C" w:rsidP="001933C8" w:rsidRDefault="004F047C" w:rsidRPr="004F047C">
+    <w:p w:rsidR="004F047C" w:rsidRPr="004F047C" w:rsidRDefault="004F047C" w:rsidP="001933C8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="14992" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2799"/>
         <w:gridCol w:w="3264"/>
         <w:gridCol w:w="10"/>
         <w:gridCol w:w="2541"/>
         <w:gridCol w:w="2962"/>
         <w:gridCol w:w="14"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00D96906" w:rsidR="001933C8" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="001933C8" w:rsidRPr="00D96906" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14992" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="00D96906">
+          <w:p w:rsidR="001933C8" w:rsidRPr="00D96906" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Қыркүйек</w:t>
+              <w:t>Сентябрь</w:t>
             </w:r>
             <w:r w:rsidR="003644D3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008620D1" w:rsidR="001933C8" w:rsidTr="004F047C">
+      <w:tr w:rsidR="001933C8" w:rsidRPr="008620D1" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="008620D1">
+          <w:p w:rsidR="001933C8" w:rsidRPr="008620D1" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008620D1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Бағыт айдың</w:t>
+              <w:t>Направление месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="008620D1">
+          <w:p w:rsidR="001933C8" w:rsidRPr="008620D1" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008620D1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="008620D1">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Физическое воспитание, здоровый образ жизни,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001933C8" w:rsidRPr="008620D1" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008620D1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
-[...3 lines deleted...]
-              <w:t>ережесі, жол қозғалысының</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>правила дорожного движения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008620D1" w:rsidR="001933C8" w:rsidTr="004F047C">
+      <w:tr w:rsidR="001933C8" w:rsidRPr="008620D1" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="008620D1">
+          <w:p w:rsidR="001933C8" w:rsidRPr="008620D1" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008620D1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ұраны ай</w:t>
+              <w:t>Девиз месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="008620D1">
+          <w:p w:rsidR="001933C8" w:rsidRPr="008620D1" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008620D1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>"Дені сау ұрпақ - қоғамның қуатты күші".</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="008620D1">
+              <w:t>«Дені сау ұрпақ - қоғамның қуатты күші».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001933C8" w:rsidRPr="008620D1" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008620D1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>"Дені сау ұрпақ - ел болашағы".</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="008620D1">
+              <w:t>«Дені сау ұрпақ  - ел болашағы».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001933C8" w:rsidRPr="008620D1" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008620D1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>"Тәні саудың - жаны сау"</w:t>
+              <w:t>«Тәні саудың - жаны сау»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="0040272A" w:rsidR="001933C8" w:rsidTr="004F047C">
+      <w:tr w:rsidR="001933C8" w:rsidRPr="0040272A" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="008620D1">
+          <w:p w:rsidR="001933C8" w:rsidRPr="008620D1" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008620D1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мақсаты</w:t>
+              <w:t>Цель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="0040272A">
+          <w:p w:rsidR="001933C8" w:rsidRPr="0040272A" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B44E1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
-[...3 lines deleted...]
-              <w:t>кеңістігін құру үшін табысты дағдыларын қалыптастыру, салауатты өмір салтын сақтау, дене және психологиялық денсаулық, білік анықтау факторлар келтіретін зиян келтірген.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>создание пространства для успешного формирования навыков здорового образа жизни, сохранения физического и психологического здоровья, умения определять факторы, наносящие вред здоровью.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004B44E1" w:rsidR="004F047C" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="004F047C" w:rsidRPr="004B44E1" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="004F047C" w:rsidRPr="0040272A">
+          <w:p w:rsidR="004F047C" w:rsidRPr="0040272A" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Іс-шаралардың атауы</w:t>
+              <w:t>Наименования мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="004F047C" w:rsidRPr="0040272A">
+          <w:p w:rsidR="004F047C" w:rsidRPr="0040272A" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Түрі</w:t>
+              <w:t>Вид</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="004F047C" w:rsidRPr="0040272A">
+          <w:p w:rsidR="004F047C" w:rsidRPr="0040272A" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мерзімі</w:t>
+              <w:t>Срок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="004F047C" w:rsidRPr="0040272A">
+          <w:p w:rsidR="004F047C" w:rsidRPr="0040272A" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Жауапты</w:t>
+              <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="001933C8" w:rsidTr="004F047C">
+      <w:tr w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Білім Күні</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="005A5B8F">
+              <w:t>День Знаний</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>және Конституция күні</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001933C8" w:rsidP="003644D3" w:rsidRDefault="003644D3">
+              <w:t>и Урок Конституции</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001933C8" w:rsidRDefault="003644D3" w:rsidP="003644D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>30 жылдығы Тәуелсіздік</w:t>
+              <w:t>30-летие Независимости</w:t>
             </w:r>
             <w:r w:rsidR="001933C8" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Қазақстан</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="003644D3" w:rsidP="003644D3" w:rsidRDefault="003644D3" w:rsidRPr="003644D3">
+              <w:t xml:space="preserve"> Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003644D3" w:rsidRPr="003644D3" w:rsidRDefault="003644D3" w:rsidP="003644D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>"Тәуелсіздік жетістіктері"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="003644D3" w:rsidP="003644D3" w:rsidRDefault="003644D3" w:rsidRPr="005A5B8F">
+              <w:t>«Тәуелсіздік жетістіктері»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003644D3" w:rsidRPr="005A5B8F" w:rsidRDefault="003644D3" w:rsidP="003644D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>атты Сынып сағаты</w:t>
+              <w:t>Классный час</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="003644D3" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="003644D3" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>01 қыркүйек 2021</w:t>
+              <w:t>01 сентября 2021</w:t>
             </w:r>
             <w:r w:rsidR="001933C8" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8">
+          <w:p w:rsidR="001933C8" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00E66E9B" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00324859" w:rsidRDefault="00324859" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A56E45" w:rsidP="00E66E9B" w:rsidRDefault="00A56E45" w:rsidRPr="00324859">
-[...15 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00A56E45" w:rsidRPr="00324859" w:rsidRDefault="00A56E45" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="00BF2C4D" w:rsidTr="004F047C">
+      <w:tr w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00324859" w:rsidRPr="004016FE">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="004016FE" w:rsidRDefault="00324859" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>#отбасыкүні2021, #деньсемьи2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00324859" w:rsidRPr="00324859">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="00324859" w:rsidRDefault="00324859" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Челлендж</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00BF2C4D" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeAutospacing="0" w:before="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00324859" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00324859" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>7 мен 14 қыркүйек 2021</w:t>
+              <w:t>С 7 по 14 сентября 2021</w:t>
             </w:r>
             <w:r w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00A56E45" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00324859" w:rsidP="00324859" w:rsidRDefault="00324859" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00324859" w:rsidRPr="005A5B8F" w:rsidRDefault="00324859" w:rsidP="00324859">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="00BF2C4D" w:rsidTr="004F047C">
+      <w:tr w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="006478E4" w:rsidRDefault="006478E4" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="006478E4" w:rsidP="006478E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>"Бұл менің отбасым!"</w:t>
+              <w:t>«Это моя семья!»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="006478E4" w:rsidRPr="006478E4">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="006478E4" w:rsidRDefault="006478E4" w:rsidP="00E66E9B">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeAutospacing="0" w:before="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сочинений</w:t>
+              <w:t>Конкурс сочинений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="006478E4" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="006478E4" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>7 мен 14 қыркүйек 2021</w:t>
+              <w:t>С 7 по 14 сентября 2021</w:t>
             </w:r>
             <w:r w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="00BF2C4D" w:rsidTr="004F047C">
+      <w:tr w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00BF2C4D" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>15 қыркүйек – туған Күні халықаралық экологиялық ұйым "Гринпис"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00BF2C4D" w:rsidRPr="005A5B8F">
+              <w:t>15 сентября – День рождения международной экологической организации «Гринпис»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00BF2C4D" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeAutospacing="0" w:before="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:lastRenderedPageBreak/>
-              <w:t>экология Апталығы</w:t>
+              <w:t>Неделя экологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="006478E4" w:rsidRDefault="00BF2C4D" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="006478E4">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>14 қыркүйек 202</w:t>
+              <w:t>С 14 сентября 202</w:t>
             </w:r>
             <w:r w:rsidR="006478E4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жыл</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="00BF2C4D" w:rsidTr="004F047C">
+      <w:tr w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00AB78E2" w:rsidRDefault="00AB78E2" w:rsidRPr="00FF3336">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="00FF3336" w:rsidRDefault="00AB78E2" w:rsidP="00AB78E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB78E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:shd w:val="clear" w:fill="FFFFFF" w:color="auto"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>"</w:t>
+              <w:t>«</w:t>
             </w:r>
             <w:r w:rsidR="00FF3336" w:rsidRPr="00AB78E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:shd w:val="clear" w:fill="FFFFFF" w:color="auto"/>
-[...2 lines deleted...]
-              <w:t>30 жыл</w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30 лет</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB78E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:shd w:val="clear" w:fill="FFFFFF" w:color="auto"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> жол" әлемге орайластырылған 30 жылдығына арналған " тәуелсіздік және 30 жылдығына </w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на пути к миру» приуроченного 30 летию к независимости РК и 30 летию </w:t>
             </w:r>
             <w:r w:rsidR="00FF3336" w:rsidRPr="00AB78E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:shd w:val="clear" w:fill="FFFFFF" w:color="auto"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FF3336" w:rsidRPr="00AB78E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:shd w:val="clear" w:fill="FFFFFF" w:color="auto"/>
-[...1 lines deleted...]
-              <w:t>жабу</w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>закрытия</w:t>
             </w:r>
             <w:r w:rsidR="00FF3336" w:rsidRPr="00AB78E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:shd w:val="clear" w:fill="FFFFFF" w:color="auto"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00FF3336" w:rsidRPr="00AB78E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:shd w:val="clear" w:fill="FFFFFF" w:color="auto"/>
-[...1 lines deleted...]
-              <w:t>Семей</w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Семипалатинского</w:t>
             </w:r>
             <w:r w:rsidR="00FF3336" w:rsidRPr="00AB78E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:shd w:val="clear" w:fill="FFFFFF" w:color="auto"/>
-[...1 lines deleted...]
-              <w:t> сынақ ядролық </w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> испытательного ядерного </w:t>
             </w:r>
             <w:r w:rsidR="00FF3336" w:rsidRPr="00AB78E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:shd w:val="clear" w:fill="FFFFFF" w:color="auto"/>
-[...1 lines deleted...]
-              <w:t>полигонының</w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>полигона</w:t>
             </w:r>
             <w:r w:rsidR="00FF3336" w:rsidRPr="00AB78E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00AB78E2" w:rsidRPr="00AB78E2">
-[...19 lines deleted...]
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00BF2C4D" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="00AB78E2" w:rsidRDefault="00AB78E2" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дебат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00AB78E2" w:rsidRDefault="00AB78E2" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00AB78E2" w:rsidP="00AB78E2">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00BF2C4D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BF2C4D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қыркүйек</w:t>
+              <w:t>сентября</w:t>
             </w:r>
             <w:r w:rsidR="006478E4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2021</w:t>
             </w:r>
             <w:r w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="001933C8" w:rsidTr="004F047C">
+      <w:tr w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="009357FC">
+          <w:p w:rsidR="001933C8" w:rsidRPr="009357FC" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeAutospacing="0" w:before="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="-106"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>"Буллинг және кибербуллинг", "Өрт қауіпсіздігі", "суицидтің Алдын алу", "Жол жүру ережелері"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="005A5B8F">
+              <w:t>«Буллинг и кибербуллинг», «Пожарная безопасность», «Профилактика суицида», «Правила дорожного движения»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeAutospacing="0" w:before="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
-              <w:t>Сынып сағаты</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="005A5B8F">
+              <w:t>Классный час</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="006478E4" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="006478E4" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>16 желтоқсан 2021</w:t>
+              <w:t>16 сентября 2021</w:t>
             </w:r>
             <w:r w:rsidR="001933C8" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001933C8" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="001933C8" w:rsidTr="004F047C">
+      <w:tr w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Сүйемін туған </w:t>
+              <w:t xml:space="preserve">«Сүйемін туған </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тілді</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2078,6967 +2078,6967 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тілін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>...".</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="005A5B8F">
+              <w:t>...».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Қазақстан халықтарының тілдер күні</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="005A5B8F">
+              <w:t>День языков народов Казахстана</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeAutospacing="0" w:before="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeAutospacing="0" w:before="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
-              <w:t>тілдер Апталығы</w:t>
+              <w:t>Неделя языков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="006478E4" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="006478E4" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>21 қыркүйек 2021</w:t>
+              <w:t>С 21 сентября 2021</w:t>
             </w:r>
             <w:r w:rsidR="001933C8" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001933C8" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="001933C8" w:rsidTr="004F047C">
+      <w:tr w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="006478E4" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="006478E4" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t> "Ең оқырман сынып"</w:t>
+              <w:t> «Самый читающий класс»</w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="006478E4" w:rsidRPr="006478E4">
+          <w:p w:rsidR="001933C8" w:rsidRPr="006478E4" w:rsidRDefault="006478E4" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Конкурс</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="001933C8" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="006478E4" w:rsidRDefault="001933C8" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="001933C8" w:rsidP="006478E4">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>22 қыркүйек 202</w:t>
+              <w:t>22 сентября 202</w:t>
             </w:r>
             <w:r w:rsidR="006478E4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жыл</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001933C8" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="001933C8" w:rsidTr="004F047C">
+      <w:tr w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="000014A7" w:rsidRPr="000014A7">
+          <w:p w:rsidR="001933C8" w:rsidRPr="000014A7" w:rsidRDefault="000014A7" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:shd w:val="clear" w:fill="FFFFFF" w:color="auto"/>
-[...2 lines deleted...]
-              <w:t>"Мектеп парламенті"</w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Школьный парламент»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00E66E9B" w:rsidRDefault="000014A7" w:rsidRPr="000014A7">
-[...16 lines deleted...]
-              <w:t>мектеп президентінің Сайлауы</w:t>
+          <w:p w:rsidR="001933C8" w:rsidRPr="000014A7" w:rsidRDefault="000014A7" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Выборы президента школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidP="00F4668A" w:rsidRDefault="000014A7" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="000014A7" w:rsidP="00F4668A">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
             <w:r w:rsidR="00F4668A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қыркүйек 2021 </w:t>
+              <w:t xml:space="preserve"> сентября 2021 </w:t>
             </w:r>
             <w:r w:rsidR="001933C8" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жылға</w:t>
+              <w:t>год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001933C8" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="001933C8" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="004F047C" w:rsidRDefault="004F047C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="14992" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2799"/>
         <w:gridCol w:w="3264"/>
         <w:gridCol w:w="10"/>
         <w:gridCol w:w="2541"/>
         <w:gridCol w:w="2962"/>
         <w:gridCol w:w="14"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00D96906" w:rsidR="004F047C" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="004F047C" w:rsidRPr="00D96906" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14992" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="00F4668A" w:rsidRPr="00D96906">
+          <w:p w:rsidR="004F047C" w:rsidRPr="00D96906" w:rsidRDefault="00F4668A" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қазан 2021</w:t>
+              <w:t>Октябрь 2021</w:t>
             </w:r>
             <w:r w:rsidR="004F047C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008620D1" w:rsidR="004F047C" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="004F047C" w:rsidRPr="008620D1" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="004F047C" w:rsidRPr="008620D1">
+          <w:p w:rsidR="004F047C" w:rsidRPr="008620D1" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008620D1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Бағыт-ай</w:t>
+              <w:t>Направление месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="004F047C" w:rsidRDefault="004F047C" w:rsidRPr="008F6523">
+          <w:p w:rsidR="004F047C" w:rsidRPr="008F6523" w:rsidRDefault="004F047C" w:rsidP="004F047C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F6523">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
-[...3 lines deleted...]
-              <w:t>"Рухани-адамгершілік тәрбие</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Духовно-нравственное воспитание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008620D1" w:rsidR="004F047C" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="004F047C" w:rsidRPr="008620D1" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="004F047C" w:rsidRPr="008620D1">
+          <w:p w:rsidR="004F047C" w:rsidRPr="008620D1" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008620D1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ұраны ай</w:t>
+              <w:t>Девиз месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="004F047C" w:rsidRDefault="004F047C" w:rsidRPr="008F6523">
+          <w:p w:rsidR="004F047C" w:rsidRPr="008F6523" w:rsidRDefault="004F047C" w:rsidP="004F047C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F6523">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
-[...4 lines deleted...]
-              <w:t>"Адамгершілік – адамның асыл қасиеті"</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Адамгершілік – адамның асыл қасиеті»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="0040272A" w:rsidR="004F047C" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="004F047C" w:rsidRPr="0040272A" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="004F047C" w:rsidRPr="008620D1">
+          <w:p w:rsidR="004F047C" w:rsidRPr="008620D1" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008620D1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мақсаты</w:t>
+              <w:t>Цель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="004F047C" w:rsidRDefault="004F047C" w:rsidRPr="008F6523">
+          <w:p w:rsidR="004F047C" w:rsidRPr="008F6523" w:rsidRDefault="004F047C" w:rsidP="004F047C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F6523">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>қалыптастыруды терең түсіну құндылық негіздерін "</w:t>
+              <w:t>формирование глубокого понимания ценностных основ «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F6523">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Рухани</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008F6523">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жаңғыру" қайта тууы туралы, рухани-адамгершілік және этикалық принциптерін, қасиеттерін және қондырғыларды согласующихся отырып, </w:t>
+              <w:t xml:space="preserve"> жаңғыру» о возрождении духовно-нравственных и этических принципов личности, ее моральных качеств и установок, согласующихся с </w:t>
             </w:r>
             <w:r w:rsidRPr="008F6523">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">жалпы адамзаттық құндылықтар, </w:t>
+              <w:t xml:space="preserve">общечеловеческими ценностями, </w:t>
             </w:r>
             <w:r w:rsidRPr="008F6523">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>өмірінің нормалары мен дәстүрлерімен қазақстандық қоғамның</w:t>
+              <w:t>нормами и традициями жизни казахстанского общества</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="0040272A" w:rsidR="004F047C" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="004F047C" w:rsidRPr="0040272A" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="004F047C" w:rsidRPr="0040272A">
+          <w:p w:rsidR="004F047C" w:rsidRPr="0040272A" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>іс-шаралардың Атауы</w:t>
+              <w:t>Наименования мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="004F047C" w:rsidRPr="0040272A">
+          <w:p w:rsidR="004F047C" w:rsidRPr="0040272A" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Түрі</w:t>
+              <w:t>Вид</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="004F047C" w:rsidRPr="0040272A">
+          <w:p w:rsidR="004F047C" w:rsidRPr="0040272A" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мерзімі</w:t>
+              <w:t>Срок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="004F047C" w:rsidRPr="0040272A">
+          <w:p w:rsidR="004F047C" w:rsidRPr="0040272A" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Жауаптылар</w:t>
+              <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="004F047C" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="004F047C" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="004F047C" w:rsidRDefault="004F047C">
+          <w:p w:rsidR="004F047C" w:rsidRDefault="004F047C" w:rsidP="004F047C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">"ашық хат ардагерге </w:t>
+              <w:t xml:space="preserve">«Открытка ветерану </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>педтруда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>!"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="004016FE" w:rsidP="004F047C" w:rsidRDefault="004016FE" w:rsidRPr="004016FE">
+              <w:t>!»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004016FE" w:rsidRPr="004016FE" w:rsidRDefault="004016FE" w:rsidP="004F047C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>"Біздің мұғалімдерге!"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="004F047C" w:rsidRPr="005A5B8F">
+              <w:t>«Спасибо, нашим учителям!»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F047C" w:rsidRPr="005A5B8F" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="004016FE" w:rsidRPr="00406701">
-[...16 lines deleted...]
-              <w:t>Құттықтайтын</w:t>
+          <w:p w:rsidR="004F047C" w:rsidRPr="00406701" w:rsidRDefault="004016FE" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Видеопоздравление</w:t>
             </w:r>
             <w:r w:rsidR="00406701">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">жылғы </w:t>
+              <w:t xml:space="preserve">от </w:t>
             </w:r>
             <w:r w:rsidR="00406701">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">мектеп </w:t>
+              <w:t xml:space="preserve">президента школы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="00406701" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="004F047C" w:rsidRPr="005A5B8F" w:rsidRDefault="00406701" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00F4668A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қазан 2021</w:t>
+              <w:t xml:space="preserve"> октября 2021</w:t>
             </w:r>
             <w:r w:rsidR="004F047C" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылғы</w:t>
+              <w:t xml:space="preserve"> года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004F047C" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="004F047C" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="00BF2C4D" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00BF2C4D" w:rsidRPr="008F6523">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="008F6523" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeAutospacing="0" w:before="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F6523">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve"> "Толерантность – путь к успеху"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00BF2C4D" w:rsidRPr="005A5B8F">
+              <w:t xml:space="preserve"> «Толерантность – путь к успеху»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeAutospacing="0" w:before="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00BF2C4D" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00BF2C4D" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>атты Сынып сағаттары</w:t>
+              <w:t>Классные часы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="004016FE" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="004016FE" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, 5-9 қыркүйек 2021</w:t>
+              <w:t>С 5 по 9 октября 2021</w:t>
             </w:r>
             <w:r w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылғы</w:t>
+              <w:t xml:space="preserve"> года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілер</w:t>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="004F047C" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="004F047C" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="008F6523" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="004F047C" w:rsidRPr="005A5B8F" w:rsidRDefault="008F6523" w:rsidP="00E66E9B">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Мониторингі</w:t>
+              <w:t>Мониторинг</w:t>
             </w:r>
             <w:r w:rsidR="004F047C" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> оқушылардың тәрбиелілік деңгейін.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="004F047C" w:rsidRPr="005A5B8F">
+              <w:t xml:space="preserve"> уровня воспитанности учащихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F047C" w:rsidRPr="005A5B8F" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="004F047C" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="004F047C" w:rsidRPr="005A5B8F" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Мониторинг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="004F047C" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="004F047C" w:rsidRPr="005A5B8F" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">7 </w:t>
             </w:r>
             <w:r w:rsidR="000014A7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>қыркүйек 2021</w:t>
+              <w:t>октября 2021</w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004F047C" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="004F047C" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="00BF2C4D" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00BF2C4D" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Адал</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Ұрпақ"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00BF2C4D" w:rsidRPr="005A5B8F">
+              <w:t xml:space="preserve"> Ұрпақ»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"сыбайлас Жемқорлық –</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00BF2C4D" w:rsidRPr="005A5B8F">
+              <w:t>«Коррупция –</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>қоғамға қарсы құбылыс"</w:t>
-[...12 lines deleted...]
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00BF2C4D" w:rsidRPr="005A5B8F">
+              <w:t>антиобщественное явление»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00BF2C4D" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Сабақ бойынша сыбайлас жемқорлыққа қарсы мәдениетті қалыптастыру</w:t>
+              <w:t>Урок по формированию антикоррупционной культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="003A2BA8" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="003A2BA8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidR="000014A7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> желтоқсан 2021</w:t>
+              <w:t xml:space="preserve"> октября 2021</w:t>
             </w:r>
             <w:r w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="00BF2C4D" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00BF2C4D" w:rsidRPr="005A5B8F">
-[...9 lines deleted...]
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00BF2C4D" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>кітап Сыйла"мектеп!"</w:t>
-[...12 lines deleted...]
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00BF2C4D" w:rsidRPr="005A5B8F">
+              <w:t>«Подари книгу школе!»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="00BF2C4D" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Акция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00E66E9B" w:rsidRDefault="003A2BA8" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidRDefault="003A2BA8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">19 </w:t>
             </w:r>
             <w:r w:rsidR="000014A7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>қыркүйек 2021</w:t>
+              <w:t>октября 2021</w:t>
             </w:r>
             <w:r w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BF2C4D" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00472BDB">
-[...15 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="00472BDB" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="003A2BA8" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="003A2BA8" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="003A2BA8" w:rsidP="00E66E9B" w:rsidRDefault="003A2BA8" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="003A2BA8" w:rsidRPr="005A5B8F" w:rsidRDefault="003A2BA8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"жақсылық Жаса!"</w:t>
+              <w:t>«Твори добро!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="003A2BA8" w:rsidP="00E66E9B" w:rsidRDefault="003A2BA8" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="003A2BA8" w:rsidRPr="005A5B8F" w:rsidRDefault="003A2BA8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Акция көмек көрсету (аз қамтылған отбасылардан шыққан балаларға)</w:t>
+              <w:t>Акция (помощь детям из малообеспеченных семей)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="003A2BA8" w:rsidP="00E66E9B" w:rsidRDefault="003A2BA8" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="003A2BA8" w:rsidRPr="005A5B8F" w:rsidRDefault="003A2BA8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="000014A7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қыркүйек 2021</w:t>
+              <w:t xml:space="preserve"> октября 2021</w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003A2BA8" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...15 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="003A2BA8" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="004F047C" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="004F047C" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="008F6523" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="004F047C" w:rsidRPr="00CE1276" w:rsidRDefault="008F6523" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>«</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ұлы жібек жолы</w:t>
+              <w:t>Великий шелковый путь</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>" және "Рухани жаңғыру"</w:t>
+              <w:t>» и «Рухани жаңғыру»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="00E66E9B" w:rsidRDefault="008F6523" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="004F047C" w:rsidRPr="00CE1276" w:rsidRDefault="008F6523" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Э</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>лективный</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> курсы</w:t>
+              <w:t xml:space="preserve"> курс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidP="003A2BA8" w:rsidRDefault="003A2BA8" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="004F047C" w:rsidRPr="005A5B8F" w:rsidRDefault="003A2BA8" w:rsidP="003A2BA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
             <w:r w:rsidR="000014A7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қыркүйек 2021</w:t>
+              <w:t xml:space="preserve"> октября 2021</w:t>
             </w:r>
             <w:r w:rsidR="004F047C" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004F047C" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="004F047C" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="003A2BA8" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="003A2BA8" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="003A2BA8" w:rsidP="00E66E9B" w:rsidRDefault="003A2BA8" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="003A2BA8" w:rsidRPr="005A5B8F" w:rsidRDefault="003A2BA8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Еңбек тәрбиесі балалардың отбасы"</w:t>
+              <w:t>«Трудовое воспитание детей в семье»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="003A2BA8" w:rsidP="00E66E9B" w:rsidRDefault="003A2BA8" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="003A2BA8" w:rsidRPr="005A5B8F" w:rsidRDefault="003A2BA8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Сынып сағаты</w:t>
+              <w:t>Классный час</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="003A2BA8" w:rsidP="00E66E9B" w:rsidRDefault="003A2BA8" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="003A2BA8" w:rsidRPr="005A5B8F" w:rsidRDefault="003A2BA8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r w:rsidR="000014A7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қараша 2021</w:t>
+              <w:t xml:space="preserve"> октября 2021</w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003A2BA8" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="003A2BA8" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="004F047C" w:rsidRDefault="004F047C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CE1276" w:rsidRDefault="00CE1276">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="14992" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2799"/>
         <w:gridCol w:w="3264"/>
         <w:gridCol w:w="10"/>
         <w:gridCol w:w="2541"/>
         <w:gridCol w:w="2962"/>
         <w:gridCol w:w="14"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00D96906" w:rsidR="00CE1276" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00CE1276" w:rsidRPr="00D96906" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14992" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="005558E0" w:rsidRDefault="00CE1276" w:rsidRPr="00D96906">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="00D96906" w:rsidRDefault="00CE1276" w:rsidP="005558E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қараша 202</w:t>
+              <w:t>Ноябрь 202</w:t>
             </w:r>
             <w:r w:rsidR="005558E0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008F6523" w:rsidR="00CE1276" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00CE1276" w:rsidRPr="008F6523" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00CE1276" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="00CE1276" w:rsidRDefault="00CE1276" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Бағыт ай</w:t>
+              <w:t>Направление месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00CE1276" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="00CE1276" w:rsidRDefault="00CE1276" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Көпмәдениетті және көркем-эстетикалық тәрбие</w:t>
+              <w:t>Поликультурное и художественно-эстетическое воспитание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008F6523" w:rsidR="00CE1276" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00CE1276" w:rsidRPr="008F6523" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00CE1276" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="00CE1276" w:rsidRDefault="00CE1276" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ұраны ай</w:t>
+              <w:t>Девиз месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00CE1276" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="00CE1276" w:rsidRDefault="00CE1276" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>"Әдеп - ең қымбат мирас"</w:t>
+              <w:t>«Әдеп - ең қымбат мирас»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008F6523" w:rsidR="00CE1276" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00CE1276" w:rsidRPr="008F6523" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00CE1276" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="00CE1276" w:rsidRDefault="00CE1276" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мақсаты</w:t>
+              <w:t>Цель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00CE1276" w:rsidRPr="00787BB8">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="00787BB8" w:rsidRDefault="00CE1276" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B44E1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">қалыптастыру жалпы мәдени мінез-құлық дағдыларын дамыту, дайын тұлғаны қабылдауға, </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">формирование общекультурных навыков поведения, развитие готовности личности к восприятию, </w:t>
             </w:r>
             <w:r w:rsidRPr="004B44E1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>игеруге, бағалауға, эстетикалық объектілерді өнер және шындыққа құру ұйымдарында туралы</w:t>
-[...7 lines deleted...]
-              <w:t>білім беру-көп мәдениетті ортаның</w:t>
+              <w:t>освоению, оценке эстетических объектов в искусстве и действительности, создание в организациях об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>разования поликультурной среды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="0040272A" w:rsidR="00CE1276" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00CE1276" w:rsidRPr="0040272A" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00CE1276" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="0040272A" w:rsidRDefault="00CE1276" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>іс-шаралардың Атауы</w:t>
+              <w:t>Наименования мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00CE1276" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="0040272A" w:rsidRDefault="00CE1276" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Түрі</w:t>
+              <w:t>Вид</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00CE1276" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="0040272A" w:rsidRDefault="00CE1276" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мерзімі</w:t>
+              <w:t>Срок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00CE1276" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="0040272A" w:rsidRDefault="00CE1276" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Жауаптылар</w:t>
+              <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="00CE1276" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00A96F57" w:rsidRDefault="005558E0" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidRDefault="005558E0" w:rsidP="00A96F57">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>"180 жылдығы Ыбырай Алтынсарин"</w:t>
+              <w:t>«180 летие Ибрая Алтынсарина»</w:t>
             </w:r>
             <w:r w:rsidR="00A96F57" w:rsidRPr="004B44E1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="005558E0" w:rsidRPr="00A96F57">
-[...16 lines deleted...]
-              <w:t>атты Кітап көрмесі</w:t>
+          <w:p w:rsidR="00CE1276" w:rsidRPr="00A96F57" w:rsidRDefault="005558E0" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Книжная выставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="005558E0" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidRDefault="005558E0" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2 қараша күні 2021</w:t>
+              <w:t>2 ноября 2021</w:t>
             </w:r>
             <w:r w:rsidR="00CE1276" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CE1276" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="00CE1276" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="005558E0" w:rsidRDefault="00A96F57" w:rsidRPr="00A96F57">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="00A96F57" w:rsidRDefault="00A96F57" w:rsidP="005558E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00764114">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>«</w:t>
             </w:r>
             <w:r w:rsidR="005558E0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Күні бала құқықтарын қорғау</w:t>
+              <w:t>День защиты прав ребенка</w:t>
             </w:r>
             <w:r w:rsidRPr="00764114">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="005558E0" w:rsidRPr="00A96F57">
-[...16 lines deleted...]
-              <w:t>Қр</w:t>
+          <w:p w:rsidR="00CE1276" w:rsidRPr="00A96F57" w:rsidRDefault="005558E0" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В</w:t>
             </w:r>
             <w:r w:rsidR="00A93142">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>идеоролик</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00A93142" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidRDefault="00A93142" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="005558E0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> желтоқсан 2021</w:t>
+              <w:t xml:space="preserve"> ноября 2021</w:t>
             </w:r>
             <w:r w:rsidR="00CE1276" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00A56E45" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CE1276" w:rsidP="00A56E45" w:rsidRDefault="00CE1276" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidRDefault="00CE1276" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="00D45297" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00D45297" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45297" w:rsidP="00E66E9B" w:rsidRDefault="00D45297" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00D45297" w:rsidRPr="005A5B8F" w:rsidRDefault="00D45297" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>«</w:t>
             </w:r>
             <w:r w:rsidR="00A93142">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>таза жүрек</w:t>
+              <w:t>От чистого сердца</w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D45297" w:rsidP="00E66E9B" w:rsidRDefault="00D45297" w:rsidRPr="005A5B8F">
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D45297" w:rsidRPr="005A5B8F" w:rsidRDefault="00D45297" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45297" w:rsidP="00E66E9B" w:rsidRDefault="00A93142" w:rsidRPr="00A93142">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Қайырымдылық акциялары </w:t>
+          <w:p w:rsidR="00D45297" w:rsidRPr="00A93142" w:rsidRDefault="00A93142" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Благотворительные акции </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45297" w:rsidP="00E66E9B" w:rsidRDefault="00FF3336" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00D45297" w:rsidRPr="005A5B8F" w:rsidRDefault="00FF3336" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>19 желтоқсан 2021</w:t>
+              <w:t>19 ноября 2021</w:t>
             </w:r>
             <w:r w:rsidR="00D45297" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D45297" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00A96F57">
-[...15 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00D45297" w:rsidRPr="00A96F57" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="00CE1276" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00CE1276" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidRDefault="00CE1276" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Тұңғыш Президент Күні</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00CE1276" w:rsidRPr="005A5B8F">
+              <w:t>День Первого Президента</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidRDefault="00CE1276" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(1 желтоқсан)</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00CE1276" w:rsidRPr="005A5B8F">
+              <w:t>(1 декабря)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidRDefault="00CE1276" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00CE1276" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidRDefault="00CE1276" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>шығармашылық жұмыстар</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00CE1276" w:rsidRPr="005A5B8F">
+              <w:t>Конкурс творческих работ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidRDefault="00CE1276" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(шығарма, өлең, эссе, қабырға газеті, презентациялар).</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00CE1276" w:rsidRPr="005A5B8F">
+              <w:t>(сочинения, стихи, эссе, стенгазеты, презентации).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidRDefault="00CE1276" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00FF3336" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidRDefault="00FF3336" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>25 желтоқсан 2021</w:t>
+              <w:t>25 ноября 2021</w:t>
             </w:r>
             <w:r w:rsidR="00CE1276" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CE1276" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="00D45297" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00D45297" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45297" w:rsidP="00AB78E2" w:rsidRDefault="00D45297" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00D45297" w:rsidRPr="005A5B8F" w:rsidRDefault="00D45297" w:rsidP="00AB78E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>«</w:t>
             </w:r>
             <w:r w:rsidR="00AB78E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>әрқашан кітап</w:t>
+              <w:t>Пусть всегда будет книга</w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45297" w:rsidP="00E66E9B" w:rsidRDefault="00AB78E2" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00D45297" w:rsidRPr="005A5B8F" w:rsidRDefault="00AB78E2" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>оқу Сағаты</w:t>
+              <w:t>Час чтения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45297" w:rsidP="00AB78E2" w:rsidRDefault="00D45297" w:rsidRPr="005A5B8F">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">23 қараша </w:t>
+          <w:p w:rsidR="00D45297" w:rsidRPr="005A5B8F" w:rsidRDefault="00D45297" w:rsidP="00AB78E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23 ноября </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> 202</w:t>
             </w:r>
             <w:r w:rsidR="00AB78E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жыл</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D45297" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00D45297" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="00A96F57" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00A96F57" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96F57" w:rsidP="00E66E9B" w:rsidRDefault="00A96F57" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00A96F57" w:rsidRPr="005A5B8F" w:rsidRDefault="00A96F57" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Менің болашақ мамандығым"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A96F57" w:rsidP="00E66E9B" w:rsidRDefault="00A96F57" w:rsidRPr="005A5B8F">
+              <w:t>«Моя будущая профессия»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A96F57" w:rsidRPr="005A5B8F" w:rsidRDefault="00A96F57" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96F57" w:rsidP="00E66E9B" w:rsidRDefault="00AB78E2" w:rsidRPr="00AB78E2">
-[...19 lines deleted...]
-          <w:p w:rsidR="00A96F57" w:rsidP="00E66E9B" w:rsidRDefault="00A96F57" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00A96F57" w:rsidRPr="00AB78E2" w:rsidRDefault="00AB78E2" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс эссе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A96F57" w:rsidRPr="005A5B8F" w:rsidRDefault="00A96F57" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96F57" w:rsidP="00A96F57" w:rsidRDefault="00176335" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00A96F57" w:rsidRPr="005A5B8F" w:rsidRDefault="00176335" w:rsidP="00A96F57">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
             <w:r w:rsidR="00A96F57">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қараша </w:t>
+              <w:t xml:space="preserve"> ноября </w:t>
             </w:r>
             <w:r w:rsidR="00A96F57" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> 202</w:t>
             </w:r>
             <w:r w:rsidR="00AB78E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00A96F57">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жыл</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A96F57" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00A96F57" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="00CE1276" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00CE1276" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidRDefault="00CE1276" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1 желтоқсан – Дүниежүзілік Жқтб-мен күресу.</w:t>
+              <w:t>1 декабря – Всемирный день борьбы со СПИДом.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00CE1276" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidRDefault="00CE1276" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Әңгіме</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00CE1276" w:rsidRPr="005A5B8F">
+              <w:t>Беседа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidRDefault="00CE1276" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1276" w:rsidP="00E66E9B" w:rsidRDefault="00AB78E2" w:rsidRPr="005A5B8F">
+          <w:p w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidRDefault="00AB78E2" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>30 қараша 2021</w:t>
+              <w:t>30 ноября 2021</w:t>
             </w:r>
             <w:r w:rsidR="00CE1276" w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CE1276" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="005A5B8F">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00CE1276" w:rsidRPr="005A5B8F" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00CE1276" w:rsidRDefault="00CE1276">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="14992" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2799"/>
         <w:gridCol w:w="3264"/>
         <w:gridCol w:w="10"/>
         <w:gridCol w:w="2541"/>
         <w:gridCol w:w="2962"/>
         <w:gridCol w:w="14"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00D96906" w:rsidR="001431C8" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="001431C8" w:rsidRPr="00D96906" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14992" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="00FE5BDA" w:rsidRPr="00D96906">
+          <w:p w:rsidR="001431C8" w:rsidRPr="00D96906" w:rsidRDefault="00FE5BDA" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Желтоқсан 2021</w:t>
+              <w:t>Декабрь 2021</w:t>
             </w:r>
             <w:r w:rsidR="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CE1276" w:rsidR="001431C8" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="001431C8" w:rsidRPr="00CE1276" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="001431C8" w:rsidRPr="00CE1276" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Бағыт ай</w:t>
+              <w:t>Направление месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="426"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>оспитание</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "жаңа қазақстандық патриотизм және азаматтық</w:t>
+              <w:t xml:space="preserve"> нового казахстанского патриотизма и гражданственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CE1276" w:rsidR="001431C8" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="001431C8" w:rsidRPr="00CE1276" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="001431C8" w:rsidRPr="00CE1276" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ұраны айдың</w:t>
+              <w:t>Девиз месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="426"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Отан үшін отқа түс, күймейсің!</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="426"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Еліңді сүйсең, ерлік істе. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="426"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Мен елімнің патриотымын. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="426"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Патриотизм - ұлттық рух.</w:t>
+              <w:t>Патриотизм - ұлттық  рух.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00787BB8" w:rsidR="001431C8" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="001431C8" w:rsidRPr="00787BB8" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="001431C8" w:rsidRPr="00CE1276" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мақсаты</w:t>
+              <w:t>Цель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="00DD6FF9">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
+          <w:p w:rsidR="001431C8" w:rsidRPr="00DD6FF9" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B44E1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">қалыптастыру патриоты және азаматты ұтымды және эмоциялық қатынасымен, отанға деген қажеттілікке меңгеруге және сақтау заңдарының мемлекет пен қоғамның, противостоящего саяси, құқықтық және сыбайлас жемқорлыққа қарсы беззаконности, </w:t>
+              <w:t xml:space="preserve">формирование патриота и гражданина с рациональным и эмоциональным отношением к родине, потребностью к усвоению и соблюдению законов государства и общества, противостоящего политической, правовой и антикоррупционной беззаконности, </w:t>
             </w:r>
             <w:r w:rsidRPr="004B44E1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
-[...11 lines deleted...]
-              <w:t>ю балалар мен жастар арасында</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>готового противостоять проявлениям жестокости и насили</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ю в детской и молодежной среде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="0040272A" w:rsidR="001431C8" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="001431C8" w:rsidRPr="0040272A" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="0040272A">
+          <w:p w:rsidR="001431C8" w:rsidRPr="0040272A" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>іс-шаралардың Атауы</w:t>
+              <w:t>Наименования мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="0040272A">
+          <w:p w:rsidR="001431C8" w:rsidRPr="0040272A" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Түрі</w:t>
+              <w:t>Вид</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="0040272A">
+          <w:p w:rsidR="001431C8" w:rsidRPr="0040272A" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мерзімі</w:t>
+              <w:t>Срок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="0040272A">
+          <w:p w:rsidR="001431C8" w:rsidRPr="0040272A" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Жауаптылар</w:t>
+              <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="001431C8" w:rsidTr="001431C8">
+      <w:tr w:rsidR="001431C8" w:rsidRPr="005A5B8F" w:rsidTr="001431C8">
         <w:trPr>
           <w:trHeight w:val="1791"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Халықаралық жемқорлықпен күрес Күні</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+              <w:t>Международный День борьбы с коррупцией</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Ережесі бойынша біз" (1-4 сыныптар);</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+              <w:t>«Правила, по которым мы живем» (1–4 классы);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"сыбайлас-жемқорлық деген Не және онымен қалай күресуге болады"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+              <w:t>«Что такое коррупция и как с ней бороться»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(5-7 - сыныптар);</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+              <w:t>(5–7- классы);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Біз сыбайлас жемқорлыққа қарсымыз"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+              <w:t>«Мы против коррупции»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(8-11-сыныптар)</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+              <w:t>(8–11-классы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Сынып сағаты</w:t>
+              <w:t>Классный час</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="00FE5BDA" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="00FE5BDA" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>9 желтоқсан 2021</w:t>
+              <w:t>9 декабря 2021</w:t>
             </w:r>
             <w:r w:rsidR="001431C8" w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001431C8" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="001431C8">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="001431C8" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="001431C8" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="426"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Алау</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>»</w:t>
             </w:r>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>патриотическо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>е</w:t>
             </w:r>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және </w:t>
+              <w:t xml:space="preserve"> и </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>әскери-патриотическо</w:t>
+              <w:t>военно-патриотическо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>е</w:t>
             </w:r>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> бағытталған</w:t>
+              <w:t xml:space="preserve"> направлен</w:t>
             </w:r>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қолд</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+              <w:t>ие</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Конкурс </w:t>
             </w:r>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>рисунков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="00FE5BDA" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="00FE5BDA" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>11 желтоқсан 2021</w:t>
+              <w:t>11 декабря 2021</w:t>
             </w:r>
             <w:r w:rsidR="001431C8" w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001431C8" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="001431C8">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="001431C8" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="001431C8" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Тәуелсіз Қазақстан балалардың көзімен"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+              <w:t>«Независимый Казахстан -глазами детей»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="00FE5BDA" w:rsidRPr="00FE5BDA">
+          <w:p w:rsidR="001431C8" w:rsidRPr="00FE5BDA" w:rsidRDefault="00FE5BDA" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Челлендж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="00FE5BDA" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="00FE5BDA" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>14 желтоқсан 2021</w:t>
+              <w:t>14 декабря 2021</w:t>
             </w:r>
             <w:r w:rsidR="001431C8" w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001431C8" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="001431C8">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="001431C8" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="001431C8" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Тәуелсіз Қазақстан"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+              <w:t>«Независимый Казахстан»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>атты бейнероликтерді Көру</w:t>
+              <w:t>Просмотр видеороликов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="005941E1" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="005941E1">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>15 желтоқсандағы 202</w:t>
+              <w:t>15 декабря 202</w:t>
             </w:r>
             <w:r w:rsidR="005941E1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жыл</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001431C8" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="001431C8">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="001431C8" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="001431C8" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
-[...3 lines deleted...]
-              <w:t>"мен және заң", "Біз сыбайлас жемқорлыққа қарсымыз – қарсы сатқындық қоғамның мүдделерін";</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Я и закон», «Мы против коррупции – против предательства интересов общества»;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Акциялар</w:t>
+              <w:t>Акции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="005941E1" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="005941E1">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>22 желтоқсандағы 202</w:t>
+              <w:t>22 декабря 202</w:t>
             </w:r>
             <w:r w:rsidR="005941E1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1 </w:t>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жыл</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001431C8" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="001431C8">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="001431C8" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="001431C8" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Менің үйім! Менің тағдырым! Менің Қазақстан"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+              <w:t>«Мой дом! Моя судьба! Мой Казахстана»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>атты Ойын викторинасы</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+              <w:t>Игра викторина</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="005941E1" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="005941E1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>24 желтоқсан 2021</w:t>
+              <w:t>24 декабря 2021</w:t>
             </w:r>
             <w:r w:rsidR="001431C8" w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001431C8" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="001431C8">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="001431C8" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="001431C8" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>"Адал ұрпақ"</w:t>
+              <w:t>«Адал ұрпақ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>жобасын Іске асыру</w:t>
+              <w:t>Реализация проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="005941E1" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="005941E1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>28 желтоқсан 2021</w:t>
+              <w:t>28 декабря 2021</w:t>
             </w:r>
             <w:r w:rsidR="001431C8" w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001431C8" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="001431C8">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005A5B8F" w:rsidR="001431C8" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="001431C8" w:rsidRPr="005A5B8F" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
-[...4 lines deleted...]
-              <w:t>"Дарынды ұрпақ – ел болашағы"атты</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Дарынды ұрпақ – ел болашағы»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="001431C8" w:rsidRDefault="001431C8" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="001431C8" w:rsidP="001431C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Дебат</w:t>
+              <w:t>Дебаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001431C8" w:rsidP="00E66E9B" w:rsidRDefault="005941E1" w:rsidRPr="001431C8">
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="005941E1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>28 желтоқсан 2021</w:t>
+              <w:t>28 декабря 2021</w:t>
             </w:r>
             <w:r w:rsidR="001431C8" w:rsidRPr="001431C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001431C8" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="001431C8">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="001431C8" w:rsidRPr="001431C8" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="004F047C" w:rsidRDefault="004F047C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="14992" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2799"/>
         <w:gridCol w:w="3264"/>
         <w:gridCol w:w="10"/>
         <w:gridCol w:w="2541"/>
         <w:gridCol w:w="2962"/>
         <w:gridCol w:w="14"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00D96906" w:rsidR="00D62333" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00D62333" w:rsidRPr="00D96906" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14992" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="005941E1" w:rsidRPr="00D96906">
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D96906" w:rsidRDefault="005941E1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қаңтар 2022</w:t>
+              <w:t>Январь 2022</w:t>
             </w:r>
             <w:r w:rsidR="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001431C8" w:rsidR="00D62333" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00D62333" w:rsidRPr="001431C8" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00D62333" w:rsidRPr="00CE1276" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Бағыт ай</w:t>
+              <w:t>Направление месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="00D66D86">
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D66D86" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Және</w:t>
+              <w:t>И</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>нтеллектуальное</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> тәрбиелеу</w:t>
+              <w:t xml:space="preserve"> воспитание</w:t>
             </w:r>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>, в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>оспитание</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ақпараттық мәдениет</w:t>
+              <w:t xml:space="preserve"> информационной культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001431C8" w:rsidR="00D62333" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00D62333" w:rsidRPr="001431C8" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00D62333" w:rsidRPr="00CE1276" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ұраны ай</w:t>
+              <w:t>Девиз месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="00D66D86">
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D66D86" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Ақыл </w:t>
+              <w:t xml:space="preserve">«Ақыл </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>азбайды</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -9048,54 +9048,54 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>тозбайды</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>".</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="00D66D86">
+              <w:t>».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D66D86" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Білімді</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> ұрпақ - </w:t>
             </w:r>
@@ -9108,5908 +9108,5908 @@
               </w:rPr>
               <w:t>мемлекет</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>тірегі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DD6FF9" w:rsidR="00D62333" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00D62333" w:rsidRPr="00DD6FF9" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00D62333" w:rsidRPr="00CE1276" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мақсаты</w:t>
+              <w:t>Цель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="00AE55C1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
+          <w:p w:rsidR="00D62333" w:rsidRPr="00AE55C1" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B44E1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">қалыптастыру, мотивациялық кеңістік, қамтамасыз ететін дамыту, зияткерлік мүмкіндігін, </w:t>
+              <w:t xml:space="preserve">формирование мотивационного пространства, обеспечивающего развитие интеллектуальных возможностей, </w:t>
             </w:r>
             <w:r w:rsidRPr="004B44E1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
-[...3 lines deleted...]
-              <w:t>көшбасшылық қасиеттерін және дарындылығын әрбір жеке тұлғаның</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лидерских качеств и одаренности каждой личности</w:t>
             </w:r>
             <w:r w:rsidRPr="004B44E1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">, сондай-ақ, </w:t>
-[...7 lines deleted...]
-              <w:t>ақпараттық мәдениетін,</w:t>
+              <w:t xml:space="preserve">, а также </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информационной культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="0040272A" w:rsidR="00D62333" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00D62333" w:rsidRPr="0040272A" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00D62333" w:rsidRPr="0040272A" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>іс-шаралардың Атауы</w:t>
+              <w:t>Наименования мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00D62333" w:rsidRPr="0040272A" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Түрі</w:t>
+              <w:t>Вид</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00D62333" w:rsidRPr="0040272A" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мерзімі</w:t>
+              <w:t>Срок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00D62333" w:rsidRPr="0040272A" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Жауаптылар</w:t>
+              <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001431C8" w:rsidR="00D62333" w:rsidTr="00D66D86">
+      <w:tr w:rsidR="00D62333" w:rsidRPr="001431C8" w:rsidTr="00D66D86">
         <w:trPr>
           <w:trHeight w:val="953"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"деңгейін Зерттеу, тәрбие жұмысын жоспарлау және алынған деректер негізінде"</w:t>
+              <w:t>«Изучение уровня воспитанности и планирование работы на основе полученных данных»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мониторинг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00D66D86" w:rsidRDefault="00D66D86" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00D66D86" w:rsidP="00D66D86">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">12 қаңтар </w:t>
+              <w:t xml:space="preserve">12 января </w:t>
             </w:r>
             <w:r w:rsidR="00B515DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D62333" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00D62333">
-[...15 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001431C8" w:rsidR="00D66D86" w:rsidTr="00D66D86">
+      <w:tr w:rsidR="00D66D86" w:rsidRPr="001431C8" w:rsidTr="00D66D86">
         <w:trPr>
           <w:trHeight w:val="840"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00B515DE" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00B515DE" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:shd w:val="clear" w:fill="FFFFFF" w:color="auto"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">"Компьютерлік ақпараттық технологиялар әкеледі </w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Компьютерные информационные технологии ведут к </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:shd w:val="clear" w:fill="FFFFFF" w:color="auto"/>
-[...1 lines deleted...]
-              <w:t>қажет</w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бездуховности</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:shd w:val="clear" w:fill="FFFFFF" w:color="auto"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> және асыраушысынан мәдениет қоғамда"</w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и потере культуры в обществе"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>пікір сайыс</w:t>
+              <w:t>Дебаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00D66D86" w:rsidRDefault="00D66D86" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00D66D86" w:rsidP="00D66D86">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">қаңтар </w:t>
+              <w:t xml:space="preserve">января </w:t>
             </w:r>
             <w:r w:rsidR="00B515DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D66D86" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00D62333">
-[...15 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001431C8" w:rsidR="00D66D86" w:rsidTr="00D66D86">
+      <w:tr w:rsidR="00D66D86" w:rsidRPr="001431C8" w:rsidTr="00D66D86">
         <w:trPr>
           <w:trHeight w:val="1122"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Интернет құралы ретінде ақпарат және қарым-қатынас. Қауіп"Интернет</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D62333">
+              <w:t>«Интернет как средство информации и общения. Опасности Интернета»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Пікірталас алаңы</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D62333">
+              <w:t>Дискуссионная площадка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">18 </w:t>
             </w:r>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">қаңтар </w:t>
+              <w:t xml:space="preserve">января </w:t>
             </w:r>
             <w:r w:rsidR="00B515DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D66D86" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00D62333">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001431C8" w:rsidR="00D66D86" w:rsidTr="00D66D86">
+      <w:tr w:rsidR="00D66D86" w:rsidRPr="001431C8" w:rsidTr="00D66D86">
         <w:trPr>
           <w:trHeight w:val="995"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"беттеріне қазақ ертегілерінің"</w:t>
+              <w:t>«По страницам казахских сказок»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>атты Театрландырылған қойылым</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D62333">
+              <w:t>Театрализованное представление</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">20 </w:t>
             </w:r>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">қаңтар </w:t>
+              <w:t xml:space="preserve">января </w:t>
             </w:r>
             <w:r w:rsidR="00B515DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D66D86" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00D62333">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001431C8" w:rsidR="00D62333" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00D62333" w:rsidRPr="001431C8" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>"Кітап біздің қазынасы</w:t>
+              <w:t>«Книга наше сокровище</w:t>
             </w:r>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Буккроссинг</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">21 </w:t>
             </w:r>
             <w:r w:rsidR="00591824">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">қаңтар </w:t>
+              <w:t xml:space="preserve">января </w:t>
             </w:r>
             <w:r w:rsidR="00B515DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
             <w:r w:rsidR="00D62333" w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D62333" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00D62333">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001431C8" w:rsidR="00D66D86" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00D66D86" w:rsidRPr="001431C8" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Физика языком сердца", </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D62333">
+              <w:t xml:space="preserve">«Физика языком сердца», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Математика ғылым ретінде рухани-адамгершілік туралы заңдарында", </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D62333">
+              <w:t xml:space="preserve">«Математика как наука о духовно-нравственных законах», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Адамгершілік сабақтары" тарих </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D62333">
+              <w:t xml:space="preserve">«Нравственные уроки истории», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"ақпараттық мәдениет Негіздері"</w:t>
+              <w:t>«Основы информационной культуры»</w:t>
             </w:r>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Элективті курстар</w:t>
+              <w:t>Элективные курсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">25 </w:t>
             </w:r>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">қаңтар </w:t>
+              <w:t xml:space="preserve">января </w:t>
             </w:r>
             <w:r w:rsidR="00B515DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D66D86" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00D62333">
-[...15 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001431C8" w:rsidR="00D62333" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00D62333" w:rsidRPr="001431C8" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Қалай құтылуға қақтығыстар"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="00D62333">
+              <w:t>«Как избежать конфликты»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Семинар кеңес өткізілді</w:t>
+              <w:t>Семинар тренинг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">26 </w:t>
             </w:r>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">қаңтар </w:t>
+              <w:t xml:space="preserve">января </w:t>
             </w:r>
             <w:r w:rsidR="00B515DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D62333" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00D62333">
-[...15 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="001431C8" w:rsidR="00D62333" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00D62333" w:rsidRPr="001431C8" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="282528"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:fill="FFFFFF" w:color="auto"/>
-[...1 lines deleted...]
-              <w:t>"Семья – основа рухани жаңғыру"</w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«Семья – основа духовного возрождения»</w:t>
             </w:r>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>атты Сынып сағаты</w:t>
+              <w:t>Классный час</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62333" w:rsidP="00E66E9B" w:rsidRDefault="00D62333" w:rsidRPr="00D62333">
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00D62333" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">27 </w:t>
             </w:r>
             <w:r w:rsidRPr="00D62333">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">қаңтар </w:t>
+              <w:t xml:space="preserve">января </w:t>
             </w:r>
             <w:r w:rsidR="00B515DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D62333" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00D62333">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D62333" w:rsidRDefault="00D62333" w:rsidRPr="00D62333"/>
+    <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00D62333"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="14992" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2799"/>
         <w:gridCol w:w="3264"/>
         <w:gridCol w:w="10"/>
         <w:gridCol w:w="2541"/>
         <w:gridCol w:w="2962"/>
         <w:gridCol w:w="14"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00D96906" w:rsidR="00D66D86" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00D66D86" w:rsidRPr="00D96906" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14992" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D96906">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D96906" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ф</w:t>
             </w:r>
             <w:r w:rsidR="007F13C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>евраль 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="009B5A0E" w:rsidR="00D66D86" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00D66D86" w:rsidRPr="009B5A0E" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00CE1276" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Бағыт айдың</w:t>
+              <w:t>Направление месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D66D86">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D66D86" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Отбасылық тәрбиелеу</w:t>
+              <w:t>Семейное воспитание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="009B5A0E" w:rsidR="00D66D86" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00D66D86" w:rsidRPr="009B5A0E" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00CE1276" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ұраны ай</w:t>
+              <w:t>Девиз месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D66D86">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D66D86" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Ұяда емес көрсең, ұшқанда </w:t>
+              <w:t xml:space="preserve">«Ұяда не көрсең, ұшқанда </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>соны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ілесің".</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00D66D86">
+              <w:t xml:space="preserve"> ілесің».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00D66D86" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Отбасы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> - тәрбие </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D66D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>бастауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00AE55C1" w:rsidR="00D66D86" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00D66D86" w:rsidRPr="00AE55C1" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00CE1276" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мақсаты</w:t>
+              <w:t>Цель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00303BE2">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00303BE2" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B44E1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
             <w:r w:rsidRPr="004B44E1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>росвещение ата-анасының арттыру, олардың психологиялық-педагогикалық құзыреттілігін және көп</w:t>
-[...7 lines deleted...]
-              <w:t>тственности балаларды тәрбиелеуде</w:t>
+              <w:t>росвещение родителей, повышение их психолого-педагогической компетентности и отве</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тственности за воспитание детей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="0040272A" w:rsidR="00D66D86" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00D66D86" w:rsidRPr="0040272A" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="0040272A" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>іс-шаралардың Атауы</w:t>
+              <w:t>Наименования мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="0040272A" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Түрі</w:t>
+              <w:t>Вид</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="0040272A" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мерзімі</w:t>
+              <w:t>Срок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="0040272A" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Жауаптылар</w:t>
+              <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="0040272A" w:rsidR="00FF5BF1" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00FF5BF1" w:rsidRPr="0040272A" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="00FF5BF1" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00FF5BF1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="282528"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:fill="FFFFFF" w:color="auto"/>
-[...1 lines deleted...]
-              <w:t>"Ата-аналар</w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«Родители</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rStyle w:val="apple-converted-space"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="282528"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:fill="FFFFFF" w:color="auto"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="282528"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:fill="FFFFFF" w:color="auto"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>XXI</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rStyle w:val="apple-converted-space"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="282528"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:fill="FFFFFF" w:color="auto"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="282528"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:fill="FFFFFF" w:color="auto"/>
-[...1 lines deleted...]
-              <w:t>ғасыр: бол мысал балаңызға"</w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>века: стань примером своему ребенку»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="00FF5BF1" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00FF5BF1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">ата-Аналар жиналысы </w:t>
+              <w:t xml:space="preserve">Родительские собрания </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="007F13C5" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="007F13C5" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2 ақпан 2022</w:t>
+              <w:t>2 февраля 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00FF5BF1">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="0040272A" w:rsidR="00FF5BF1" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00FF5BF1" w:rsidRPr="0040272A" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="00FF5BF1" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00FF5BF1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>«</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Дүниежүзілік обыр ауруымен күресу Күні"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="00FF5BF1" w:rsidRPr="00FF5BF1">
+              <w:t>Всемирный День борьбы с онкологическими заболеваниями»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00FF5BF1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="00FF5BF1" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00FF5BF1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жұқпалы аурулардың Алдын алу</w:t>
+              <w:t>Профилактика инфекционных заболеваний</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>алақандары тілек)</w:t>
+              <w:t>ладошки с пожеланиями)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="00FF5BF1" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00FF5BF1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Акция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="007F13C5" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="007F13C5" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>4 ақпан 2022</w:t>
+              <w:t>4 февраля 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00FF5BF1">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="0040272A" w:rsidR="00FF5BF1" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00FF5BF1" w:rsidRPr="0040272A" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="00FF5BF1" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00FF5BF1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve"> "Менің отбасым"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="00FF5BF1" w:rsidRPr="00FF5BF1">
+              <w:t xml:space="preserve"> «Моя семья»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00FF5BF1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="00FF5BF1" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00FF5BF1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">атты сурет Көрмесі </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="00FF5BF1" w:rsidRPr="00FF5BF1">
+              <w:t xml:space="preserve">Выставка рисунков  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00FF5BF1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="007F13C5" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="007F13C5" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>10 ақпан 2022</w:t>
+              <w:t>10 февраля 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Сынып жетекшілері</w:t>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="0040272A" w:rsidR="00FF5BF1" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00FF5BF1" w:rsidRPr="0040272A" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="00FF5BF1" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00FF5BF1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00330385">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>әлеміне Саяхат"кітаптар"</w:t>
+              <w:t>«Путешествие в мир книг»</w:t>
             </w:r>
             <w:r w:rsidRPr="00330385">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>бірінші сынып оқушыларына және олардың ата-аналарының</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="00FF5BF1" w:rsidRPr="00FF5BF1">
+              <w:t>для первоклассников и  их родителей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00FF5BF1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="00FF5BF1" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00FF5BF1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="00FF5BF1" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00FF5BF1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Саяхат</w:t>
+              <w:t>Экскурсия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="007F13C5" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="007F13C5" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>12 ақпан 2022</w:t>
+              <w:t>12 февраля 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00FF5BF1">
-[...15 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00D62333" w:rsidR="00D66D86" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidTr="00E66E9B">
         <w:trPr>
           <w:trHeight w:val="953"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00FF5BF1" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Д</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ень</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> әскерлерінің</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00FF5BF1">
+              <w:t xml:space="preserve"> Вывода советских войск из Афганистана</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00FF5BF1" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00FF5BF1" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ауғанстан" – - біздің жадымыз және жарамыз"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00FF5BF1">
+              <w:t>«Афганистан – наша память и боль»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00FF5BF1" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00FF5BF1" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>атты Сынып сағаттары</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00FF5BF1">
+              <w:t>Классные часы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00FF5BF1" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="007F13C5" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00FF5BF1" w:rsidRDefault="007F13C5" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>15 наурыз 2022</w:t>
+              <w:t>15 февраля 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D66D86" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00FF5BF1">
-[...15 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00FF5BF1" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00D62333" w:rsidR="00D66D86" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidTr="00E66E9B">
         <w:trPr>
           <w:trHeight w:val="840"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00FF5BF1" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Дүниежүзілік мейірімділік Күні</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00FF5BF1">
+              <w:t>Всемирный День доброты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00FF5BF1" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00FF5BF1" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Бумеранг"Мейірімділік</w:t>
+              <w:t>«Бумеранг Доброты»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00FF5BF1" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Акциясы</w:t>
+              <w:t>Акция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="007F13C5" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00FF5BF1" w:rsidRDefault="007F13C5" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>17 ақпан 2022</w:t>
+              <w:t>17 февраля 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D66D86" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00FF5BF1">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00FF5BF1" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00D62333" w:rsidR="00FF5BF1" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00FF5BF1" w:rsidRPr="00D62333" w:rsidTr="00E66E9B">
         <w:trPr>
           <w:trHeight w:val="1122"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="00FF5BF1" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00FF5BF1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "Бұл жақсы әке болу?"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="00FF5BF1" w:rsidRPr="00FF5BF1">
+              <w:t xml:space="preserve"> «Что значит быть хорошим отцом?»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00FF5BF1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="00FF5BF1" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00FF5BF1" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Әңгіме</w:t>
+              <w:t>Беседа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00E66E9B" w:rsidRDefault="007F13C5" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="007F13C5" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>22 ақпан 2022</w:t>
+              <w:t>22 февраля 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF5BF1" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00FF5BF1">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00FF5BF1" w:rsidRPr="00FF5BF1" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00D62333" w:rsidR="00D66D86" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00D66D86" w:rsidRPr="00D62333" w:rsidTr="00E66E9B">
         <w:trPr>
           <w:trHeight w:val="995"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00FF5BF1" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF5BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Салауатты ұрпақ – дені сау ұлт"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="00D66D86" w:rsidRPr="00FF5BF1">
+              <w:t>«Здоровое потомство – здоровая нация»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00FF5BF1" w:rsidRDefault="00D66D86" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="007F13C5" w:rsidRPr="007F13C5">
-[...16 lines deleted...]
-              <w:t>Дәріс</w:t>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="007F13C5" w:rsidRDefault="007F13C5" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Лекция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D66D86" w:rsidP="00E66E9B" w:rsidRDefault="007F13C5" w:rsidRPr="00FF5BF1">
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00FF5BF1" w:rsidRDefault="007F13C5" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>23 ақпан 2022</w:t>
+              <w:t>23 февраля 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D66D86" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00FF5BF1">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00D66D86" w:rsidRPr="00FF5BF1" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D62333" w:rsidRDefault="00D62333">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="14992" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2799"/>
         <w:gridCol w:w="3274"/>
         <w:gridCol w:w="2541"/>
         <w:gridCol w:w="2962"/>
         <w:gridCol w:w="3416"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00D96906" w:rsidR="00330385" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00330385" w:rsidRPr="00D96906" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14992" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00E66E9B" w:rsidRDefault="007F13C5" w:rsidRPr="00D96906">
+          <w:p w:rsidR="00330385" w:rsidRPr="00D96906" w:rsidRDefault="007F13C5" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наурыз 2022</w:t>
+              <w:t>Март 2022</w:t>
             </w:r>
             <w:r w:rsidR="00330385">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00D66D86" w:rsidR="00330385" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00330385" w:rsidRPr="00D66D86" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00E66E9B" w:rsidRDefault="00330385" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00330385" w:rsidRPr="00CE1276" w:rsidRDefault="00330385" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Бағыт ай</w:t>
+              <w:t>Направление месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00E66E9B" w:rsidRDefault="00330385" w:rsidRPr="00330385">
+          <w:p w:rsidR="00330385" w:rsidRPr="00330385" w:rsidRDefault="00330385" w:rsidP="00E66E9B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00330385">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ұлттық тәрбие</w:t>
+              <w:t>Национальное воспитание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00D66D86" w:rsidR="00330385" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00330385" w:rsidRPr="00D66D86" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00E66E9B" w:rsidRDefault="00330385" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00330385" w:rsidRPr="00CE1276" w:rsidRDefault="00330385" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ұраны ай</w:t>
+              <w:t>Девиз месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00E66E9B" w:rsidRDefault="00330385" w:rsidRPr="00330385">
+          <w:p w:rsidR="00330385" w:rsidRPr="00330385" w:rsidRDefault="00330385" w:rsidP="00E66E9B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00330385">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Ұлт </w:t>
+              <w:t xml:space="preserve">«Ұлт </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00330385">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>боламын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00330385">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> десең, бесігіңді түзе".</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00330385" w:rsidP="00E66E9B" w:rsidRDefault="00330385" w:rsidRPr="00330385">
+              <w:t xml:space="preserve"> десең, бесігіңді түзе».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00330385" w:rsidRPr="00330385" w:rsidRDefault="00330385" w:rsidP="00E66E9B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00330385">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ата-баба</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00330385">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> дәстүрін жалғастырамыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00303BE2" w:rsidR="00330385" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00330385" w:rsidRPr="00303BE2" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00E66E9B" w:rsidRDefault="00330385" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00330385" w:rsidRPr="00CE1276" w:rsidRDefault="00330385" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мақсаты</w:t>
+              <w:t>Цель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00E66E9B" w:rsidRDefault="00330385" w:rsidRPr="00A80B36">
+          <w:p w:rsidR="00330385" w:rsidRPr="00A80B36" w:rsidRDefault="00330385" w:rsidP="00E66E9B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B44E1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">бағдарлау, тұлғаның жалпыадамзаттық және ұлттық құндылықтарды құрметтеу, туған және </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ориентация личности на общечеловеческие и национальные ценности, уважение к родному и </w:t>
             </w:r>
             <w:r w:rsidRPr="004B44E1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>мемлекеттік тіл,</w:t>
+              <w:t>государственному языкам,</w:t>
             </w:r>
             <w:r w:rsidRPr="004B44E1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
-[...13 lines deleted...]
-              <w:t>дық топтары, Қазақстан Республикасының</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> культуре казахского народа, этносов и этниче</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ских групп Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="0040272A" w:rsidR="00330385" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00330385" w:rsidRPr="0040272A" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00E66E9B" w:rsidRDefault="00330385" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00330385" w:rsidRPr="0040272A" w:rsidRDefault="00330385" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>іс-шаралардың Атауы</w:t>
+              <w:t>Наименования мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00E66E9B" w:rsidRDefault="00330385" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00330385" w:rsidRPr="0040272A" w:rsidRDefault="00330385" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Түрі</w:t>
+              <w:t>Вид</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00E66E9B" w:rsidRDefault="00330385" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00330385" w:rsidRPr="0040272A" w:rsidRDefault="00330385" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мерзімі</w:t>
+              <w:t>Срок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00E66E9B" w:rsidRDefault="00330385" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00330385" w:rsidRPr="0040272A" w:rsidRDefault="00330385" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Жауаптылар</w:t>
+              <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CF69FE" w:rsidR="00330385" w:rsidTr="00330385">
+      <w:tr w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidTr="00330385">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00330385" w:rsidRDefault="00330385" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00330385" w:rsidP="00330385">
             <w:pPr>
               <w:spacing w:after="150"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Халықаралық азаматтық қорғаныс күні</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00330385" w:rsidP="00330385" w:rsidRDefault="00330385" w:rsidRPr="00CF69FE">
+              <w:t>Международный день гражданской обороны</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00330385" w:rsidP="00330385">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00330385" w:rsidRDefault="00330385" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00330385" w:rsidP="00330385">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сынып сағаттары</w:t>
+              <w:t>Классные часы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00330385" w:rsidRDefault="007F13C5" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="007F13C5" w:rsidP="00330385">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1 мамыр 2022</w:t>
+              <w:t>1 марта 2022</w:t>
             </w:r>
             <w:r w:rsidR="00330385" w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00330385" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00CF69FE">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CF69FE" w:rsidR="00330385" w:rsidTr="00330385">
+      <w:tr w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidTr="00330385">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00330385" w:rsidRDefault="00330385" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00330385" w:rsidP="00330385">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>алғыс айту Күнін</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00330385" w:rsidP="00330385" w:rsidRDefault="00330385" w:rsidRPr="00CF69FE">
+              <w:t>День благодарности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00330385" w:rsidP="00330385">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00CF69FE" w:rsidRDefault="00330385" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00330385" w:rsidP="00CF69FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1026"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Қайырымдылық аспаздық жәрмеңкесі</w:t>
+              <w:t>Благотворительная кулинарная  ярмарка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00330385" w:rsidRDefault="007F13C5" w:rsidRPr="00CF69FE">
-[...15 lines deleted...]
-              <w:t>1 наурыз 2022</w:t>
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="007F13C5" w:rsidP="00330385">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 марта 2022</w:t>
             </w:r>
             <w:r w:rsidR="00330385" w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00330385" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00CF69FE">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CF69FE" w:rsidR="00330385" w:rsidTr="00330385">
+      <w:tr w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidTr="00330385">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00CF69FE" w:rsidRDefault="00330385" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00330385" w:rsidP="00CF69FE">
             <w:pPr>
               <w:spacing w:after="150"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Халықаралық нашақорлықпен және есірткі бизнесімен күрес</w:t>
+              <w:t>Международный день борьбы с наркоманией и наркобизнесом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00E66E9B" w:rsidRDefault="00330385" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00330385" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Дәріс</w:t>
+              <w:t>Лекции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00E66E9B" w:rsidRDefault="007F13C5" w:rsidRPr="00CF69FE">
-[...15 lines deleted...]
-              <w:t>1 наурыз 2022</w:t>
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="007F13C5" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 марта 2022</w:t>
             </w:r>
             <w:r w:rsidR="00330385" w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00330385" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00CF69FE">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CF69FE" w:rsidR="00330385" w:rsidTr="00330385">
+      <w:tr w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidTr="00330385">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00E66E9B" w:rsidRDefault="00330385" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00330385" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Халықаралық әйелдер күні</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00330385" w:rsidP="00E66E9B" w:rsidRDefault="00330385" w:rsidRPr="00CF69FE">
+              <w:t>Международный женский день</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00330385" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>8 Наурыз</w:t>
-[...13 lines deleted...]
-          <w:p w:rsidR="00330385" w:rsidP="00CF69FE" w:rsidRDefault="00330385" w:rsidRPr="00CF69FE">
+              <w:t>8 Марта</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00330385" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00330385" w:rsidP="00CF69FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"отбасымен бірге оқимыз! - әйел!"</w:t>
+              <w:t>«Восславим женщину!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00E66E9B" w:rsidRDefault="00330385" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00330385" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мерекелік іс-шара</w:t>
+              <w:t>Праздничные мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00E66E9B" w:rsidRDefault="007F13C5" w:rsidRPr="00CF69FE">
-[...15 lines deleted...]
-              <w:t>5 наурыз 2022</w:t>
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="007F13C5" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 марта 2022</w:t>
             </w:r>
             <w:r w:rsidR="00330385" w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00330385" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00CF69FE">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CF69FE" w:rsidR="00CF69FE" w:rsidTr="00330385">
+      <w:tr w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidTr="00330385">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF69FE" w:rsidP="00E66E9B" w:rsidRDefault="00CF69FE" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidRDefault="00CF69FE" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Бабалар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> мұрасы</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF69FE" w:rsidP="00CF69FE" w:rsidRDefault="00CF69FE" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidRDefault="00CF69FE" w:rsidP="00CF69FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Көрмесі атты сәндік-қолданбалы өнер.</w:t>
+              <w:t>Выставки декоративно-прикладного творчества.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF69FE" w:rsidP="00E66E9B" w:rsidRDefault="007F13C5" w:rsidRPr="00CF69FE">
-[...15 lines deleted...]
-              <w:t>10 наурыз 2022</w:t>
+          <w:p w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidRDefault="007F13C5" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10 марта 2022</w:t>
             </w:r>
             <w:r w:rsidR="00CF69FE" w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CF69FE" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00CF69FE">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CF69FE" w:rsidR="00CF69FE" w:rsidTr="00CF69FE">
+      <w:tr w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidTr="00CF69FE">
         <w:trPr>
           <w:trHeight w:val="718"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF69FE" w:rsidP="00E66E9B" w:rsidRDefault="00CF69FE" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidRDefault="00CF69FE" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Ежелгі металлургия" Ұлы дала және қазіргі заманғы ашу".</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CF69FE" w:rsidP="00E66E9B" w:rsidRDefault="00CF69FE" w:rsidRPr="00CF69FE">
+              <w:t>«Древняя металлургия Великой степи и современные открытия».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidRDefault="00CF69FE" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF69FE" w:rsidP="00E66E9B" w:rsidRDefault="00CF69FE" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidRDefault="00CF69FE" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Онлайн-саяхат</w:t>
+              <w:t>Онлайн-экскурсия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF69FE" w:rsidP="00E66E9B" w:rsidRDefault="00CF69FE" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidRDefault="00CF69FE" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>12 march</w:t>
+              <w:t>12 март</w:t>
             </w:r>
             <w:r w:rsidR="007F13C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ал 2022</w:t>
+              <w:t>а 2022</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CF69FE" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00CF69FE">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CF69FE" w:rsidR="00CF69FE" w:rsidTr="00330385">
+      <w:tr w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidTr="00330385">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF69FE" w:rsidP="00E66E9B" w:rsidRDefault="00CF69FE" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidRDefault="00CF69FE" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Алтын </w:t>
+              <w:t xml:space="preserve">«Алтын </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>адам</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF69FE" w:rsidP="00E66E9B" w:rsidRDefault="00CF69FE" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidRDefault="00CF69FE" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Сабақтары мұражайларда</w:t>
+              <w:t>Занятия в музеях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF69FE" w:rsidP="00E66E9B" w:rsidRDefault="007F13C5" w:rsidRPr="00CF69FE">
-[...16 lines deleted...]
-              <w:t>15 наурыз 2022</w:t>
+          <w:p w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidRDefault="007F13C5" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 марта 2022</w:t>
             </w:r>
             <w:r w:rsidR="00CF69FE" w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CF69FE" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00CF69FE">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CF69FE" w:rsidR="00CF69FE" w:rsidTr="00330385">
+      <w:tr w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidTr="00330385">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF69FE" w:rsidP="00E66E9B" w:rsidRDefault="00CF69FE" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidRDefault="00CF69FE" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Зерттеу білім ұлы ойшылдар, ақындар мен билеушілерінің Ұлы дала сияқты </w:t>
+              <w:t xml:space="preserve">Изучение образов великих мыслителей, поэтов и правителей Великой степи, таких как </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>әл-Фараби</w:t>
+              <w:t>аль-Фараби</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Яссауи</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -15025,3194 +15025,3194 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Кюль-Тегин</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Бейбарыс</w:t>
+              <w:t>Бейбарс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Тәуке</w:t>
+              <w:t>Тауке</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Абылай</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Кенесары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, Абай, қазіргі заманғы әдебиет, музыка, театр және бейнелеу өнеріндегі</w:t>
+              <w:t>, Абай в современной литературе, музыке, театре и изобразительном искусстве</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF69FE" w:rsidP="00E66E9B" w:rsidRDefault="00CF69FE" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidRDefault="00CF69FE" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>пікір сайыс</w:t>
+              <w:t>Дебаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF69FE" w:rsidP="00E66E9B" w:rsidRDefault="007F13C5" w:rsidRPr="00CF69FE">
-[...16 lines deleted...]
-              <w:t>16 наурыз 2022</w:t>
+          <w:p w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidRDefault="007F13C5" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 марта 2022</w:t>
             </w:r>
             <w:r w:rsidR="00CF69FE" w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CF69FE" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00CF69FE">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00CF69FE" w:rsidRPr="00CF69FE" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CF69FE" w:rsidR="00330385" w:rsidTr="00330385">
+      <w:tr w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidTr="00330385">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00330385" w:rsidRDefault="00330385" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00330385" w:rsidP="00330385">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">"История </w:t>
+              <w:t xml:space="preserve">«История </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">праздника </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Наурыз</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> салт-дәстүр"</w:t>
+              <w:t xml:space="preserve"> традиции и обычаи»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00330385" w:rsidRDefault="00330385" w:rsidRPr="00CF69FE">
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00330385" w:rsidP="00330385">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сынып сағаттары</w:t>
+              <w:t>Классные часы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00330385" w:rsidP="00330385" w:rsidRDefault="007F13C5" w:rsidRPr="00CF69FE">
-[...15 lines deleted...]
-              <w:t>17 наурыз 2022</w:t>
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="007F13C5" w:rsidP="00330385">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>17 марта 2022</w:t>
             </w:r>
             <w:r w:rsidR="00330385" w:rsidRPr="00CF69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00330385" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00CF69FE">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00330385" w:rsidRPr="00CF69FE" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00330385" w:rsidP="00330385" w:rsidRDefault="00330385">
+    <w:p w:rsidR="00330385" w:rsidRDefault="00330385" w:rsidP="00330385">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00585A94" w:rsidP="00330385" w:rsidRDefault="00585A94">
+    <w:p w:rsidR="00585A94" w:rsidRDefault="00585A94" w:rsidP="00330385">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="14992" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2799"/>
         <w:gridCol w:w="3274"/>
         <w:gridCol w:w="2541"/>
         <w:gridCol w:w="2962"/>
         <w:gridCol w:w="3416"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00D96906" w:rsidR="00585A94" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00585A94" w:rsidRPr="00D96906" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14992" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="009E3A4A" w:rsidRPr="00D96906">
+          <w:p w:rsidR="00585A94" w:rsidRPr="00D96906" w:rsidRDefault="009E3A4A" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Апрель 2022</w:t>
             </w:r>
             <w:r w:rsidR="00585A94">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00330385" w:rsidR="00585A94" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00585A94" w:rsidRPr="00330385" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00585A94" w:rsidRPr="00CE1276" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Бағыт ай</w:t>
+              <w:t>Направление месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="00585A94">
+          <w:p w:rsidR="00585A94" w:rsidRPr="00585A94" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00585A94">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Еңбек, экономикалық және экологиялық тәрбие</w:t>
+              <w:t>Трудовое, экономическое и экологическое воспитание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00330385" w:rsidR="00585A94" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00585A94" w:rsidRPr="00330385" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00585A94" w:rsidRPr="00CE1276" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ұраны ай</w:t>
+              <w:t>Девиз месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="00585A94">
+          <w:p w:rsidR="00585A94" w:rsidRPr="00585A94" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00585A94">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Ұрпақ тәрбиесі - болашақ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00585A94">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>тірегі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00A80B36" w:rsidR="00585A94" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00585A94" w:rsidRPr="00A80B36" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00585A94" w:rsidRPr="00CE1276" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мақсаты</w:t>
+              <w:t>Цель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94">
+          <w:p w:rsidR="00585A94" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B44E1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ф</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004B44E1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ормирование</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004B44E1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> саналы кәсіби өзін-өзі анықтауға, экономикалық ойлау қабілетін дамыту және экологиялық мәдениетті тәрбиелеу.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> осознанного отношения к профессиональному самоопределению, развитие экономического мышления и экологической культуры личности.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="0040272A" w:rsidR="00585A94" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00585A94" w:rsidRPr="0040272A" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00585A94" w:rsidRPr="0040272A" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Іс-шаралардың атауы</w:t>
+              <w:t>Наименования мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00585A94" w:rsidRPr="0040272A" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Түрі</w:t>
+              <w:t>Вид</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00585A94" w:rsidRPr="0040272A" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мерзімі</w:t>
+              <w:t>Срок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00585A94" w:rsidRPr="0040272A" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Жауаптылар</w:t>
+              <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="0040272A" w:rsidR="00F0782D" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00F0782D" w:rsidRPr="0040272A" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00F0782D" w:rsidP="00E66E9B" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Скворечников</w:t>
+              <w:t>«Скворечников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F0782D" w:rsidP="00E66E9B" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F0782D" w:rsidP="00F0782D" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00F0782D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәуірдегі</w:t>
-[...8 lines deleted...]
-              <w:t>мен</w:t>
+              <w:t xml:space="preserve"> апрел</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>я</w:t>
             </w:r>
             <w:r w:rsidR="009E3A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2022</w:t>
             </w:r>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F0782D" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00F0782D">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CF69FE" w:rsidR="00585A94" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00585A94" w:rsidRPr="00CF69FE" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA390E" w:rsidP="00AA390E" w:rsidRDefault="00AA390E" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00AA390E" w:rsidRPr="00F0782D" w:rsidRDefault="00AA390E" w:rsidP="00AA390E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000E5345" w:rsidP="000E5345" w:rsidRDefault="000E5345" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="000E5345" w:rsidRPr="00F0782D" w:rsidRDefault="000E5345" w:rsidP="000E5345">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Терпенье мен еңбек - бәрін де жеңбек"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00585A94" w:rsidP="000E5345" w:rsidRDefault="00585A94" w:rsidRPr="00F0782D">
+              <w:t>«Терпенье и труд - все перетрут»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00585A94" w:rsidP="000E5345">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F0782D" w:rsidP="00F0782D" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00F0782D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Атты</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="00F0782D">
+              <w:t>Круглый стол</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="00F0782D" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00F0782D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00585A94" w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәуірдегі</w:t>
-[...8 lines deleted...]
-              <w:t>мен</w:t>
+              <w:t xml:space="preserve"> апрел</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>я</w:t>
             </w:r>
             <w:r w:rsidR="009E3A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2022</w:t>
             </w:r>
             <w:r w:rsidR="00585A94" w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00585A94" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00F0782D">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CF69FE" w:rsidR="00585A94" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00585A94" w:rsidRPr="00CF69FE" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00F0782D" w:rsidP="00F0782D" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00F0782D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Менің үйім! Менің тағдырым! Менің Қазақстан" </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="00F0782D">
+              <w:t xml:space="preserve">«Мой дом! Моя судьба! Мой Казахстана» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F0782D" w:rsidP="00F0782D" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00F0782D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>атты әдеби-саяхат өткізілді</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="00F0782D">
+              <w:t>Игра викторина</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="009E3A4A" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="009E3A4A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r w:rsidR="00585A94" w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> april 202</w:t>
+              <w:t xml:space="preserve"> апрель 202</w:t>
             </w:r>
             <w:r w:rsidR="009E3A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00585A94" w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жыл</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00585A94" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00F0782D">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CF69FE" w:rsidR="00F0782D" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00F0782D" w:rsidRPr="00CF69FE" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00F0782D" w:rsidP="00E66E9B" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Ең таза сынып!"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00F0782D" w:rsidP="00E66E9B" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+              <w:t>«Самый чистый класс!»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F0782D" w:rsidP="00E66E9B" w:rsidRDefault="00F0782D" w:rsidRPr="0073008B">
+          <w:p w:rsidR="00F0782D" w:rsidRPr="0073008B" w:rsidRDefault="00F0782D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0073008B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Экологиялық рейд</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00F0782D" w:rsidP="00E66E9B" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+              <w:t>Экологический рейд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F0782D" w:rsidP="00E66E9B" w:rsidRDefault="009E3A4A" w:rsidRPr="00F0782D">
-[...15 lines deleted...]
-              <w:t>, 15 сәуір 2022</w:t>
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="009E3A4A" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 апрель 2022</w:t>
             </w:r>
             <w:r w:rsidR="00F0782D" w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F0782D" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00F0782D">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CF69FE" w:rsidR="00585A94" w:rsidTr="0073008B">
+      <w:tr w:rsidR="00585A94" w:rsidRPr="00CF69FE" w:rsidTr="0073008B">
         <w:trPr>
           <w:trHeight w:val="931"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Отырғыз"отбасылық ағашы, сақта оны"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="00F0782D">
+              <w:t>«Посади семейное дерево, сохрани его»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Акциясы өтті</w:t>
+              <w:t>Акция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="009E3A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәуір 2022</w:t>
+              <w:t xml:space="preserve"> апрель 2022</w:t>
             </w:r>
             <w:r w:rsidR="00585A94" w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00585A94" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00F0782D">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CF69FE" w:rsidR="00585A94" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00585A94" w:rsidRPr="00CF69FE" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Я здоровье берегу – сам себе я помогу"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="00F0782D">
+              <w:t>«Я здоровье берегу – сам себе я помогу»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ойын бағдарламасы</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="00F0782D">
+              <w:t>Игровая программа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="009E3A4A" w:rsidRDefault="0073008B" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="0073008B" w:rsidP="009E3A4A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00585A94" w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3 april 202</w:t>
+              <w:t>3 апрель 202</w:t>
             </w:r>
             <w:r w:rsidR="009E3A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00585A94" w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жыл</w:t>
+              <w:t xml:space="preserve">  год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t xml:space="preserve"> Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
-[...32 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00585A94" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00F0782D">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CF69FE" w:rsidR="00585A94" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00585A94" w:rsidRPr="00CF69FE" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="009E3A4A" w:rsidP="009E3A4A" w:rsidRDefault="009E3A4A" w:rsidRPr="009E3A4A">
+          <w:p w:rsidR="009E3A4A" w:rsidRPr="009E3A4A" w:rsidRDefault="009E3A4A" w:rsidP="009E3A4A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>"</w:t>
+              <w:t>«</w:t>
             </w:r>
             <w:r w:rsidRPr="009E3A4A">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Экологияның қазіргі заманғы мәселелері</w:t>
-[...9 lines deleted...]
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="00585A94" w:rsidRPr="00F0782D">
+              <w:t>Современные проблемы экологии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00585A94" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="009E3A4A" w:rsidRPr="009E3A4A">
+          <w:p w:rsidR="00585A94" w:rsidRPr="009E3A4A" w:rsidRDefault="009E3A4A" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Дебат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00585A94" w:rsidP="00E66E9B" w:rsidRDefault="0073008B" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="0073008B" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
             <w:r w:rsidR="009E3A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> april 2022</w:t>
+              <w:t xml:space="preserve"> апрель 2022</w:t>
             </w:r>
             <w:r w:rsidR="00585A94" w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00585A94" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00F0782D">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00585A94" w:rsidRPr="00F0782D" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CF69FE" w:rsidR="00F0782D" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00F0782D" w:rsidRPr="00CF69FE" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00F0782D" w:rsidP="00E66E9B" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Ұлттар достастығы"</w:t>
+              <w:t>«Ұлттар достастығы»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F0782D" w:rsidP="00E66E9B" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>атты сурет Көрмесі</w:t>
+              <w:t>Выставка рисунков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F0782D" w:rsidP="00E66E9B" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>сәуір</w:t>
+              <w:t>апреля</w:t>
             </w:r>
             <w:r w:rsidR="009E3A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2022</w:t>
             </w:r>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F0782D" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00F0782D">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CF69FE" w:rsidR="00F0782D" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00F0782D" w:rsidRPr="00CF69FE" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00F0782D" w:rsidP="00E66E9B" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Ко </w:t>
             </w:r>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">дню празднования </w:t>
             </w:r>
             <w:r w:rsidRPr="009E3A4A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"жеңіс</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00F0782D" w:rsidP="00E66E9B" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+              <w:t>победы в ВОВ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Сарбаздарына"жеңіс"</w:t>
+              <w:t>«Солдатам победы»</w:t>
             </w:r>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F0782D" w:rsidP="00E66E9B" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "Сыйлық" кеңес одағының батырлары"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00F0782D" w:rsidP="00E66E9B" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+              <w:t xml:space="preserve"> «Подарок воину»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F0782D" w:rsidP="00E66E9B" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F0782D" w:rsidP="00E66E9B" w:rsidRDefault="00F0782D" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00F0782D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F0782D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>атты Акция</w:t>
+              <w:t>Акция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F0782D" w:rsidP="00E66E9B" w:rsidRDefault="009E3A4A" w:rsidRPr="00F0782D">
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="009E3A4A" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>30 сәуір 2022</w:t>
+              <w:t>30 апрель 2022</w:t>
             </w:r>
             <w:r w:rsidR="00F0782D" w:rsidRPr="00F0782D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F0782D" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00F0782D">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00F0782D" w:rsidRPr="00F0782D" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00585A94" w:rsidP="00330385" w:rsidRDefault="00585A94">
+    <w:p w:rsidR="00585A94" w:rsidRDefault="00585A94" w:rsidP="00330385">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C00857" w:rsidP="00330385" w:rsidRDefault="00C00857">
+    <w:p w:rsidR="00C00857" w:rsidRDefault="00C00857" w:rsidP="00330385">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="14992" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2799"/>
         <w:gridCol w:w="3263"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="2962"/>
         <w:gridCol w:w="3416"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00D96906" w:rsidR="00C00857" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00C00857" w:rsidRPr="00D96906" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14992" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00E66E9B" w:rsidRDefault="00C00857" w:rsidRPr="00D96906">
+          <w:p w:rsidR="00C00857" w:rsidRPr="00D96906" w:rsidRDefault="00C00857" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мамыр </w:t>
+              <w:t xml:space="preserve">Май </w:t>
             </w:r>
             <w:r w:rsidR="009E3A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00585A94" w:rsidR="00C00857" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00C00857" w:rsidRPr="00585A94" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00E66E9B" w:rsidRDefault="00C00857" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00C00857" w:rsidRPr="00CE1276" w:rsidRDefault="00C00857" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Бағыт айдың</w:t>
+              <w:t>Направление месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="00C00857">
+          <w:p w:rsidR="00C00857" w:rsidRPr="00C00857" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C00857">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Құқықтық тәрбие</w:t>
+              <w:t>Правовое воспитание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00585A94" w:rsidR="00C00857" w:rsidTr="00E66E9B">
+      <w:tr w:rsidR="00C00857" w:rsidRPr="00585A94" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00E66E9B" w:rsidRDefault="00C00857" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00C00857" w:rsidRPr="00CE1276" w:rsidRDefault="00C00857" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ұраны ай</w:t>
+              <w:t>Девиз месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="00C00857">
+          <w:p w:rsidR="00C00857" w:rsidRPr="00C00857" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C00857">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C00857">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Атадан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C00857">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> бала </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C00857">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -18240,2342 +18240,2342 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C00857">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C00857">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>жолын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C00857">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қусайшы"</w:t>
+              <w:t xml:space="preserve"> қусайшы»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C00857" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00E66E9B" w:rsidRDefault="00C00857" w:rsidRPr="00CE1276">
+          <w:p w:rsidR="00C00857" w:rsidRPr="00CE1276" w:rsidRDefault="00C00857" w:rsidP="00E66E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE1276">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мақсаты</w:t>
+              <w:t>Цель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="00C00857">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
+          <w:p w:rsidR="00C00857" w:rsidRPr="00C00857" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C00857">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">қалыптастыру патриоты және азаматты ұтымды және эмоциялық қатынасымен, отанға деген қажеттілікке меңгеруге және сақтау заңдарының мемлекет пен қоғамның, противостоящего саяси, құқықтық және сыбайлас жемқорлыққа қарсы беззаконности, </w:t>
+              <w:t xml:space="preserve">формирование патриота и гражданина с рациональным и эмоциональным отношением к родине, потребностью к усвоению и соблюдению законов государства и общества, противостоящего политической, правовой и антикоррупционной беззаконности, </w:t>
             </w:r>
             <w:r w:rsidRPr="00C00857">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri"/>
-[...3 lines deleted...]
-              <w:t>дайын көріністеріне қарсы тұруға қатыгездік пен зорлық-зомбылыққа ұшыраған балалар мен жастар арасында</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>готового противостоять проявлениям жестокости и насилию в детской и молодежной среде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="0040272A" w:rsidR="00C00857" w:rsidTr="00FB0703">
+      <w:tr w:rsidR="00C00857" w:rsidRPr="0040272A" w:rsidTr="00FB0703">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00C00857" w:rsidRPr="0040272A" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>іс-шаралардың Атауы</w:t>
+              <w:t>Наименования мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00C00857" w:rsidRPr="0040272A" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Түрі</w:t>
+              <w:t>Вид</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00C00857" w:rsidRPr="0040272A" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мерзімі</w:t>
+              <w:t>Срок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="0040272A">
+          <w:p w:rsidR="00C00857" w:rsidRPr="0040272A" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Жауаптылар</w:t>
+              <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F0782D" w:rsidR="00C00857" w:rsidTr="00FB0703">
+      <w:tr w:rsidR="00C00857" w:rsidRPr="00F0782D" w:rsidTr="00FB0703">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Салют, Жеңіс!"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="00EE40B2">
+              <w:t>«Салют, Победа!»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мерекелік іс-шара</w:t>
+              <w:t>Праздничное мероприятие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="004F1D6C" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="004F1D6C" w:rsidP="00A63DBF">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>4 наурыз 2022</w:t>
+              <w:t>4 мая 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C00857" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00EE40B2">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F0782D" w:rsidR="00C00857" w:rsidTr="00FB0703">
+      <w:tr w:rsidR="00C00857" w:rsidRPr="00F0782D" w:rsidTr="00FB0703">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Бір тағдыр, бір қайғы байланыстырды крепко олардың..."</w:t>
+              <w:t>«Одна судьба, одна беда связала крепко их…»</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Балалар соғысқа қарсы"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="00EE40B2">
+              <w:t>«Дети против войны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>еске алу Сабағы</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="00EE40B2">
+              <w:t>Урок памяти</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="004F1D6C" w:rsidRPr="00EE40B2">
-[...15 lines deleted...]
-              <w:t>6 мамыр 2022</w:t>
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="004F1D6C" w:rsidP="00A63DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6 мая 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C00857" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Сынып жетекшілері</w:t>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F0782D" w:rsidR="00CD0992" w:rsidTr="00FB0703">
+      <w:tr w:rsidR="00CD0992" w:rsidRPr="00F0782D" w:rsidTr="00FB0703">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD0992" w:rsidP="00A63DBF" w:rsidRDefault="00CD0992">
+          <w:p w:rsidR="00CD0992" w:rsidRDefault="00CD0992" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Дүниежүзілік Қызыл кітабының</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00EE40B2" w:rsidP="00A63DBF" w:rsidRDefault="00EE40B2" w:rsidRPr="00EE40B2">
+              <w:t>Всемирный день Красной книги</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE40B2" w:rsidRPr="00EE40B2" w:rsidRDefault="00EE40B2" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CD0992" w:rsidP="00A63DBF" w:rsidRDefault="00CD0992" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00CD0992" w:rsidRPr="00EE40B2" w:rsidRDefault="00CD0992" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ізімен"Қызыл кітап"</w:t>
+              <w:t>«По следам Красной книги»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD0992" w:rsidP="00A63DBF" w:rsidRDefault="00CD0992" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00CD0992" w:rsidRPr="00EE40B2" w:rsidRDefault="00CD0992" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Әңгіме -</w:t>
+              <w:t>Беседа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD0992" w:rsidP="00A63DBF" w:rsidRDefault="004F1D6C" w:rsidRPr="00EE40B2">
-[...15 lines deleted...]
-              <w:t>6 мамыр 2022</w:t>
+          <w:p w:rsidR="00CD0992" w:rsidRPr="00EE40B2" w:rsidRDefault="004F1D6C" w:rsidP="00A63DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6 мая 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD0992" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00EE40B2">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00CD0992" w:rsidRPr="00EE40B2" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F0782D" w:rsidR="00EE40B2" w:rsidTr="00FB0703">
+      <w:tr w:rsidR="00EE40B2" w:rsidRPr="00F0782D" w:rsidTr="00FB0703">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE40B2" w:rsidP="00A63DBF" w:rsidRDefault="00EE40B2" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00EE40B2" w:rsidRPr="00EE40B2" w:rsidRDefault="00EE40B2" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Адал</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ұрпа</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00EE40B2" w:rsidP="00A63DBF" w:rsidRDefault="00EE40B2" w:rsidRPr="00EE40B2">
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE40B2" w:rsidRPr="00EE40B2" w:rsidRDefault="00EE40B2" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Жемқорлық: ұтыс немесе зиян?"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00EE40B2" w:rsidP="00A63DBF" w:rsidRDefault="00EE40B2" w:rsidRPr="008764C5">
+              <w:t>«Коррупция: выигрыш или убыток?»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE40B2" w:rsidRPr="008764C5" w:rsidRDefault="00EE40B2" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008764C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(9-11 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008764C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008764C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="008764C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE40B2" w:rsidP="00A63DBF" w:rsidRDefault="00EE40B2" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00EE40B2" w:rsidRPr="00EE40B2" w:rsidRDefault="00EE40B2" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Пікір сайыс</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00EE40B2" w:rsidP="00A63DBF" w:rsidRDefault="00EE40B2" w:rsidRPr="00EE40B2">
+              <w:t>Дебаты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE40B2" w:rsidRPr="00EE40B2" w:rsidRDefault="00EE40B2" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE40B2" w:rsidP="00A63DBF" w:rsidRDefault="00EE40B2" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00EE40B2" w:rsidRPr="00EE40B2" w:rsidRDefault="00EE40B2" w:rsidP="00A63DBF">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidR="004F1D6C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мамыр 2022</w:t>
+              <w:t xml:space="preserve"> мая 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EE40B2" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00EE40B2">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00EE40B2" w:rsidRPr="00EE40B2" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F0782D" w:rsidR="00EE40B2" w:rsidTr="00FB0703">
+      <w:tr w:rsidR="00EE40B2" w:rsidRPr="00F0782D" w:rsidTr="00FB0703">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE40B2" w:rsidP="00A63DBF" w:rsidRDefault="00EE40B2" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00EE40B2" w:rsidRPr="00EE40B2" w:rsidRDefault="00EE40B2" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>"кәмелетке толмағанның Құқығы мен міндеті"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00EE40B2" w:rsidP="00A63DBF" w:rsidRDefault="00EE40B2" w:rsidRPr="00EE40B2">
+              <w:t>«Права и обязанности несовершеннолетних»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE40B2" w:rsidRPr="00EE40B2" w:rsidRDefault="00EE40B2" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE40B2" w:rsidP="00A63DBF" w:rsidRDefault="00EE40B2" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00EE40B2" w:rsidRPr="00EE40B2" w:rsidRDefault="00EE40B2" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Әңгіме</w:t>
+              <w:t>Беседа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE40B2" w:rsidP="00A63DBF" w:rsidRDefault="00EE40B2" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00EE40B2" w:rsidRPr="00EE40B2" w:rsidRDefault="00EE40B2" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="004F1D6C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> маусым 2022</w:t>
+              <w:t xml:space="preserve"> мая 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EE40B2" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00EE40B2">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00EE40B2" w:rsidRPr="00EE40B2" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F0782D" w:rsidR="00C00857" w:rsidTr="00FB0703">
+      <w:tr w:rsidR="00C00857" w:rsidRPr="00F0782D" w:rsidTr="00FB0703">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">аясында </w:t>
+              <w:t xml:space="preserve">в рамках </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Халықаралық отбасы Күні</w:t>
+              <w:t>Международного Дня семьи</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Денсаулық-fest"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="00EE40B2">
+              <w:t>«Денсаулық-fest»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>С</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>емейный</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> денсаулық фестивалі</w:t>
+              <w:t xml:space="preserve"> фестиваль здоровья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>14 м</w:t>
             </w:r>
             <w:r w:rsidR="004F1D6C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ая 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C00857" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00EE40B2">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F0782D" w:rsidR="00C00857" w:rsidTr="00FB0703">
+      <w:tr w:rsidR="00C00857" w:rsidRPr="00F0782D" w:rsidTr="00FB0703">
         <w:trPr>
           <w:trHeight w:val="931"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE40B2" w:rsidP="00A63DBF" w:rsidRDefault="00FB0703">
+          <w:p w:rsidR="00EE40B2" w:rsidRDefault="00FB0703" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Адал</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Ұрпақ" </w:t>
+              <w:t xml:space="preserve"> Ұрпақ» </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ережесі","біз өмір сүретін</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FB0703" w:rsidP="00A63DBF" w:rsidRDefault="00FB0703" w:rsidRPr="00EE40B2">
+              <w:t>«Правила, по которым мы живем»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB0703" w:rsidRPr="00EE40B2" w:rsidRDefault="00FB0703" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(1-4 сыныптар);</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FB0703" w:rsidP="00A63DBF" w:rsidRDefault="00FB0703" w:rsidRPr="00EE40B2">
+              <w:t>(1–4 классы);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB0703" w:rsidRPr="00EE40B2" w:rsidRDefault="00FB0703" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"сыбайлас-жемқорлық деген Не және онымен қалай күресуге болады"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FB0703" w:rsidP="00A63DBF" w:rsidRDefault="00FB0703" w:rsidRPr="00EE40B2">
+              <w:t>«Что такое коррупция и как с ней бороться»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB0703" w:rsidRPr="00EE40B2" w:rsidRDefault="00FB0703" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(5-7 - сыныптар);</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FB0703" w:rsidP="00A63DBF" w:rsidRDefault="00FB0703" w:rsidRPr="00EE40B2">
+              <w:t>(5–7- классы);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB0703" w:rsidRPr="00EE40B2" w:rsidRDefault="00FB0703" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Біз сыбайлас жемқорлыққа қарсымыз"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FB0703" w:rsidP="00A63DBF" w:rsidRDefault="00FB0703" w:rsidRPr="00EE40B2">
+              <w:t>«Мы против коррупции»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB0703" w:rsidRPr="00EE40B2" w:rsidRDefault="00FB0703" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(8-11-сыныптар)</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="00EE40B2">
+              <w:t>(8–11-классы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB0703" w:rsidP="00A63DBF" w:rsidRDefault="00FB0703" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00FB0703" w:rsidRPr="00EE40B2" w:rsidRDefault="00FB0703" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сынып сағаттары</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="00EE40B2">
+              <w:t>Классные часы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00EE40B2" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00EE40B2" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r w:rsidR="004F1D6C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мамыр 2022</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> жылға</w:t>
+              <w:t xml:space="preserve"> мая 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C00857" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00EE40B2">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F0782D" w:rsidR="00C00857" w:rsidTr="00FB0703">
+      <w:tr w:rsidR="00C00857" w:rsidRPr="00F0782D" w:rsidTr="00FB0703">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE40B2" w:rsidP="00A63DBF" w:rsidRDefault="00EE40B2" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00EE40B2" w:rsidRPr="00EE40B2" w:rsidRDefault="00EE40B2" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"менің Құқығым бар, бірақ міндетті..."</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00EE40B2" w:rsidP="00A63DBF" w:rsidRDefault="00EE40B2" w:rsidRPr="008764C5">
+              <w:t>«Имею право, но обязан...»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE40B2" w:rsidRPr="008764C5" w:rsidRDefault="00EE40B2" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008764C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(1-6 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008764C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008764C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EE40B2" w:rsidP="00A63DBF" w:rsidRDefault="00EE40B2" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00EE40B2" w:rsidRPr="00EE40B2" w:rsidRDefault="00EE40B2" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Жолда кәмелетке толу"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00EE40B2" w:rsidRPr="008764C5">
+              <w:t>«На пути к совершеннолетию»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C00857" w:rsidRPr="008764C5" w:rsidRDefault="00EE40B2" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008764C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(7-11 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008764C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008764C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE40B2" w:rsidP="00A63DBF" w:rsidRDefault="00EE40B2" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00EE40B2" w:rsidRPr="00EE40B2" w:rsidRDefault="00EE40B2" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Сағ құқықтық қарым-қатынас</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="00EE40B2">
+              <w:t>Час правового общения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00EE40B2" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00EE40B2" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r w:rsidR="004F1D6C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мамыр 2022</w:t>
+              <w:t xml:space="preserve"> мая 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C00857" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00EE40B2">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F0782D" w:rsidR="00C00857" w:rsidTr="00FB0703">
+      <w:tr w:rsidR="00C00857" w:rsidRPr="00F0782D" w:rsidTr="00FB0703">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Тоғыз халыктық спорт ойындарында халықтық"</w:t>
+              <w:t>«Тоғыз кұмалақ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="00C00857" w:rsidRPr="00EE40B2">
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00C00857" w:rsidP="00A63DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE40B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Туринир</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00857" w:rsidP="00A63DBF" w:rsidRDefault="004F1D6C" w:rsidRPr="00EE40B2">
-[...15 lines deleted...]
-              <w:t>20 мамыр 2022</w:t>
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="004F1D6C" w:rsidP="00A63DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20 мая 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
-[...8 lines deleted...]
-            <w:bookmarkStart w:name="_GoBack" w:id="0"/>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектеп Әкімшілігі</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A56E45" w:rsidP="00A56E45" w:rsidRDefault="00A56E45">
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A56E45" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жас </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C00857" w:rsidP="00A56E45" w:rsidRDefault="00A56E45" w:rsidRPr="00EE40B2">
-[...14 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00C00857" w:rsidRPr="00EE40B2" w:rsidRDefault="00A56E45" w:rsidP="00A56E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C00857" w:rsidP="00330385" w:rsidRDefault="00C00857" w:rsidRPr="00C00857">
+    <w:p w:rsidR="00C00857" w:rsidRPr="00C00857" w:rsidRDefault="00C00857" w:rsidP="00330385">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00C00857" w:rsidSect="004F047C" w:rsidRPr="00C00857">
+    <w:sectPr w:rsidR="00C00857" w:rsidRPr="00C00857" w:rsidSect="004F047C">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:footer="708" w:left="1134" w:top="284" w:header="708" w:right="1134" w:bottom="850" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
@@ -21469,34 +21469,33 @@
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>15952</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Yandex.Translate</dc:creator>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:description>Translated with Yandex.Translate</dc:description>
 </cp:coreProperties>
 </file>