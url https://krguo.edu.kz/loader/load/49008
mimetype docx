--- v0 (2025-10-09)
+++ v1 (2025-11-30)
@@ -1,2910 +1,2910 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="004C4706" w:rsidP="004C4706" w:rsidRDefault="004C4706">
+    <w:p w:rsidR="004C4706" w:rsidRDefault="004C4706" w:rsidP="004C4706">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0040272A">
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Бекітемін</w:t>
+        <w:t>Утверждаю</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C4706" w:rsidP="004C4706" w:rsidRDefault="004C4706">
+    <w:p w:rsidR="004C4706" w:rsidRDefault="004C4706" w:rsidP="004C4706">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">директоры </w:t>
+        <w:t xml:space="preserve">директор </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C4706" w:rsidP="004C4706" w:rsidRDefault="004C4706">
+    <w:p w:rsidR="004C4706" w:rsidRDefault="004C4706" w:rsidP="004C4706">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>КММ "Жалпы білім беретін № 7 орта мектебі"</w:t>
+        <w:t>КГУ «Общеобразовательная школа № 7»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C4706" w:rsidP="004C4706" w:rsidRDefault="004C4706">
+    <w:p w:rsidR="004C4706" w:rsidRDefault="004C4706" w:rsidP="004C4706">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>____________Т. В. Карпец</w:t>
+        <w:t>____________Карпец Т.В.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C4706" w:rsidP="004C4706" w:rsidRDefault="004C4706">
+    <w:p w:rsidR="004C4706" w:rsidRDefault="004C4706" w:rsidP="004C4706">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004C4706" w:rsidRPr="0040272A" w:rsidRDefault="004C4706" w:rsidP="004C4706">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C4706" w:rsidP="004C4706" w:rsidRDefault="004C4706">
+    <w:p w:rsidR="004C4706" w:rsidRDefault="004C4706" w:rsidP="004C4706">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>КММ "Жалпы білім беретін № 7 орта мектебі</w:t>
+        <w:t>КГУ «Общеобразовательная школа № 7</w:t>
       </w:r>
       <w:r w:rsidRPr="0040272A">
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>" кл</w:t>
+        <w:t>» пл</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ан іс-шаралар 2021-2022 оқу жылы</w:t>
+        <w:t>ан мероприятий  на 2021-2022 учебный год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C4706" w:rsidP="004C4706" w:rsidRDefault="004C4706">
+    <w:p w:rsidR="004C4706" w:rsidRDefault="004C4706" w:rsidP="004C4706">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>фракциясы СӨС</w:t>
+        <w:t>фракция  ЗОЖ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001933C8" w:rsidP="001933C8" w:rsidRDefault="001933C8">
+    <w:p w:rsidR="001933C8" w:rsidRDefault="001933C8" w:rsidP="001933C8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004F047C" w:rsidRPr="004F047C" w:rsidRDefault="004F047C" w:rsidP="001933C8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:type="dxa" w:w="14992"/>
+        <w:tblW w:w="14992" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2799"/>
         <w:gridCol w:w="3264"/>
         <w:gridCol w:w="10"/>
         <w:gridCol w:w="2541"/>
         <w:gridCol w:w="2962"/>
         <w:gridCol w:w="14"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
       <w:tr w:rsidR="001933C8" w:rsidRPr="0089404C" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2799"/>
+            <w:tcW w:w="2799" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001933C8" w:rsidRPr="0089404C" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мақсаты</w:t>
-[...5 lines deleted...]
-            <w:tcW w:type="dxa" w:w="12193"/>
+              <w:t>Цель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w:rsidR="001933C8" w:rsidRPr="0089404C" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>кеңістігін құру үшін табысты дағдыларын қалыптастыру, салауатты өмір салтын сақтау, дене және психологиялық денсаулық, білік анықтау факторлар келтіретін зиян келтірген.</w:t>
+              <w:t>создание пространства для успешного формирования навыков здорового образа жизни, сохранения физического и психологического здоровья, умения определять факторы, наносящие вред здоровью.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F047C" w:rsidRPr="0089404C" w:rsidTr="00E66E9B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="6073"/>
+            <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w:rsidR="004F047C" w:rsidRPr="0089404C" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Іс-шаралардың атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:type="dxa" w:w="2541"/>
+              <w:t>Наименования мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2541" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004F047C" w:rsidRPr="0089404C" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Түрі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:type="dxa" w:w="2962"/>
+              <w:t>Вид</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2962" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004F047C" w:rsidRPr="0089404C" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мерзімі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:type="dxa" w:w="3416"/>
+              <w:t>Срок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3416" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="004F047C" w:rsidRPr="0089404C" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Жауапты</w:t>
+              <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001933C8" w:rsidRPr="0089404C" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="001933C8" w:rsidRPr="0089404C" w:rsidRDefault="00BE513E" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Денсаулық Фестивалі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:type="dxa" w:w="2551"/>
+              <w:t>Фестиваль Здоровья</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="001933C8" w:rsidRPr="0089404C" w:rsidRDefault="00BE513E" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...18 lines deleted...]
-            <w:tcW w:type="dxa" w:w="2976"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Классные часы, спортивные соревнования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="001933C8" w:rsidRPr="0089404C" w:rsidRDefault="00BE513E" w:rsidP="00F4668A">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-            <w:tcW w:type="dxa" w:w="3402"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6-9 сентября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001933C8" w:rsidRPr="0089404C" w:rsidRDefault="00324859" w:rsidP="00324859">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Мектеп парламенті</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00324859">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00324859">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>, дене шынықтыру Мұғалімі</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учитель физкультуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Көрме-ұсыныс "СӨС бойынша Баға байланысты – ӨМІР!"</w:t>
-[...5 lines deleted...]
-            <w:tcW w:type="dxa" w:w="2551"/>
+              <w:t>Выставка-рекомендация по ЗОЖ «Цена зависимости – ЖИЗНЬ!»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Көрме-ұсыныс</w:t>
-[...5 lines deleted...]
-            <w:tcW w:type="dxa" w:w="2976"/>
+              <w:t>Выставка-рекомендация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00F4668A">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-            <w:tcW w:type="dxa" w:w="3402"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9 сентября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00324859">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Мектеп парламенті</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00324859">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>кітапханашы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>библиотекарь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>"Біз нашақорлыққа қарсымыз!"</w:t>
-[...5 lines deleted...]
-            <w:tcW w:type="dxa" w:w="2551"/>
+              <w:t>«Мы против наркотиков!»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Акция бейнеролик</w:t>
-[...5 lines deleted...]
-            <w:tcW w:type="dxa" w:w="2976"/>
+              <w:t>Акция , видеоролик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00F4668A">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-            <w:tcW w:type="dxa" w:w="3402"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сентябрь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00324859">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Мектеп парламенті</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00324859">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Күні </w:t>
+              <w:t xml:space="preserve">День </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Здорвья</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...18 lines deleted...]
-            <w:tcW w:type="dxa" w:w="2976"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Беседы, спортивные соревнования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-            <w:tcW w:type="dxa" w:w="3402"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>29 октября 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Мектеп парламенті</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Салауатты тамақтану</w:t>
-[...5 lines deleted...]
-            <w:tcW w:type="dxa" w:w="2551"/>
+              <w:t>Здоровое питание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...18 lines deleted...]
-            <w:tcW w:type="dxa" w:w="2976"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Классные часы, беседы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-            <w:tcW w:type="dxa" w:w="3402"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Октябрь 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Мектеп парламенті</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>жетекшілері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Күні</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>День</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> Ө</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>ткен Президент</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ервого Президента</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>күні(1 желтоқсан)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(1 декабря)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>"Тоғыз кұ</w:t>
+              <w:t>«Тоғыз кұ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>аз</w:t>
+              <w:t>мала</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>қ"</w:t>
-[...5 lines deleted...]
-            <w:tcW w:type="dxa" w:w="2551"/>
+              <w:t>қ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>шығармашылық жұмыстар</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс творческих работ</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>(шығарма, өлең, эссе, қабырға газеті, презентациялар).</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(сочинения, стихи, эссе, стенгазеты, презентации).</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Турнир </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-            <w:tcW w:type="dxa" w:w="2976"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>25 қараша күні 2021 жылы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:type="dxa" w:w="3402"/>
+              <w:t>25 ноября 2021 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Мектеп парламенті</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>дене шынықтыру Мұғалімі</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учитель физкультуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">1 желтоқсан – Дүниежүзілік </w:t>
+              <w:t xml:space="preserve">1 декабря – Всемирный день борьбы со </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Жқтб-мен</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>СПИДом</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Әңгіме</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Беседа</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-            <w:tcW w:type="dxa" w:w="2976"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-            <w:tcW w:type="dxa" w:w="3402"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>30 ноября 2021 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Мектеп парламенті</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-            <w:tcW w:type="dxa" w:w="2551"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акция «Будь здоров!!»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-            <w:tcW w:type="dxa" w:w="2976"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Распространение  буклетов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-            <w:tcW w:type="dxa" w:w="3402"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1-5 декабря</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D73574" w:rsidRPr="0089404C" w:rsidRDefault="00D73574" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Мектеп парламенті</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="0089404C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="6063"/>
-[...49 lines deleted...]
-            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>День Здоровья (каникулы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Беседы, круглый стол, спортивные соревнования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...75 lines deleted...]
-              <w:t>Мектеп парламенті</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5-10 января</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отдел образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="6063"/>
-[...6 lines deleted...]
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>"</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Дүниежүзілік обыр ауруымен күресу Күні"</w:t>
-[...6 lines deleted...]
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Всемирный День борьбы с онкологическими заболеваниями»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>жұқпалы аурулардың Алдын алу</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Профилактика инфекционных заболеваний</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>алақандары тілек)</w:t>
-[...19 lines deleted...]
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>ладошки с пожеланиями)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Акция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...56 lines deleted...]
-              <w:t>жетекшілері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4 февраля 2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="0089404C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="6063"/>
-[...59 lines deleted...]
-            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Здоровое потомство – здоровая нация»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Лекция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...55 lines deleted...]
-              <w:t xml:space="preserve">Медбике </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>23 февраля 2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Медработник </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:tcW w:w="6063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
             <w:pPr>
               <w:spacing w:after="150"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>күні Халықаралық нашақорлықпен және есірткі бизнесімен күрес</w:t>
-[...114 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+              <w:t>Международный день борьбы с наркоманией и наркобизнесом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Лекции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 марта 2022 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Медработник</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="6063"/>
-[...13 lines deleted...]
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">"История </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve">«История </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">праздника </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Наурыз</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> салт-дәстүр"</w:t>
-[...28 lines deleted...]
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve"> традиции и обычаи»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные часы, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ұлттық ойындар</w:t>
-[...68 lines deleted...]
-              <w:t>дене шынықтыру пәнінің Мұғалімі</w:t>
+              <w:t>национальные игры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>17 марта 2022 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учитель физкультуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="6063"/>
-[...111 lines deleted...]
-              <w:t>Мектеп парламенті</w:t>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Я здоровье берегу – сам себе я помогу»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Игровая программа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>23 апрель 2022  год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="0089404C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidTr="004F047C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="6063"/>
-[...13 lines deleted...]
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>"Тоғыз кұ</w:t>
+              <w:t>«Тоғыз кұ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>аз</w:t>
+              <w:t>мала</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0089404C">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>қ"</w:t>
-[...20 lines deleted...]
-                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>қ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Туринир</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2976"/>
-[...62 lines deleted...]
-              <w:t>дене шынықтыру пәнінің Мұғалімі</w:t>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20 мая 2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0089404C" w:rsidRPr="0089404C" w:rsidRDefault="0089404C" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089404C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учитель физкультуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="004F047C" w:rsidRPr="0089404C" w:rsidRDefault="004F047C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CE1276" w:rsidRDefault="00CE1276">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00585A94" w:rsidP="003D6732" w:rsidRDefault="00585A94">
+    <w:p w:rsidR="00585A94" w:rsidRDefault="00585A94" w:rsidP="003D6732">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C00857" w:rsidRPr="00C00857" w:rsidRDefault="00C00857" w:rsidP="0089404C">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C00857" w:rsidRPr="00C00857" w:rsidSect="004F047C">
-      <w:pgSz w:orient="landscape" w:h="11906" w:w="16838"/>
-      <w:pgMar w:left="1134" w:bottom="850" w:right="1134" w:header="708" w:top="284" w:footer="708" w:gutter="0"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="284" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
@@ -3777,34 +3777,33 @@
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2278</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Yandex.Translate</dc:creator>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:description>Translated with Yandex.Translate</dc:description>
 </cp:coreProperties>
 </file>