--- v0 (2025-10-09)
+++ v1 (2025-11-30)
@@ -1,2932 +1,2932 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidP="00B3757D" w:rsidR="00B3757D" w:rsidRDefault="00B3757D">
+    <w:p w:rsidR="00B3757D" w:rsidRDefault="00B3757D" w:rsidP="00B3757D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidP="00B3757D" w:rsidR="00B3757D" w:rsidRDefault="00B3757D">
+    <w:p w:rsidR="00B3757D" w:rsidRDefault="00B3757D" w:rsidP="00B3757D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0040272A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Бекітемін</w:t>
+        <w:t>Утверждаю</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidP="00B3757D" w:rsidR="00B3757D" w:rsidRDefault="00B3757D">
+    <w:p w:rsidR="00B3757D" w:rsidRDefault="00B3757D" w:rsidP="00B3757D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">директоры </w:t>
+        <w:t xml:space="preserve">директор </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidP="00B3757D" w:rsidR="00B3757D" w:rsidRDefault="00B3757D">
+    <w:p w:rsidR="00B3757D" w:rsidRDefault="00B3757D" w:rsidP="00B3757D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>КММ "Жалпы білім беретін № 7 орта мектебі"</w:t>
+        <w:t>КГУ «Общеобразовательная школа № 7»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidP="00B3757D" w:rsidR="00B3757D" w:rsidRDefault="00B3757D">
+    <w:p w:rsidR="00B3757D" w:rsidRDefault="00B3757D" w:rsidP="00B3757D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>____________Т. В. Карпец</w:t>
+        <w:t>____________Карпец Т.В.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidP="00B3757D" w:rsidR="00B3757D" w:rsidRDefault="00B3757D">
+    <w:p w:rsidR="00B3757D" w:rsidRDefault="00B3757D" w:rsidP="00B3757D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidP="00B3757D" w:rsidR="00B3757D" w:rsidRDefault="00B3757D" w:rsidRPr="0040272A">
+    <w:p w:rsidR="00B3757D" w:rsidRPr="0040272A" w:rsidRDefault="00B3757D" w:rsidP="00B3757D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidP="00B3757D" w:rsidR="00B3757D" w:rsidRDefault="00B3757D">
+    <w:p w:rsidR="00B3757D" w:rsidRDefault="00B3757D" w:rsidP="00B3757D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>КММ "Жалпы білім беретін № 7 орта мектебі</w:t>
+        <w:t>КГУ «Общеобразовательная школа № 7</w:t>
       </w:r>
       <w:r w:rsidRPr="0040272A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>" кл</w:t>
+        <w:t>» пл</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ан іс-шаралар 2021-2022 оқу жылы</w:t>
+        <w:t>ан мероприятий  на 2021-2022 учебный год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidP="00B3757D" w:rsidR="00B3757D" w:rsidRDefault="00B3757D">
+    <w:p w:rsidR="00B3757D" w:rsidRDefault="00B3757D" w:rsidP="00B3757D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>фракциясы ҚАМҚОРЛЫҚ, өзін-өзі ТАНУ ЖӘНЕ БАҚЫТ</w:t>
+        <w:t>фракция  ЗАБОТЫ, САМОПОЗНАНИЯ И СЧАСТЬЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidP="00B3757D" w:rsidR="00B3757D" w:rsidRDefault="00B3757D">
+    <w:p w:rsidR="00B3757D" w:rsidRDefault="00B3757D" w:rsidP="00B3757D">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:type="dxa" w:w="14992"/>
+        <w:tblW w:w="14992" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2799"/>
         <w:gridCol w:w="3264"/>
         <w:gridCol w:w="10"/>
         <w:gridCol w:w="2541"/>
         <w:gridCol w:w="2962"/>
         <w:gridCol w:w="14"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidTr="004F047C" w:rsidR="001933C8" w:rsidRPr="0040272A">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:tr w:rsidR="001933C8" w:rsidRPr="0040272A" w:rsidTr="004F047C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001933C8" w:rsidRPr="008620D1" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008620D1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мақсаты</w:t>
-[...5 lines deleted...]
-            <w:tcW w:type="dxa" w:w="12193"/>
+              <w:t>Цель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12193" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidP="00E66E9B" w:rsidR="001933C8" w:rsidRDefault="00CD5BEE" w:rsidRPr="0040272A">
+          <w:p w:rsidR="001933C8" w:rsidRPr="0040272A" w:rsidRDefault="00CD5BEE" w:rsidP="00E66E9B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F6523">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>қалыптастыруды терең түсіну құндылық негіздерін "</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>формирование глубокого понимания ценностных основ «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F6523">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Рухани</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008F6523">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> жаңғыру" қайта тууы туралы, рухани-адамгершілік және этикалық принциптерін, қасиеттерін және қондырғыларды согласующихся отырып, </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жаңғыру» о возрождении духовно-нравственных и этических принципов личности, ее моральных качеств и установок, согласующихся с </w:t>
             </w:r>
             <w:r w:rsidRPr="008F6523">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">жалпы адамзаттық құндылықтар, </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">общечеловеческими ценностями, </w:t>
             </w:r>
             <w:r w:rsidRPr="008F6523">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>өмірінің нормалары мен дәстүрлерімен қазақстандық қоғамның</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нормами и традициями жизни казахстанского общества</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00E66E9B" w:rsidR="004F047C" w:rsidRPr="004B44E1">
-[...2 lines deleted...]
-            <w:tcW w:type="dxa" w:w="6073"/>
+      <w:tr w:rsidR="004F047C" w:rsidRPr="004B44E1" w:rsidTr="00E66E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidP="00E66E9B" w:rsidR="004F047C" w:rsidRDefault="004F047C" w:rsidRPr="0040272A">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="004F047C" w:rsidRPr="0040272A" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>іс-шаралардың Атауы</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Наименования мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2541" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F047C" w:rsidRPr="0040272A" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Түрі</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidP="00E66E9B" w:rsidR="004F047C" w:rsidRDefault="004F047C" w:rsidRPr="0040272A">
+              <w:t>Вид</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F047C" w:rsidRPr="0040272A" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мерзімі</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Срок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3416" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F047C" w:rsidRPr="0040272A" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040272A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Жауаптылар</w:t>
+              <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="004F047C" w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:tr w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="001F5B06" w:rsidRDefault="00324859" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>#отбасыкүні2021, #деньсемьи2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2551"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="001F5B06" w:rsidRDefault="00324859" w:rsidP="00E66E9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Челлендж</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidP="00E66E9B" w:rsidR="00BF2C4D" w:rsidRDefault="00BF2C4D" w:rsidRPr="001F5B06">
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="001F5B06" w:rsidRDefault="00BF2C4D" w:rsidP="00E66E9B">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2976"/>
-[...2 lines deleted...]
-          <w:p w:rsidP="00E66E9B" w:rsidR="00BF2C4D" w:rsidRDefault="00324859" w:rsidRPr="001F5B06">
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="001F5B06" w:rsidRDefault="00324859" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>7 мен 14 қыркүйек 2021</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С 7 по 14 сентября 2021</w:t>
             </w:r>
             <w:r w:rsidR="00BF2C4D" w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...27 lines deleted...]
-              <w:t>Мектеп парламенті</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00324859" w:rsidRPr="001F5B06" w:rsidRDefault="00324859" w:rsidP="00324859">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="004F047C" w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:tr w:rsidR="00BF2C4D" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="001F5B06" w:rsidRDefault="006478E4" w:rsidP="006478E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>"Бұл менің отбасым!"</w:t>
+              <w:t>«Это моя семья!»</w:t>
             </w:r>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2551"/>
-[...2 lines deleted...]
-          <w:p w:rsidP="00E66E9B" w:rsidR="00BF2C4D" w:rsidRDefault="006478E4" w:rsidRPr="001F5B06">
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="001F5B06" w:rsidRDefault="006478E4" w:rsidP="00E66E9B">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сочинений</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidP="00E66E9B" w:rsidR="00BF2C4D" w:rsidRDefault="006478E4" w:rsidRPr="001F5B06">
+              <w:t>Конкурс сочинений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BF2C4D" w:rsidRPr="001F5B06" w:rsidRDefault="006478E4" w:rsidP="00E66E9B">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>7 мен 14 қыркүйек 2021</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С 7 по 14 сентября 2021</w:t>
             </w:r>
             <w:r w:rsidR="00BF2C4D" w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BF2C4D" w:rsidRDefault="00324859" w:rsidP="00324859">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F5B06" w:rsidRPr="001F5B06" w:rsidRDefault="001F5B06" w:rsidP="00324859">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>тілші Мұғалімдер</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учителя языковеды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="004F047C" w:rsidR="00B81CA0" w:rsidRPr="005A5B8F">
-[...5 lines deleted...]
-          <w:p w:rsidP="00513918" w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidRPr="001F5B06">
+      <w:tr w:rsidR="00B81CA0" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "Толерантность – путь к успеху"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidP="00513918" w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidRPr="001F5B06">
+              <w:t xml:space="preserve"> «Толерантность – путь к успеху»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidP="00513918" w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidRPr="001F5B06">
-[...39 lines deleted...]
-          <w:p w:rsidP="00513918" w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidRPr="001F5B06">
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные часы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...42 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С 5 по 9 октября 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F5B06" w:rsidRPr="001F5B06" w:rsidRDefault="001F5B06" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="004F047C" w:rsidR="00B81CA0" w:rsidRPr="005A5B8F">
-[...5 lines deleted...]
-          <w:p w:rsidP="00513918" w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidRPr="001F5B06">
+      <w:tr w:rsidR="00B81CA0" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...40 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мониторинг уровня воспитанности учащихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Мониторинг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2976"/>
-[...2 lines deleted...]
-          <w:p w:rsidP="00513918" w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidRPr="001F5B06">
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...42 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7 октября 2021 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F5B06" w:rsidRDefault="001F5B06" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F5B06" w:rsidRPr="001F5B06" w:rsidRDefault="001F5B06" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Психолог </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="004F047C" w:rsidR="00B81CA0" w:rsidRPr="005A5B8F">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:tr w:rsidR="00B81CA0" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>"жақсылық Жаса!"</w:t>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>«Твори добро!»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Акция </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2976"/>
-[...2 lines deleted...]
-          <w:p w:rsidP="00513918" w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidRPr="001F5B06">
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> октября 2021 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F5B06" w:rsidRPr="001F5B06" w:rsidRDefault="001F5B06" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="004F047C" w:rsidR="00B81CA0" w:rsidRPr="005A5B8F">
-[...82 lines deleted...]
-          <w:p w:rsidP="00513918" w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidRPr="001F5B06">
+      <w:tr w:rsidR="00B81CA0" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>От чистого сердца</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Благотворительные акции </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...42 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>19 ноября 2021 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C6201A" w:rsidRDefault="00C6201A" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidP="00513918" w:rsidR="00C6201A" w:rsidRDefault="00C6201A" w:rsidRPr="001F5B06">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00C6201A" w:rsidRPr="001F5B06" w:rsidRDefault="00C6201A" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="004F047C" w:rsidR="00B81CA0" w:rsidRPr="005A5B8F">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:tr w:rsidR="00B81CA0" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>"Менің болашақ мамандығым"</w:t>
-[...54 lines deleted...]
-          <w:p w:rsidP="00513918" w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidRPr="001F5B06">
+              <w:t>«Моя будущая профессия»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс эссе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>26 ноября  2021 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C6201A" w:rsidRPr="001F5B06" w:rsidRDefault="00C6201A" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>Кеңесі кәсіби бағдар беру</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Совет профориентации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="004F047C" w:rsidR="00B81CA0" w:rsidRPr="005A5B8F">
-[...76 lines deleted...]
-          <w:p w:rsidP="00513918" w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidRPr="001F5B06">
+      <w:tr w:rsidR="00B81CA0" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Адал ұрпақ»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Честное поколение»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Реализация проекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...42 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>28 декабря 2021 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C6201A" w:rsidRPr="001F5B06" w:rsidRDefault="00C6201A" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="004F047C" w:rsidR="00B81CA0" w:rsidRPr="005A5B8F">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:tr w:rsidR="00B81CA0" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>"Деңгейін зерттеу, тәрбие жұмысын жоспарлау және алынған деректер негізінде"</w:t>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>«Изучение уровня воспитанности и планирование работы на основе полученных данных»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мониторинг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2976"/>
-[...2 lines deleted...]
-          <w:p w:rsidP="00513918" w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidRPr="001F5B06">
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12 января 2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C6201A" w:rsidRPr="001F5B06" w:rsidRDefault="00C6201A" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Психолог </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="004F047C" w:rsidR="00B81CA0" w:rsidRPr="005A5B8F">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">"Қалай </w:t>
+      <w:tr w:rsidR="00B81CA0" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Как </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>құтылуға қақтығыстар</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>избежать конфликты</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...59 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Семинар тренинг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">26 </w:t>
             </w:r>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">января </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="3402"/>
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C6201A" w:rsidRPr="001F5B06" w:rsidRDefault="00C6201A" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Психолог </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="004F047C" w:rsidR="00B81CA0" w:rsidRPr="005A5B8F">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:tr w:rsidR="00B81CA0" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="282528"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:color="auto" w:fill="FFFFFF" w:val="clear"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«Семья – основа духовного возрождения»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2551"/>
-[...39 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Классный час</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">27 </w:t>
             </w:r>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">января </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="3402"/>
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C6201A" w:rsidRPr="001F5B06" w:rsidRDefault="00C6201A" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>жетекшілері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="004F047C" w:rsidR="00B81CA0" w:rsidRPr="005A5B8F">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:tr w:rsidR="00B81CA0" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Дүниежүзілік мейірімділік Күні</w:t>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Всемирный День доброты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidP="00513918" w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidRPr="001F5B06">
-[...48 lines deleted...]
-          <w:p w:rsidP="00513918" w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidRPr="001F5B06">
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Бумеранг Доброты»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...36 lines deleted...]
-              <w:t>сынып оқушылары байқауына белсене қатысты</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>17 февраля 2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьн</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF6686">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>й парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6686" w:rsidRDefault="00DF6686" w:rsidP="00DF6686">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidP="00513918" w:rsidR="00DF6686" w:rsidRDefault="00DF6686" w:rsidRPr="001F5B06">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00DF6686" w:rsidRPr="001F5B06" w:rsidRDefault="00DF6686" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="004F047C" w:rsidR="00B81CA0" w:rsidRPr="005A5B8F">
-[...69 lines deleted...]
-          <w:p w:rsidP="00513918" w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidRPr="001F5B06">
+      <w:tr w:rsidR="00B81CA0" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Что значит быть хорошим отцом?»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Беседа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...36 lines deleted...]
-              <w:t>Мектеп парламенті</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>22 февраля 2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="004F047C" w:rsidR="00B81CA0" w:rsidRPr="005A5B8F">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:tr w:rsidR="00B81CA0" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>алғыс айту Күнін</w:t>
-[...19 lines deleted...]
-          <w:p w:rsidP="00513918" w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidRPr="001F5B06">
+              <w:t>День благодарности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
             <w:pPr>
               <w:tabs>
-                <w:tab w:pos="1026" w:val="center"/>
+                <w:tab w:val="center" w:pos="1026"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...68 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Благотворительная кулинарная  ярмарка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 марта 2022 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6686" w:rsidRDefault="00DF6686" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Психолог </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidP="00513918" w:rsidR="00DF6686" w:rsidRDefault="00DF6686" w:rsidRPr="001F5B06">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00DF6686" w:rsidRPr="001F5B06" w:rsidRDefault="00DF6686" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Классные  руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="004F047C" w:rsidR="00B81CA0" w:rsidRPr="005A5B8F">
-[...50 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:tr w:rsidR="00B81CA0" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Посади семейное дерево, сохрани его»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Акциясы өтті</w:t>
-[...56 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Акция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20 апрель 2022 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6686" w:rsidRDefault="00DF6686" w:rsidP="00DF6686">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidP="00513918" w:rsidR="001F5B06" w:rsidRDefault="001F5B06" w:rsidRPr="001F5B06">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="001F5B06" w:rsidRPr="001F5B06" w:rsidRDefault="001F5B06" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="004F047C" w:rsidR="00B81CA0" w:rsidRPr="005A5B8F">
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:tr w:rsidR="00B81CA0" w:rsidRPr="005A5B8F" w:rsidTr="004F047C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6063" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в рамках </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Халықаралық отбасы Күні</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Международного Дня семьи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Денсаулық-fest»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>С</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>емейный</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001F5B06">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
-[...52 lines deleted...]
-              <w:t>Мектеп парламенті</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фестиваль здоровья</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14 мая 2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B81CA0" w:rsidRPr="001F5B06" w:rsidRDefault="00B81CA0" w:rsidP="00513918">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьный парламент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00CE1276" w:rsidRDefault="00CE1276">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004F047C" w:rsidRDefault="004F047C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62333" w:rsidRDefault="00D62333" w:rsidRPr="00D62333"/>
+    <w:p w:rsidR="00D62333" w:rsidRPr="00D62333" w:rsidRDefault="00D62333"/>
     <w:p w:rsidR="00D62333" w:rsidRDefault="00D62333">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidP="00702D8E" w:rsidR="00C00857" w:rsidRDefault="00C00857" w:rsidRPr="00C00857">
+    <w:p w:rsidR="00C00857" w:rsidRPr="00C00857" w:rsidRDefault="00C00857" w:rsidP="00702D8E">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidSect="004F047C" w:rsidR="00C00857" w:rsidRPr="00C00857">
-[...1 lines deleted...]
-      <w:pgMar w:footer="708" w:right="1134" w:gutter="0" w:left="1134" w:bottom="850" w:top="284" w:header="708"/>
+    <w:sectPr w:rsidR="00C00857" w:rsidRPr="00C00857" w:rsidSect="004F047C">
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="284" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
@@ -3819,34 +3819,33 @@
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2203</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Yandex.Translate</dc:creator>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:description>Translated with Yandex.Translate</dc:description>
 </cp:coreProperties>
 </file>