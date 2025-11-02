--- v0 (2025-10-09)
+++ v1 (2025-11-02)
@@ -1,4331 +1,4331 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p w:rsidR="00875686" w:rsidRDefault="00875686" w:rsidP="00875686">
+    <w:p w:rsidP="00875686" w:rsidR="00875686" w:rsidRDefault="00875686">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00875686" w:rsidRDefault="00875686" w:rsidP="00875686">
+    <w:p w:rsidP="00875686" w:rsidR="00875686" w:rsidRDefault="00875686">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0040272A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Утверждаю</w:t>
+        <w:t>Бекітемін</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00875686" w:rsidRDefault="00875686" w:rsidP="00875686">
+    <w:p w:rsidP="00875686" w:rsidR="00875686" w:rsidRDefault="00875686">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">директор </w:t>
+        <w:t xml:space="preserve">директоры </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00875686" w:rsidRDefault="00875686" w:rsidP="00875686">
+    <w:p w:rsidP="00875686" w:rsidR="00875686" w:rsidRDefault="00875686">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>КГУ «Общеобразовательная школа № 7»</w:t>
+        <w:t>КММ "Жалпы білім беретін № 7 орта мектебі"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00875686" w:rsidRDefault="00875686" w:rsidP="00875686">
+    <w:p w:rsidP="00875686" w:rsidR="00875686" w:rsidRDefault="00875686">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>____________Карпец Т.В.</w:t>
+        <w:t>____________Т. В. Карпец</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00875686" w:rsidRDefault="00875686" w:rsidP="00875686">
+    <w:p w:rsidP="00875686" w:rsidR="00875686" w:rsidRDefault="00875686">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00875686" w:rsidRPr="0040272A" w:rsidRDefault="00875686" w:rsidP="00875686">
+    <w:p w:rsidP="00875686" w:rsidR="00875686" w:rsidRDefault="00875686" w:rsidRPr="0040272A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00875686" w:rsidRPr="00F22422" w:rsidRDefault="00875686" w:rsidP="00875686">
+    <w:p w:rsidP="00875686" w:rsidR="00875686" w:rsidRDefault="00875686" w:rsidRPr="00F22422">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F22422">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>КГУ «Общеобразовательная школа № 7» план мероприятий  на 2021-2022 учебный год</w:t>
+        <w:t>КММ "Жалпы білім беретін № 7 орта мектебі" арналған іс-шаралар жоспары 2021-2022 оқу жылы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00875686" w:rsidRPr="00F22422" w:rsidRDefault="00875686" w:rsidP="00875686">
+    <w:p w:rsidP="00875686" w:rsidR="00875686" w:rsidRDefault="00875686" w:rsidRPr="00F22422">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F22422">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">фракция  </w:t>
+        <w:t xml:space="preserve">фракциясы </w:t>
       </w:r>
       <w:r w:rsidRPr="00F22422">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>ОБРАЗОВАНИЕ И КУЛЬТУРА</w:t>
+        <w:t>БІЛІМ ЖӘНЕ МӘДЕНИЕТ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F047C" w:rsidRPr="00F22422" w:rsidRDefault="004F047C" w:rsidP="001933C8">
+    <w:p w:rsidP="001933C8" w:rsidR="004F047C" w:rsidRDefault="004F047C" w:rsidRPr="00F22422">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="14992" w:type="dxa"/>
+        <w:tblW w:type="dxa" w:w="14992"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2799"/>
         <w:gridCol w:w="3264"/>
         <w:gridCol w:w="10"/>
         <w:gridCol w:w="2541"/>
         <w:gridCol w:w="2962"/>
         <w:gridCol w:w="14"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001933C8" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="004F047C" w:rsidR="001933C8" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2799"/>
+          </w:tcPr>
+          <w:p w:rsidP="00E66E9B" w:rsidR="001933C8" w:rsidRDefault="001933C8" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Цель</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="12193" w:type="dxa"/>
+              <w:t>Мақсаты -</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="12193"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="001933C8" w:rsidRPr="00F22422" w:rsidRDefault="00875686" w:rsidP="00E66E9B">
+          <w:p w:rsidP="00E66E9B" w:rsidR="001933C8" w:rsidRDefault="00875686" w:rsidRPr="00F22422">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00875686" w:rsidRPr="00F22422" w:rsidRDefault="00875686" w:rsidP="00E66E9B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қалыптастыру жалпы мәдени мінез-құлық дағдыларын дамыту, дайын тұлғаны қабылдауға, игеруге, бағалауға, эстетикалық объектілерді өнер және шындық, құру білім беру ұйымдарында көпмәдениетті орта;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00E66E9B" w:rsidR="00875686" w:rsidRDefault="00875686" w:rsidRPr="00F22422">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...27 lines deleted...]
-              <w:t>информационной культуры.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қалыптастыру мотивациялық кеңістік қамтамасыз ететін дамыту, зияткерлік мүмкіндігін, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көшбасшылық қасиеттерін және дарындылығын әрбір жеке тұлғаның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, сондай-ақ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ақпараттық мәдениет.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F047C" w:rsidRPr="00F22422" w:rsidTr="00E66E9B">
-[...2 lines deleted...]
-            <w:tcW w:w="6073" w:type="dxa"/>
+      <w:tr w:rsidTr="00E66E9B" w:rsidR="004F047C" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6073"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="004F047C" w:rsidRPr="00F22422" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidP="00E66E9B" w:rsidR="004F047C" w:rsidRDefault="004F047C" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Наименования мероприятий</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Іс-шаралардың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2541"/>
+          </w:tcPr>
+          <w:p w:rsidP="00E66E9B" w:rsidR="004F047C" w:rsidRDefault="004F047C" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Вид</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="004F047C" w:rsidRPr="00F22422" w:rsidRDefault="004F047C" w:rsidP="00E66E9B">
+              <w:t>Түрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2962"/>
+          </w:tcPr>
+          <w:p w:rsidP="00E66E9B" w:rsidR="004F047C" w:rsidRDefault="004F047C" w:rsidRPr="00F22422">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Срок</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3416"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00E66E9B" w:rsidR="004F047C" w:rsidRDefault="004F047C" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ответственные</w:t>
+              <w:t>Жауаптылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001933C8" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="004F047C" w:rsidR="001933C8" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00E66E9B" w:rsidR="001933C8" w:rsidRDefault="001933C8" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">«Сүйемін туған </w:t>
+              <w:t xml:space="preserve">"Сүйемін туған </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>тілді</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>анам</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>тілін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>...».</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="001933C8" w:rsidRPr="00F22422" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
+              <w:t>...".</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00E66E9B" w:rsidR="001933C8" w:rsidRDefault="001933C8" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қазақстан халықтарының тілдер күні</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00E66E9B" w:rsidR="001933C8" w:rsidRDefault="001933C8" w:rsidRPr="00F22422">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="001933C8" w:rsidRPr="00F22422" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00E66E9B" w:rsidR="001933C8" w:rsidRDefault="001933C8" w:rsidRPr="00F22422">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Неделя языков</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="001933C8" w:rsidRPr="00F22422" w:rsidRDefault="006478E4" w:rsidP="00E66E9B">
+              <w:t>тілдер Апталығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00E66E9B" w:rsidR="001933C8" w:rsidRDefault="006478E4" w:rsidRPr="00F22422">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>С 21 сентября 2021</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>21 қыркүйек 2021</w:t>
             </w:r>
             <w:r w:rsidR="001933C8" w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...47 lines deleted...]
-              <w:t>Учителя языковеды</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жылға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00324859" w:rsidR="001933C8" w:rsidRDefault="00324859" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00324859" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тілші Мұғалімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001933C8" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="004F047C" w:rsidR="001933C8" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00E66E9B" w:rsidR="001933C8" w:rsidRDefault="006478E4" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t> «Самый читающий класс»</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t> "Ең оқырман сынып"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00E66E9B" w:rsidR="001933C8" w:rsidRDefault="006478E4" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Конкурс</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001933C8" w:rsidRPr="00F22422" w:rsidRDefault="001933C8" w:rsidP="00E66E9B">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidP="00E66E9B" w:rsidR="001933C8" w:rsidRDefault="001933C8" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="001933C8" w:rsidRPr="00F22422" w:rsidRDefault="001933C8" w:rsidP="006478E4">
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="006478E4" w:rsidR="001933C8" w:rsidRDefault="001933C8" w:rsidRPr="00F22422">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>22 сентября 202</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>22 қыркүйек 202</w:t>
             </w:r>
             <w:r w:rsidR="006478E4" w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...67 lines deleted...]
-              <w:t>Классные руководители</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00324859" w:rsidR="001933C8" w:rsidRDefault="00324859" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00324859" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кітапханашы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00324859" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026210E" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...47 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="004F047C" w:rsidR="0026210E" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кітап Сыйла"мектеп!"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Акция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="0026210E" w:rsidRPr="00F22422" w:rsidRDefault="0026210E" w:rsidP="00BF6B46">
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">19 </w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...48 lines deleted...]
-              <w:t>библиотекарь</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қыркүйек 2021 жылға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кітапханашы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026210E" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="004F047C" w:rsidR="0026210E" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"180 жылдығы Ыбырай Алтынсарин"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...28 lines deleted...]
-          <w:p w:rsidR="0026210E" w:rsidRPr="00F22422" w:rsidRDefault="0026210E" w:rsidP="00BF6B46">
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>атты Кітап көрмесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...54 lines deleted...]
-              <w:t xml:space="preserve">Библиотекарь </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 қараша күні 2021 жылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кітапханашы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026210E" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...5 lines deleted...]
-          <w:p w:rsidR="0026210E" w:rsidRPr="00F22422" w:rsidRDefault="0026210E" w:rsidP="00BF6B46">
+      <w:tr w:rsidTr="004F047C" w:rsidR="0026210E" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
             <w:pPr>
               <w:ind w:right="426"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>«</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Алау</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>патриотическо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>е</w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> и </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>военно-патриотическо</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әскери-патриотическо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>е</w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бағытталған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қолд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Конкурс </w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>рисунков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="0026210E" w:rsidRPr="00F22422" w:rsidRDefault="0026210E" w:rsidP="00BF6B46">
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...54 lines deleted...]
-              <w:t>Учитель ИЗО</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>11 желтоқсан 2021 жылға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026210E" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="004F047C" w:rsidR="0026210E" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:shd w:color="auto" w:fill="FFFFFF" w:val="clear"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">"Компьютерные информационные технологии ведут к </w:t>
+              <w:t xml:space="preserve">"Компьютерлік ақпараттық технологиялар әкеледі </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-              <w:t>бездуховности</w:t>
+                <w:shd w:color="auto" w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>қажет</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:shd w:color="auto" w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және асыраушысынан мәдениет қоғамдағы"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Дебаты</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="0026210E" w:rsidRPr="00F22422" w:rsidRDefault="0026210E" w:rsidP="00BF6B46">
+              <w:t>Пікір сайыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">15 </w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">желтоқсан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...38 lines deleted...]
-              <w:t>Руководители дебатного клуба</w:t>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="0026210E" w:rsidRDefault="0026210E" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басшылары пікір-сайыс клубының</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...84 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="004F047C" w:rsidR="00FF62A1" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Интернет құралы ретінде ақпарат және қарым-қатынас. Қауіп"Интернет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Пікірталас алаңы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">18 </w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қаңтар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...57 lines deleted...]
-              <w:t>Классные руководители</w:t>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>информатика пәнінің Мұғалімі,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...74 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="004F047C" w:rsidR="00FF62A1" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>беттері Бойынша"қазақ ертегілерінің"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>атты Театрландырылған қойылым</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">20 </w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қаңтар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Классныеруководители </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="004F047C" w:rsidR="00FF62A1" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Кітап біздің қазынасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Буккроссинг</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidRDefault="00FF62A1" w:rsidP="00BF6B46">
-[...63 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>21 қаңтар 2022 жылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00754734" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00754734" w:rsidRPr="00F22422" w:rsidRDefault="00754734" w:rsidP="00754734">
-[...14 lines deleted...]
-              <w:t>Классные  руководители</w:t>
+          <w:p w:rsidP="00754734" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...66 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="004F047C" w:rsidR="00FF62A1" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Физика языком сердца", </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Математика ғылым ретінде рухани-адамгершілік туралы заңдарында", </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Адамгершілік" тарих сабақтары, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Ақпараттық мәдениет негіздері"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Элективті курстар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">25 </w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қаңтар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...36 lines deleted...]
-              <w:t>Школьный парламент</w:t>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мектеп Әкімшілігі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="004F047C" w:rsidR="00FF62A1" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"кітап әлеміне Саяхат"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бірінші сынып оқушыларына және олардың ата-аналарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidRDefault="00FF62A1" w:rsidP="00BF6B46">
-[...40 lines deleted...]
-          <w:p w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidRDefault="00FF62A1" w:rsidP="00BF6B46">
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Саяхат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...77 lines deleted...]
-              <w:t>Классный руководитель 1 кл</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12 ақпан 2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кітапханашы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшісі 1 кл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="004F047C" w:rsidR="00FF62A1" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Международный женский день</w:t>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Халықаралық әйелдер күні</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>8 Марта</w:t>
-[...112 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>8 Наурыз</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"отбасымен бірге оқимыз! - әйел!"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мерекелік іс-шара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 наурыз 2022 жылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00754734" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00754734" w:rsidRPr="00F22422" w:rsidRDefault="00754734" w:rsidP="00754734">
-[...14 lines deleted...]
-              <w:t>Классные  руководители</w:t>
+          <w:p w:rsidP="00754734" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="004F047C" w:rsidR="00FF62A1" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«</w:t>
+              <w:t>"</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Бабалар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> мұрасы</w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Выставки декоративно-прикладного творчества.</w:t>
-[...56 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Көрмесі атты сәндік-қолданбалы өнер.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10 наурыз 2022 жылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00754734" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Жас</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жас </w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00754734" w:rsidRPr="00F22422" w:rsidRDefault="00754734" w:rsidP="00754734">
-[...14 lines deleted...]
-              <w:t>Классные  руководители</w:t>
+          <w:p w:rsidP="00754734" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="004F047C" w:rsidR="00FF62A1" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«Древняя металлургия Великой степи и современные открытия».</w:t>
-[...104 lines deleted...]
-              <w:t>Учитель истории</w:t>
+              <w:t>"Ежелгі металлургия" Ұлы дала және қазіргі заманғы ашу".</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Онлайн-саяхат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12 наурыз 2022 жылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тарих пәнінің Мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="004F047C" w:rsidR="00FF62A1" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">«Алтын </w:t>
+              <w:t xml:space="preserve">, "Алтын </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>адам</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Занятия в музеях</w:t>
-[...69 lines deleted...]
-              <w:t>Руководители музея</w:t>
+              <w:t>Сабақтары мұражайларда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 наурыз 2022 жылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мұражай Басшылары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="004F047C" w:rsidR="00FF62A1" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Изучение образов великих мыслителей, поэтов и правителей Великой степи, таких как </w:t>
+              <w:t xml:space="preserve">Зерделеу білім ұлы ойшылдар, ақындар мен билеушілерінің Ұлы дала сияқты </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>аль-Фараби</w:t>
+              <w:t>әл-Фараби</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Яссауи</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кюль-Тегин</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Бейбарс</w:t>
+              <w:t>Бейбарыс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Тауке</w:t>
+              <w:t>Тәуке</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Абылай</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кенесары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>, Абай в современной литературе, музыке, театре и изобразительном искусстве</w:t>
-[...95 lines deleted...]
-              <w:t>Руководители дебатного клуба</w:t>
+              <w:t>, Абай, қазіргі заманғы әдебиет, музыка, театр және бейнелеу өнеріндегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пікір сайыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 наурыз 2022 жылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басшылары пікір-сайыс клубының</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="004F047C" w:rsidR="00FF62A1" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">«История </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">"История </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">праздника </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Наурыз</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> традиции и обычаи»</w:t>
-[...90 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> салт-дәстүр"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып сағаттары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, мерекелік меропяриятие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>17 наурыз 2022 жылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00754734" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00754734" w:rsidRPr="00F22422" w:rsidRDefault="00754734" w:rsidP="00754734">
-[...14 lines deleted...]
-              <w:t>Классные  руководители</w:t>
+          <w:p w:rsidP="00754734" w:rsidR="00754734" w:rsidRDefault="00754734" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidTr="004F047C" w:rsidR="00FF62A1" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«Ұлттар достастығы»</w:t>
-[...94 lines deleted...]
-              <w:t>Учитель ИЗО</w:t>
+              <w:t>"Ұлттар достастығы"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>атты сурет Көрмесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>28 сәуір 2022 жылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00F22422" w:rsidRDefault="00F22422" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...5 lines deleted...]
-          <w:p w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidRDefault="00FF62A1" w:rsidP="00BF6B46">
+      <w:tr w:rsidTr="004F047C" w:rsidR="00FF62A1" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Ко </w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>дню празднования победы в ВОВ</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidRDefault="00FF62A1" w:rsidP="00BF6B46">
+              <w:t>дню празднования "жеңіс</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«Солдатам победы»</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Сарбаздарына"жеңіс"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidRDefault="00FF62A1" w:rsidP="00BF6B46">
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidRDefault="00FF62A1" w:rsidP="00BF6B46">
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "Сыйлық" кеңес одағының батырлары"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Акция</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidRDefault="00FF62A1" w:rsidP="00BF6B46">
+              <w:t>атты Акция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30 сәуір 2022 жылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00F22422" w:rsidR="00F22422" w:rsidRDefault="00F22422" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00F22422" w:rsidR="00F22422" w:rsidRDefault="00F22422" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidRDefault="00F22422" w:rsidP="00F22422">
-[...40 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidP="00F22422" w:rsidR="00FF62A1" w:rsidRDefault="00F22422" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00F22422" w:rsidR="00F22422" w:rsidRDefault="00F22422" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кеңесі ВПВ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00F22422" w:rsidRDefault="00F22422" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...65 lines deleted...]
-          <w:p w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidRDefault="00FF62A1" w:rsidP="00BF6B46">
+      <w:tr w:rsidTr="004F047C" w:rsidR="00FF62A1" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Салют, Жеңіс!"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мерекелік іс-шара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4 наурыз 2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00F22422" w:rsidR="00F22422" w:rsidRDefault="00F22422" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп парламенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidP="00F22422" w:rsidR="00F22422" w:rsidRDefault="00F22422" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ұ</w:t>
             </w:r>
             <w:r w:rsidRPr="00F22422">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>лан</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F22422" w:rsidRPr="00F22422" w:rsidRDefault="00F22422" w:rsidP="00F22422">
-[...14 lines deleted...]
-              <w:t>Классные  руководители</w:t>
+          <w:p w:rsidP="00F22422" w:rsidR="00F22422" w:rsidRDefault="00F22422" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidTr="004F047C">
-[...38 lines deleted...]
-          <w:p w:rsidR="00FF62A1" w:rsidRPr="00F22422" w:rsidRDefault="00FF62A1" w:rsidP="00BF6B46">
+      <w:tr w:rsidTr="004F047C" w:rsidR="00FF62A1" w:rsidRPr="00F22422">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="6063"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2551"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2976"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
             <w:pPr>
               <w:ind w:right="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3402"/>
+          </w:tcPr>
+          <w:p w:rsidP="00BF6B46" w:rsidR="00FF62A1" w:rsidRDefault="00FF62A1" w:rsidRPr="00F22422">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004F047C" w:rsidRPr="00F22422" w:rsidRDefault="004F047C">
+    <w:p w:rsidR="004F047C" w:rsidRDefault="004F047C" w:rsidRPr="00F22422">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004F047C" w:rsidRDefault="004F047C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CE1276" w:rsidRDefault="00CE1276">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00585A94" w:rsidRDefault="00585A94" w:rsidP="00F22422">
+    <w:p w:rsidP="00F22422" w:rsidR="00585A94" w:rsidRDefault="00585A94">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00585A94" w:rsidRDefault="00585A94" w:rsidP="00330385">
+    <w:p w:rsidP="00330385" w:rsidR="00585A94" w:rsidRDefault="00585A94">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C00857" w:rsidRDefault="00C00857" w:rsidP="00330385">
+    <w:p w:rsidP="00330385" w:rsidR="00C00857" w:rsidRDefault="00C00857">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C00857" w:rsidRPr="00C00857" w:rsidRDefault="00C00857" w:rsidP="00330385">
+    <w:p w:rsidP="00330385" w:rsidR="00C00857" w:rsidRDefault="00C00857" w:rsidRPr="00C00857">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00C00857" w:rsidRPr="00C00857" w:rsidSect="004F047C">
-[...1 lines deleted...]
-      <w:pgMar w:top="284" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:sectPr w:rsidSect="004F047C" w:rsidR="00C00857" w:rsidRPr="00C00857">
+      <w:pgSz w:orient="landscape" w:w="16838" w:h="11906"/>
+      <w:pgMar w:footer="708" w:right="1134" w:gutter="0" w:left="1134" w:bottom="850" w:top="284" w:header="708"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
@@ -5200,33 +5200,34 @@
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3459</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Admin</dc:creator>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Yandex.Translate</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:description>Translated with Yandex.Translate</dc:description>
 </cp:coreProperties>
 </file>