--- v0 (2025-10-11)
+++ v1 (2025-11-30)
@@ -9,532 +9,451 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="1" codeName="ЭтаКнига" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11265"/>
   </bookViews>
   <sheets>
     <sheet name="РЕЕСТР ОТ 30.06.2021" sheetId="9" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'РЕЕСТР ОТ 30.06.2021'!$A$7:$K$18</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'РЕЕСТР ОТ 30.06.2021'!$A$9:$K$20</definedName>
   </definedNames>
   <calcPr calcId="145621" refMode="R1C1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="62">
+  <si>
+    <t>Код государственной услуги</t>
+  </si>
+  <si>
+    <t>Наименование государственной услуги</t>
+  </si>
+  <si>
+    <t>Сведения об услугополучателе (физическое и (или) юридическое лицо)</t>
+  </si>
+  <si>
+    <t>Наименование центра льного государственного органа, разрабатывающего подзаконный нормативный правовой акт, определяющий порядок оказания государственной услуги</t>
+  </si>
+  <si>
+    <t>Наименование услугодателя</t>
+  </si>
+  <si>
+    <t>Наименования организаций, осуществляющих прием заявлений и выдачу результатов оказания государственной услуги, и (или) указание на веб-портал "электронного правительства" и абонентское устройство сотовой связи</t>
+  </si>
+  <si>
+    <t>Платность/бесплатность</t>
+  </si>
+  <si>
+    <t>Форма оказания государственной услуги (электронная (полностью или частично автоматизированная)/ бумажная/ проактивная/ оказываемая по принципу "одного заявления")</t>
+  </si>
+  <si>
+    <t>Сведения о наличии пилотного проекта</t>
+  </si>
+  <si>
+    <t>Наименование подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги</t>
+  </si>
+  <si>
+    <t>Физические лица</t>
+  </si>
   <si>
     <t>Электронная (частично автоматизированная)/бумажная</t>
   </si>
   <si>
+    <t>Бесплатно</t>
+  </si>
+  <si>
+    <t>Электронная (частично автоматизированная)/ бумажная/ проактивная/ оказываемая по принципу "одного заявления"</t>
+  </si>
+  <si>
+    <t>МОН</t>
+  </si>
+  <si>
+    <t>"Об утверждении Правил оказания государственных услуг в сфере семьи и детей" приказ Министра образования и науки Республики Казахстан от 24 апреля 2020 года № 158.</t>
+  </si>
+  <si>
+    <t>"Об утверждении правил оказания государственных услуг в сфере психолого-педагогической поддержки, оказываемых местными исполнительными органами" приказ Министра образования и науки Республики Казахстан от 27 мая 2020 года № 223.</t>
+  </si>
+  <si>
+    <t>Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации</t>
+  </si>
+  <si>
+    <t>"Об утверждении правил оказания государственных услуг в сфере дошкольного образования" приказ Министра образования и науки Республики Казахстан от 19 июня 2020 года № 254.</t>
+  </si>
+  <si>
+    <t>Прием документов и зачисление детей в дошкольные организации</t>
+  </si>
+  <si>
+    <t>Дошкольные организации всех видов</t>
+  </si>
+  <si>
+    <t>Дошкольные организации всех видов, веб-портал "электронного правительства"</t>
+  </si>
+  <si>
+    <t>Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования</t>
+  </si>
+  <si>
+    <t>Организации начального, основного среднего и общего среднего образования</t>
+  </si>
+  <si>
+    <t>Организации начального, основного среднего и общего среднего образования, веб-портал "электронного правительства"</t>
+  </si>
+  <si>
+    <t>"Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования" приказ Министра образования и науки Республики Казахстан от 12 октября 2018 года № 564.</t>
+  </si>
+  <si>
+    <t>Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования</t>
+  </si>
+  <si>
+    <t>Предоставление бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах</t>
+  </si>
+  <si>
+    <t>Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах</t>
+  </si>
+  <si>
+    <t>Прием документов и выдача направлений на предоставление отдыха в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования</t>
+  </si>
+  <si>
+    <t>Выдача дубликатов документов об основном среднем, общем среднем образовании</t>
+  </si>
+  <si>
+    <t>Организации основного среднего и общего среднего образования</t>
+  </si>
+  <si>
+    <t>Государственная корпорация, организации основного среднего и общего среднего образования, веб-портал "электронного правительства"</t>
+  </si>
+  <si>
+    <t>"Об утверждении видов и форм документов об образовании государственного образца и Правил их выдачи" приказ Министра образования и науки Республики Казахстан от 28 января 2015 года № 39.</t>
+  </si>
+  <si>
+    <t>Управления образования городов республиканского значения и столицы, отделы образования районов, городов областного значения</t>
+  </si>
+  <si>
+    <t>Государственная корпорация, управления образования городов республиканского значения и столицы, отделы образования районов, городов областного значения, веб-портал "электронного правительства"</t>
+  </si>
+  <si>
+    <t>Отделы образования районов, городов областного значения, организации образования</t>
+  </si>
+  <si>
+    <t>Государственная корпорация, отделы образования районов, городов областного значения, организации образования, веб-портал "электронного правительства"</t>
+  </si>
+  <si>
+    <t>МИО областей, городов Нур-Султана, Алматы и Шымкента, районов и городов областного значения, управление образования областей, городов республиканского значения и столицы, отделы образования районов и городов областного значения, организации образования</t>
+  </si>
+  <si>
+    <t>Управления образования областей, городов республиканского значения, столицы, отделы образования районов, городов областного значения, организации образования</t>
+  </si>
+  <si>
+    <t>Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования</t>
+  </si>
+  <si>
+    <t>Об утверждении реестра государственных услуг</t>
+  </si>
+  <si>
+    <t>Приказ и.о. Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 31 января 2020 года № 39/НҚ. Зарегистрирован в Министерстве юстиции Республики Казахстан 5 февраля 2020 года № 19982.</t>
+  </si>
+  <si>
+    <t>Реестр государственных услуг</t>
+  </si>
+  <si>
+    <t>МИО областей, городов Нур-Султана, Алматы и Шымкента, районов и городов областного значения, управление образования областей, городов республиканского значения и столицы, отделы образования районов и городов областного значения, организации образования, веб-портал "электронного правительства"</t>
+  </si>
+  <si>
+    <t>Государственная корпорация, управления образования областей, городов республиканского значения, столицы, отделы образования районов, городов областного значения, организации образования, веб-портал "электронного правительства"</t>
+  </si>
+  <si>
+    <t>"Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования"</t>
+  </si>
+  <si>
+    <t>№ п/п по общей</t>
+  </si>
+  <si>
     <t xml:space="preserve">https://egov.kz/cms/ru/services/pre_school/199pass_mon               </t>
   </si>
   <si>
     <t>https://indigo-osakar.e-orda.kz/ru</t>
   </si>
   <si>
     <t>https://e.bilimal.kz/auth/login</t>
   </si>
   <si>
-    <t>https://mindal-osak-roo.e-orda.kz/ru/statement/step-2?safe=1</t>
-[...1 lines deleted...]
-  <si>
     <t>https://egov.kz/cms/ru/services/secondary_school/pass-mon212-214</t>
   </si>
   <si>
+    <t>Ссылки на платформы цифровых услуг</t>
+  </si>
+  <si>
+    <t>Ссылки на веб-портал "электронного правительства"</t>
+  </si>
+  <si>
     <t>https://egov.kz/cms/ru/services/pre_school/199pass_mon</t>
   </si>
   <si>
     <t>| Электронное правительство Республики Казахстан (egov.kz)</t>
   </si>
   <si>
     <t>Электронное правительство Республики Казахстан | (egov.kz)</t>
   </si>
   <si>
+    <t>Прием документов для прохождения аттестации педагогов организаций образования и республиканских подведомственных организаций образования на присвоение и подтверждение квалификационных категорий</t>
+  </si>
+  <si>
+    <t>Государственная корпорация, МОН, республиканские подведомственные организации образования, МИО областей, городов Нур-Султана, Алматы и Шымкента, районов и городов областного значения, организации дошкольного, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования, веб-портал "электронного правительства"</t>
+  </si>
+  <si>
     <t>Электронная (частично автоматизированная)/Бумажная</t>
   </si>
   <si>
-    <t>Мемлекеттік қызметтер тізілімі</t>
-[...172 lines deleted...]
-</t>
+    <t>"Об утверждении Правил и условий проведения аттестации педагогов, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки" приказ Министра образования и науки Республики Казахстан от 27 января 2016 года № 83.</t>
+  </si>
+  <si>
+    <t>МОН, республиканские подведомственные организации образования, МИО областей, городов Нур-Султана, Алматы и Шымкента, районов и городов областного значения, организации дошкольного, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="24"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13.5"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
-      <b/>
       <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
-    </font>
-[...44 lines deleted...]
-      <charset val="204"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="28">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Гиперссылка" xfId="1" builtinId="8"/>
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/rss" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>152400</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Рисунок 1" descr="RSS">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1" tooltip="RSS feed"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
@@ -802,586 +721,570 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://indigo-osakar.e-orda.kz/ru" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1800017553" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/pre_school/199pass_mon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1600013317" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1500010348" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/categories/for_citizen" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020744" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/categories/for_citizen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020695" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1500010348" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/categories/for_citizen" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1800017553" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/categories/for_citizen" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e.bilimal.kz/auth/login" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://indigo-osakar.e-orda.kz/ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020744" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz/cms/ru/services/pre_school/199pass_mon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1600013317" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:M18"/>
+  <dimension ref="A1:M20"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A19" zoomScale="84" zoomScaleNormal="84" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:K2"/>
+    <sheetView tabSelected="1" topLeftCell="B10" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="M13" sqref="M13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="2"/>
     <col min="3" max="3" width="42.85546875" customWidth="1"/>
     <col min="4" max="4" width="15.7109375" customWidth="1"/>
     <col min="5" max="5" width="19.140625" customWidth="1"/>
     <col min="6" max="6" width="35" customWidth="1"/>
     <col min="7" max="7" width="24.42578125" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" customWidth="1"/>
     <col min="9" max="9" width="14.7109375" customWidth="1"/>
     <col min="11" max="11" width="42.28515625" customWidth="1"/>
     <col min="12" max="12" width="22.140625" customWidth="1"/>
     <col min="13" max="13" width="16.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="31.5" x14ac:dyDescent="0.5">
-      <c r="A1" s="1"/>
-[...14 lines deleted...]
-      <c r="K2" s="26"/>
+      <c r="A1" s="1" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A3" s="3"/>
-[...2 lines deleted...]
-      <c r="E4" s="27" t="s">
+      <c r="A3" s="2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A4" s="3"/>
+    </row>
+    <row r="6" spans="1:13" ht="18" x14ac:dyDescent="0.3">
+      <c r="A6" s="4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="191.25" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="D9" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="F9" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="G9" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="H9" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="I9" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="J9" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="K9" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="L9" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="M9" s="16" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A10" s="5">
+        <v>1</v>
+      </c>
+      <c r="B10" s="6">
+        <v>2</v>
+      </c>
+      <c r="C10" s="6">
+        <v>3</v>
+      </c>
+      <c r="D10" s="6">
+        <v>4</v>
+      </c>
+      <c r="E10" s="6">
+        <v>5</v>
+      </c>
+      <c r="F10" s="6">
+        <v>6</v>
+      </c>
+      <c r="G10" s="6">
+        <v>7</v>
+      </c>
+      <c r="H10" s="6"/>
+      <c r="I10" s="6">
+        <v>9</v>
+      </c>
+      <c r="J10" s="6">
         <v>10</v>
       </c>
-      <c r="F4" s="27"/>
-[...6 lines deleted...]
-      <c r="A7" s="10" t="s">
+      <c r="K10" s="6">
         <v>11</v>
       </c>
-      <c r="B7" s="17" t="s">
+      <c r="L10" s="8"/>
+      <c r="M10" s="8"/>
+    </row>
+    <row r="11" spans="1:13" ht="165" x14ac:dyDescent="0.25">
+      <c r="A11" s="9">
+        <v>1</v>
+      </c>
+      <c r="B11" s="17">
+        <v>403001</v>
+      </c>
+      <c r="C11" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F11" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="C7" s="17" t="s">
+      <c r="I11" s="6" t="s">
         <v>13</v>
-      </c>
-[...170 lines deleted...]
-        <v>45</v>
       </c>
       <c r="J11" s="6"/>
       <c r="K11" s="7" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>18</v>
+      </c>
+      <c r="L11" s="15" t="s">
+        <v>48</v>
       </c>
       <c r="M11" s="14" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:13" ht="150" x14ac:dyDescent="0.25">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="9">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>29</v>
+        <v>2</v>
+      </c>
+      <c r="B12" s="17">
+        <v>403002</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>19</v>
       </c>
       <c r="D12" s="6" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F12" s="6" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="G12" s="6" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="H12" s="6" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="I12" s="6" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="J12" s="6"/>
       <c r="K12" s="7" t="s">
-        <v>60</v>
-[...6 lines deleted...]
-    <row r="13" spans="1:13" ht="167.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>18</v>
+      </c>
+      <c r="L12" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="M12" s="13" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="125.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="9">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>30</v>
+        <v>3</v>
+      </c>
+      <c r="B13" s="17">
+        <v>403003</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>22</v>
       </c>
       <c r="D13" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="G13" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="E13" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H13" s="6" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="I13" s="6" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="J13" s="6"/>
       <c r="K13" s="7" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-      <c r="M13" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="L13" s="12" t="s">
+        <v>55</v>
+      </c>
+      <c r="M13" s="14" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="105" x14ac:dyDescent="0.25">
+      <c r="A14" s="9">
         <v>4</v>
       </c>
-    </row>
-[...8 lines deleted...]
-        <v>31</v>
+      <c r="B14" s="17">
+        <v>403004</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>26</v>
       </c>
       <c r="D14" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F14" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="G14" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="E14" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H14" s="6" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="I14" s="6" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="J14" s="6"/>
       <c r="K14" s="7" t="s">
-        <v>55</v>
-[...8 lines deleted...]
-    <row r="15" spans="1:13" ht="180" x14ac:dyDescent="0.25">
+        <v>16</v>
+      </c>
+      <c r="L14" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="M14" s="16"/>
+    </row>
+    <row r="15" spans="1:13" ht="117" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="9">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B15" s="6">
-        <v>403009</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>403007</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>27</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="J15" s="6"/>
       <c r="K15" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="L15" s="11" t="s">
         <v>55</v>
       </c>
-      <c r="L15" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M15" s="14" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:13" ht="225" x14ac:dyDescent="0.25">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="9">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B16" s="6">
-        <v>403015</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>403008</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>28</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G16" s="6" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="I16" s="6" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="J16" s="6"/>
-      <c r="K16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L16" s="12"/>
+      <c r="K16" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="L16" s="11" t="s">
+        <v>55</v>
+      </c>
       <c r="M16" s="14" t="s">
-        <v>3</v>
+        <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:13" ht="195" x14ac:dyDescent="0.25">
       <c r="A17" s="9">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B17" s="6">
-        <v>803005</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>403009</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>29</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="E17" s="6" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G17" s="6" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="I17" s="6" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="J17" s="6"/>
       <c r="K17" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="L17" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="M17" s="14" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="105" x14ac:dyDescent="0.25">
+      <c r="A18" s="9">
+        <v>8</v>
+      </c>
+      <c r="B18" s="6">
+        <v>403015</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="G18" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H18" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="I18" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="J18" s="6"/>
+      <c r="K18" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L18" s="12"/>
+      <c r="M18" s="14" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="120" x14ac:dyDescent="0.25">
+      <c r="A19" s="9">
+        <v>9</v>
+      </c>
+      <c r="B19" s="6">
+        <v>803005</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="G19" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="I19" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="J19" s="6"/>
+      <c r="K19" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="L19" s="16" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="300" x14ac:dyDescent="0.25">
+      <c r="A20" s="9">
+        <v>10</v>
+      </c>
+      <c r="B20" s="20">
+        <v>803014</v>
+      </c>
+      <c r="C20" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="L17" s="16" t="s">
-[...5 lines deleted...]
-      <c r="A18" s="9">
+      <c r="D20" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B18" s="6">
-[...28 lines deleted...]
-      <c r="M18" s="8"/>
+      <c r="E20" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F20" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="G20" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="H20" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="I20" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J20" s="6"/>
+      <c r="K20" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="L20" s="8"/>
     </row>
   </sheetData>
-  <autoFilter ref="A7:K18"/>
-[...3 lines deleted...]
-  </mergeCells>
+  <autoFilter ref="A9:K20"/>
   <hyperlinks>
-    <hyperlink ref="K9" r:id="rId1" location="z3" display="https://adilet.zan.kz/rus/docs/V2000020883 - z3"/>
-[...12 lines deleted...]
-    <hyperlink ref="K13" r:id="rId14" location="z0" display="https://adilet.zan.kz/rus/docs/V2000020695 - z0"/>
+    <hyperlink ref="K11" r:id="rId1" location="z3" display="https://adilet.zan.kz/rus/docs/V2000020883 - z3"/>
+    <hyperlink ref="K12" r:id="rId2" location="z3" display="https://adilet.zan.kz/rus/docs/V2000020883 - z3"/>
+    <hyperlink ref="K13" r:id="rId3" location="z3" display="https://adilet.zan.kz/rus/docs/V1800017553 - z3"/>
+    <hyperlink ref="K14" r:id="rId4" location="z0" display="https://adilet.zan.kz/rus/docs/V2000020744 - z0"/>
+    <hyperlink ref="K15" r:id="rId5" location="z0" display="https://adilet.zan.kz/rus/docs/V2000020478 - z0"/>
+    <hyperlink ref="K16" r:id="rId6" location="z0" display="https://adilet.zan.kz/rus/docs/V2000020478 - z0"/>
+    <hyperlink ref="K17" r:id="rId7" location="z0" display="https://adilet.zan.kz/rus/docs/V2000020478 - z0"/>
+    <hyperlink ref="K19" r:id="rId8" location="z1" display="https://adilet.zan.kz/rus/docs/V1500010348 - z1"/>
+    <hyperlink ref="L11" r:id="rId9"/>
+    <hyperlink ref="M11" r:id="rId10"/>
+    <hyperlink ref="L13" r:id="rId11" display="https://egov.kz/cms/ru/categories/for_citizen"/>
+    <hyperlink ref="L14" r:id="rId12" display="https://egov.kz/cms/ru"/>
+    <hyperlink ref="L15:L17" r:id="rId13" display="https://egov.kz/cms/ru/categories/for_citizen"/>
+    <hyperlink ref="K20" r:id="rId14" location="z1" display="https://adilet.zan.kz/rus/docs/V1600013317 - z1"/>
+    <hyperlink ref="M13" r:id="rId15"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId15"/>
-  <drawing r:id="rId16"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId16"/>
+  <drawing r:id="rId17"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>РЕЕСТР ОТ 30.06.2021</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>