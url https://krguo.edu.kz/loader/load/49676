--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3c23d93" w14:textId="3c23d93">
+    <w:p w14:paraId="f09f2d0" w14:textId="f09f2d0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,631 +76,691 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Типовых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся для организаций среднего, технического и профессионального, послесреднего образования</w:t>
-[...24 lines deleted...]
-      </w:pPr>
+        <w:t>Орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім алушылардың үлгеріміне ағымдағы бақылауды, оларды аралық және қорытынды аттестаттауды өткізудің үлгілік қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2008 жылғы 18 наурыздағы N 125 Бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2008 жылғы 21 сәуірде Нормативтік құқықтық кесімдерді мемлекеттік тіркеудің тізіліміне N 5191 болып енгізілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок в редакции приказа Министра образования и науки РК от 25.09.2018 </w:t>
+      Ескерту. Тақырыбы жаңа редакцияда – ҚР Білім және ғылым министрінің 25.09.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 494</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с подпунктом 19 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Закона Республики Казахстан от 27 июля 2007 года "Об образовании" </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қолданушылардың назарына!!! </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бұйрықтың қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармақтан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1063" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Білім туралы" Қазақстан Республикасының 2007 жылғы 27 шілдедегі Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19) тармақшасына сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПРИКАЗЫВАЮ</w:t>
-[...29 lines deleted...]
-      1. Утвердить прилагаемые:</w:t>
+        <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...15 lines deleted...]
-      1) Типовые правила проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях образования, реализующих общеобразовательные учебные программы начального, основного среднего, общего среднего образования, согласно приложению 1 к настоящему приказу;</w:t>
+    <w:bookmarkStart w:name="z2" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоса беріліп отырған: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      2) Типовые правила проведения текущего контроля успеваемости, промежуточной итоговой аттестации обучающихся в организациях технического и профессионального, послесреднего образования, согласно приложению 2 к настоящему приказу;</w:t>
+    <w:bookmarkStart w:name="z497" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрыққа 1-қосымшаға сәйкес Бастауыш, негізгі орта, жалпы орта білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдық бақылаудың, оларды аралық және қорытынды аттестаттау жүргізудің үлгілік қағидалары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z40" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрыққа 2-қосымшаға сәйкес Техникалық және кәсіптік, орта оқу орнынан кейінгі білім беру ұйымдарында білім алушылардың үлгерімін ағымдағы бақылау, аралық және қорытынды аттестаттау жүргізудің үлгілік қағидалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">3) исключен приказом Министра образования и науки РК от 25.09.2018 </w:t>
+        <w:t xml:space="preserve">3) алып тасталды – ҚР Білім және ғылым министрінің 25.09.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 494</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции приказа Министра образования и науки РК от 04.04.2012 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 142</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Білім және ғылым министрінің 30.01.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); внесены изменения на казахском языке, текст на русском языке не меняется приказом Министра образования и науки РК от 30.01.2017 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 36</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР Білім және ғылым министрінің 25.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 494</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.09.2018 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z3" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жоғары және жоғары оқу орнынан кейінгі білім департаменті (С.М. Өмірбаев):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z334" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықты белгіленген тәртіппен Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді қамтамасыз етсін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z335" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік тіркеуден өткеннен кейін осы бұйрықты бұқаралық ақпарат құралдарында жарияласын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z4" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Департаменту высшего и послевузовского образования (Омирбаеву С.М.): </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+      3. "Білім беру ұйымдарындағы білім алушылардың үлгерімін ағымдағы бақылаудан, аралық және қорытынды мемлекеттік аттестаттаудан өткізу ережесін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2006 жылғы 7 қыркүйектегі N 481 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>бұйрығының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде N 4394 болып тіркелген) күші жойылды деп танылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z5" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрықтың орындалуын бақылау вице-министр К.Н. Шәмшидиноваға жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z6" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Признать утратившим силу </w:t>
-[...62 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
+      5. Осы бұйрық алғаш ресми жарияланғаннан кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Министр</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6150" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>      Министр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ж. Туймебаев</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ж. Түймебаев</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -734,5928 +794,5227 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к приказу Министра</w:t>
+              <w:t>Білім және ғылым министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>образования и науки</w:t>
+              <w:t>2008 жылғы 18 наурыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
-[...12 lines deleted...]
-              <w:t>от 18 марта 2008 года № 125</w:t>
+              <w:t>№ 125 бұйрығына 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkStart w:name="z7" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Типовые правила проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях образования, реализующих общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="10"/>
+        <w:t xml:space="preserve"> Бастауыш, негізгі орта, жалпы орта білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдық бақылаудың, оларды аралық және қорытынды аттестаттау жүргізудің үлгі қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Типовые правила - в редакции приказа Министра образования и науки РК от 12.05.2022 </w:t>
+      Ескерту. Үлгі қағида жаңа редакцияда – ҚР Білім және ғылым министрінің 12.05.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 193</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z1262" w:id="11"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z498" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z1263" w:id="12"/>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z1099" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Типовые правила проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях образования, реализующих общеобразовательные учебные программы начального, основного среднего, общего среднего образования (далее - Правила) разработаны в соответствии с </w:t>
-[...39 lines deleted...]
-      2. В настоящих Правилах используются следующие определения:</w:t>
+      1. Осы Бастауыш, негізгі орта, жалпы орта білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдық бақылаудың, оларды аралық және қорытынды аттестаттау жүргізудің үлгі қағидалары (бұдан әрі – Қағидалар) "Білім туралы" Қазақстан Республикасы Заңының 5-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және бастауыш, негізгі орта, жалпы орта білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдық бақылаудың, оларды аралық және қорытынды аттестаттау жүргізу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z1265" w:id="14"/>
-[...15 lines deleted...]
-      1) оценивание – процесс соотнесения реально достигнутых обучающимися результатов обучения с ожидаемыми результатами обучения на основе выработанных критериев;</w:t>
+    <w:bookmarkStart w:name="z1100" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай анықтамалар қолданылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z1266" w:id="15"/>
-[...15 lines deleted...]
-      2) критерии оценивания – признаки, на основании которых производится оценка учебных достижений обучающихся;</w:t>
+    <w:bookmarkStart w:name="z1101" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бағалау – білім алушылардың оқуда нақты қол жеткізген нәтижелерін оқытудан күтілетін нәтижелермен әзірленген өлшемшарттар негізінде салыстыру процесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z1267" w:id="16"/>
-[...15 lines deleted...]
-      3) текущий контроль успеваемости обучающихся – это систематическая проверка знаний обучающихся, проводимая педагогом на текущих занятиях в соответствии с общеобразовательной учебной программой;</w:t>
+    <w:bookmarkStart w:name="z1102" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бағалау өлшемшарттары – білім алушылардың оқу жетістіктерін бағалау жүргізуге негіз болатын белгі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z1268" w:id="17"/>
-[...15 lines deleted...]
-      4) промежуточная аттестация обучающихся – процедура, проводимая с целью оценки качества освоения обучающимися содержания части или всего объема одной учебной дисциплины после завершения ее изучения;</w:t>
+    <w:bookmarkStart w:name="z1103" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) білім алушылардың үлгерімін ағымдық бақылау - бұл жалпы білім беретін оқу бағдарламасына сәйкес ағымдағы сабақ барысында педагог жүргізетін білім алушылардың білімдерін жүйелі тексеру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z1269" w:id="18"/>
+    <w:bookmarkStart w:name="z1104" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) білім алушыларды аралық аттестаттау - білім алушылардың бір оқу пәнін оқып аяқтағаннан кейін оның бөлігінің немесе барлық көлемінің мазмұнын меңгеру сапасын бағалау мақсатында жүргізілетін рәсім;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z1105" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) итоговая аттестация обучающихся – процедура, проводимая с целью определения степени освоения обучающимися объема учебных дисциплин, предусмотренных государственным общеобязательным стандартом соответствующего уровня образования, утвержденным </w:t>
-[...39 lines deleted...]
-      6) суммативное оценивание – вид оценивания, которое проводится по завершении определенного учебного периода (четверть, учебный год), а также изучения разделов (сквозных тем) в соответствии с учебной программой;</w:t>
+      5) білім алушыларды қорытынды аттестаттау - Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 31 қазандағы № 604 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17669 болып тіркелген) бекітілген Орта білім берудің (бастауыш, негізгі орта, жалпы орта білім беру) мемлекеттік жалпыға міндетті білім беру стандартында (бұдан әрі - МЖМБС) қарастырылған оқу пәндерінің көлемін меңгеру дәрежесін анықтау мақсатында жүргізілетін рәсім:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z1271" w:id="20"/>
-[...15 lines deleted...]
-      7) модерация – процесс обсуждения работ обучающихся по суммативному оцениванию за четверть с целью стандартизации выставления баллов для обеспечения объективности и прозрачности оценивания;</w:t>
+    <w:bookmarkStart w:name="z1106" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жиынтық бағалау – белгілі бір оқу кезеңін (тоқсан, оқу жылы), сондай-ақ оқу бағдарламасына сәйкес бөлімдерді (ортақ тақырыптарды) оқып аяқтағаннан кейін өткізілетін бағалау түрі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z1272" w:id="21"/>
-[...15 lines deleted...]
-      8) ожидаемые результаты обучения – совокупность компетенций, выражающих, что именно обучающийся будет знать, понимать, демонстрировать по завершении процесса обучения;</w:t>
+    <w:bookmarkStart w:name="z1107" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) модерация – бағалаудың объективтілігін және айқындығын қамтамасыз ету үшін балдарды қоюды стандарттау мақсатында тоқсандық жиынтық бағалау бойынша білім алушылардың жұмысын талқылау процесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z1273" w:id="22"/>
-[...15 lines deleted...]
-      9) формативное оценивание – вид оценивания, которое проводится в ходе повседневной работы в классе, является текущим показателем успеваемости обучающихся, обеспечивает оперативную взаимосвязь между обучающимся и учителем в ходе обучения, обратную связь между обучающимся и педагогом и позволяет совершенствовать образовательный процесс.</w:t>
+    <w:bookmarkStart w:name="z1108" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) оқытудан күтілетін нәтижелер – оқыту процесі аяқталғанда білім алушының нені біліп, түсініп, көрсете алатынын сипаттайтын құзыреттіліктер жиынтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z1274" w:id="23"/>
+    <w:bookmarkStart w:name="z1109" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) формативті бағалау – сыныпта күнделікті жұмыс барысында жүргізілетін бағалау түрі, білім алушылар үлгерімінің ағымдағы көрсеткіші болып табылады, оқыту барысында білім алушылар мен мұғалім арасындағы жедел өзара байланысты, білім алушы мен мұғалім арасындағы кері байланысты қамтамасыз етеді және білім беру процесін жетілдіруге мүмкіндік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z1110" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок проведения текущего контроля успеваемости обучающихся</w:t>
-[...19 lines deleted...]
-      3. Оценка учебных достижений обучающихся осуществляется в форме формативного и суммативного оценивания.</w:t>
+        <w:t xml:space="preserve"> 2-тарау. Білім алушылардың үлгеріміне ағымдық бақылау жүргізудің тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z1276" w:id="25"/>
-[...15 lines deleted...]
-      4. Формативное оценивание, в том числе домашней работы, проводится для мониторинга достижений обучающимися целей обучения и дальнейшего выстраивания дифференцированной работы на уроке и осуществляется через рекомендации педагога в письменной форме (в тетрадях или дневниках) или устно.</w:t>
+    <w:bookmarkStart w:name="z1111" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Білім алушылардың оқу жетістігін бағалау формативтік және жиынтық бағалау нысандарында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z1277" w:id="26"/>
-[...15 lines deleted...]
-      5. При формативном оценивании на уроке педагог осуществляет обратную связь. Педагог самостоятельно определяет количество обучающихся, форму и частоту предоставления обратной связи.</w:t>
+    <w:bookmarkStart w:name="z1112" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Формативтік бағалау, оның ішінде үй жұмысын бағалау білім алушылардың оқу мақсаттарына қол жеткізуіне мониторинг жүргізу мен сабақта сараланған жұмысты одан әрі құру үшін жүргізіледі және педагогтің ұсыныстары арқылы жазбаша нысанда (дәптерлерде немесе күнделіктерде) немесе ауызша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z1278" w:id="27"/>
-[...15 lines deleted...]
-      6. Результаты формативного оценивания не требуют распечатывания и дальнейшего хранения.</w:t>
+    <w:bookmarkStart w:name="z1113" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Формативтік бағалау кезінде мұғалім сабақта кері байланысты жүзеге асырады. Педагог білім алушылардың санын, кері байланысты беру нысанын және жиілігін дербес анықтайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z1279" w:id="28"/>
-[...15 lines deleted...]
-      Предоставление результатов формативного оценивания осуществляется в выполненных работах обучающихся и/или в электронных журналах в виде баллов, при необходимости gtlfuju вносит комментарии.</w:t>
+    <w:bookmarkStart w:name="z1114" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Формативті бағалау нәтижелері басып шығару мен одан әрі сақтауды талап етпейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z1280" w:id="29"/>
-[...15 lines deleted...]
-      7. Текущий контроль успеваемости обучающихся проводится педагогами в форме суммативного оценивания для определения и фиксирования уровня усвоения содержания учебного материала по завершении изучения разделов (сквозных тем), четверти.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Формативті бағалау нәтижелерін ұсыну білім алушылардың орындалған жұмыстарында және/немесе электронды журналдарда балл түрінде жүзеге асырылады, қажет болған жағдайда мұғалім түсініктемелер енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1115" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Білім алушылардың үлгеріміне ағымдық бақылауды тоқсан, бөлім (ортақ тақырып) аяқталғаннан кейін оқу материалдарының мазмұнын меңгеру деңгейін анықтау және қадағалау үшін жиынтық бағалау нысанында педагогтер жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z1281" w:id="30"/>
-[...15 lines deleted...]
-      В 1-ом классе учебные достижения обучающихся не оцениваются.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-сыныпта білім алушылардың оқу жетістіктері бағаланбайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1116" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Формативті бағалау, бөлім/ортақ тақырып бойынша жиынтық бағалау (бұдан әрі - БЖБ) және тоқсан бойынша жиынтық бағалау (бұдан әрі - ТЖБ) нәтижелері бойынша білім алушыларға тоқсандық оқу жетістіктерін бағалау кезінде ескерілетін балдар қойылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z1282" w:id="31"/>
-[...15 lines deleted...]
-      8. По результатам формативного оценивания, суммативного оценивания за раздел/сквозную тему (далее – СОР) и суммативного оценивания за четверть (далее – СОЧ) обучающимся выставляются баллы, которые учитываются при оценивании учебных достижений за четверть.</w:t>
+    <w:bookmarkStart w:name="z1117" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. БЖБ өткізу нысаны (бақылау, практикалық немесе шығармашылық жұмыс, жоба, эссе, диктант, мазмұндама, шығарма, тестілеу және басқалар) мен сабағын және БЖБ орындау уақытын педагог өздігінен белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z1283" w:id="32"/>
-[...15 lines deleted...]
-      9. Форма (контрольная, практическая или творческая работа, проект, эссе, диктант, изложение, сочинение, тестирование) и время проведения на уроке для выполнения СОР определяются педагогом самостоятельно.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БЖБ үшін максималды балл 1-4 сыныптарда кемінде 7 және 15 балдан артық емес, 5-11 (12) сыныптарда кемінде 7 және 20 балдан артық емес болуы керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1118" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. БЖБ және ТЖБ қойылатын қорытынды балды қою кезінде қолмен жөнделген жер, сондай-ақ оқу тапсырмалары мен есептер шарттарын ресімдеуі есептелмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z1284" w:id="33"/>
-[...15 lines deleted...]
-      Максимальный балл за СОР составляет не менее 7 и не более 15 баллов в 1-4 классах, не менее 7 и не более 20 баллов в 5-11(12) классах.</w:t>
+    <w:bookmarkStart w:name="z1119" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Аптасына 1 сағат оқу жүктемесі кезінде БЖБ қажет болған жағдайда бөлімдерді біріктіре отырып тоқсанына екі реттен артық жүргізілмейді, қорытынды баға жартыжылдыққа қойылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z1285" w:id="34"/>
-[...15 lines deleted...]
-      10. При выставлении итогового балла за СОР и СОЧ не учитываются помарки и оформление условий учебных заданий и задач.</w:t>
+    <w:bookmarkStart w:name="z1120" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. БЖБ тоқсанына үш реттен артық өткізілмейді. Бөлімдер/ортақ тақырыптар тоқсанына төрт және одан да көп бөлімдерді/ортақ тақырыптарды оқып-зерделеген жағдайда тақырыптардың ерекшеліктерін және оқыту мақсаттарының санын ескере отырып біріктіріледі. Оны екі кезеңде өткізуге болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z1286" w:id="35"/>
-[...15 lines deleted...]
-      11. При учебной нагрузке 1 час в неделю СОР проводится не более двух раз в четверти с объединением разделов, итоговая оценка выставляется за полугодие.</w:t>
+    <w:bookmarkStart w:name="z1121" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Оқу пәндерінің күрделілік деңгейін есепке ала отырып, бір күнде үштен артық ТЖБ өткізуге болмайды. ТЖБ тоқсан аяқталатын соңғы күні өткізілмейді. Бір оқу пәні бойынша БЖБ мен ТЖБ бір күнде өткізілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z1287" w:id="36"/>
-[...15 lines deleted...]
-      12. СОР проводится не более трех раз в четверти. Разделы/сквозные темы объединяются с учетом специфики тем и количества целей обучения при изучении четырех и более разделов/сквозных тем в четверти. Разрешается его проведение в два этапа.</w:t>
+    <w:bookmarkStart w:name="z1122" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Үйде оқитын білім алушыларды бағалау кезінде педагог үйде оқитын білім алушылардың оқу жүктемесін және олардың оқып-зерделеген оқу материалын ескере отырып, сараланған және/немесе жеке тапсырмаларды әзірлейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z1288" w:id="37"/>
-[...15 lines deleted...]
-      13. Проводится не более трех СОЧ в один день, с учетом уровня сложности учебных предметов. СОЧ не проводятся в последний день завершения четверти. Одновременно СОР и СОЧ по одному учебному предмету в один день не проводятся.</w:t>
+    <w:bookmarkStart w:name="z1123" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Ерекше білім берілуіне қажеттіліктері бар білім алушыларды бағалау кезінде мұғалім сараланған және/немесе жеке тапсырмаларды қолданады, сондай-ақ білім алушының ерекшеліктерін есепке ала отырып, оның ішінде жеке оқу бағдарламаларын іске асыру кезінде бағалау өлшемшарттарына өзгерістер енгізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z1289" w:id="38"/>
-[...15 lines deleted...]
-      14. При оценивании обучающихся на дому педагог разрабатывает дифференцированные и/или индивидуальные задания с учетом учебной нагрузки обучающегося на дому и изученного им учебного материала.</w:t>
+    <w:bookmarkStart w:name="z1124" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Көркем еңбек", "Музыка", "Дене шынықтыру", "Кәсіпкерлік және бизнес негіздері", "Графика және жобалау", "Алғашқы әскери және технологиялық дайындық", "Зайырлылық және дінтану негіздері" және бастауыш мектепте "Цифрлық сауаттылық" пәндері бойынша БЖБ мен ТЖБ өткізілмейді және тоқсан/жартыжылдық және оқу жылының қорытындысы бойынша "есептелінді" ("есептелінген жоқ") деген белгі жазылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z1290" w:id="39"/>
-[...15 lines deleted...]
-      15. При оценивании обучающихся с особыми образовательными потребностями педагог использует дифференцированные и/или индивидуальные задания, а также вносит изменения в критерии оценивания с учетом особенностей обучающегося, в том числе при реализации индивидуальных учебных программ.</w:t>
+    <w:bookmarkStart w:name="z1125" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8170 болып тіркелген) бекітілген Қазақстан Республикасындағы бастауыш, негізгі орта, жалпы орта білім берудің үлгілік оқу жоспарларын (бұдан әрі – Үлгілік оқу жоспары) таңдау кезінде 10-11-сыныптарда қысқартылған оқу жүктемесі бар инвариантты компоненттің тереңдетілген және стандартты деңгейінің пәндерін таңдау кезінде "Кәсіпкерлік және бизнес негіздері", "Графика және жобалау" оқу пәндерінен басқа пәндер бойынша жиынтық бағалау жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z1291" w:id="40"/>
-[...15 lines deleted...]
-      16. СОР и СОЧ не проводятся по предметам: "Художественный труд", "Музыка", "Физическая культура", "Основы предпринимательства и бизнеса", "Графика и проектирование", "Начальная военная и технологическая подготовка", "Светскость и основы религиоведения" и "Цифровая грамотность" в начальной школе, по итогам четверти/полугодия и учебного года выставляется "зачет" ("незачет").</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вариативті компонент сағатының есебінен таңдалған 10-11-сыныптардың оқу пәндері бойынша жиынтық бағалау өткізілмейді, оқу жылының соңында "есептелінді" ("есептелінген жоқ") деген белгі жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1126" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Қысқартылған оқу жүктемесі бар Үлгілік оқу жоспарларын таңдаған жағдайда БЖБ саны 11-тармаққа сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z1292" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вариативтік компонент есебінен таңдалған 7-9-сыныптардағы оқу пәндері бойынша (инварианттық компоненттегі таңдау пәндері) жиынтық бағалау өткізілмейді, оқу жылының соңында "есептелінді" ("есептелінген жоқ") деген белгі жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1127" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      17. При выборе Типовых учебных планов начального, основного среднего, общего среднего образования Республики Казахстан, утвержденных </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500 (зарегистрирован в реестре государственной регистрации нормативных правовых актов под № 8170) (далее - Типовые учебные планы) с сокращенной учебной нагрузкой в 10-11-х классах при выборе предметов углубленного и стандартного уровня инвариантного компонента по данным предметам проводится суммативное оценивание, кроме учебных предметов "Основы предпринимательства и бизнеса", "Графика и проектирование".</w:t>
+      19. Жиынтық бағалау тапсырмалары білім алушылармен орындалады және Қазақстан Республикасы Білім және ғылым министрінің 2013 жылғы 3 сәуірдегі № 115 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8424 болып тіркелген) жалпы білім беретін пәндер бойынша Үлгілік оқу бағдарламасына (бұдан әрі - Үлгілік оқу бағдарламасы) сәйкес олар өткен материалдарды қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z1293" w:id="42"/>
-[...15 lines deleted...]
-      По учебным предметам 10-11-го класса, выбранных за счет часов вариативного компонента, суммативное оценивание не проводится, в конце учебного года выставляется "зачет" ("незачет").</w:t>
+    <w:bookmarkStart w:name="z1128" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Формативті және жиынтық бағалау тапсырмаларын академиялық адалдық принциптерін сақтай отырып өзі дайындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z1294" w:id="43"/>
+    <w:bookmarkStart w:name="z1129" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Тілдік пәндерден жиынтық бағалау сөйлеу әрекетінің төрт түрі бойынша жүргізіледі (тыңдалым (тыңдау), айтылым, оқылым, жазылым). Тыңдалым (тыңдау) және айтылым дағдыларын бағалау жиынтық бағалауды өткізу жоспарланған аптаның ішінде сабақтың барысында жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z1130" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Даулы мәселелер туындаған жағдайда білім алушылардың тоқсандағы оқу жетістіктерінің нәтижелері бойынша жазбаша түрде өткізілетін жиынтық бағалауда объективтілікті және ашықтықты қамтамасыз ету үшін және/немесе педагогикалық кеңестің шешімімен педагогтер қажет болған жағдайда, ТЖБ бағасы қойылғанға дейін бір күннен кешіктірмей модерация жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балдары өзгертілуі тиіс болатын білім алушылардың тоқсандық жиынтық жұмыстарының модерациясы жүргізілген жағдайда олар қайта тексеріледі. Модерация қорытындысы бойынша ТЖБ үшін балл өсу жағына да, азаю жағына да өзгереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1131" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Білім алушылар жиынтық бағалау өткізу күні объективті себептерге байланысты (денсаулық жағдайына байланысты, жақын туыстарының қайтыс болуы, қолайсыз метеожағдайларға байланысты, барлық деңгейдегі жарыстарға, конференцияларға, олимпиадаларға және ғылыми жобалар конкурстарына қатысу) болмаған жағдайда жиынтық бағалауды жеке кесте бойынша тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ағымдағы тоқсан/жартыжылдық аяқталғанға дейін Жиынтық жұмыстарды тапсырмаған жағдайда білім алушыға жиынтық жұмыстарды тапсырғанға дейін "уақытша аттестатталмады" деген белгі электронды журналда қойылады. Тапсыру қорытындысы бойынша төртінші/жартыжылдық баға қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1132" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. БЖБ және ТЖБ қорытындысы болмаған жағдайда білім алушы уақытша аттестаттаудан өтпеген болып есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z1133" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Ағымдағы жылғы білім алушылардың жазбаша жиынтық жұмыстары мектепте сол оқу жылы аяқталғанға дейін сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z1134" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      18. При выборе Типовых учебных планов с сокращенной учебной нагрузкой количество СОР проводится согласно </w:t>
-[...139 lines deleted...]
-      22. Для обеспечения объективности оценивания результатов обучения, в случае возникновения спорных вопросов, по учебным предметам, по которым СОЧ проводится в письменной форме, по решению педагогического совета педагогами проводится модерация в сроки, не позднее 1 (одного) дня до выставления оценок за СОЧ.</w:t>
+      26. Білім алушылардың жиынтық бағалау нәтижелері балл түрінде (қағаз/электрондық) журналға қойылады және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес балды бағаға ауыстыру шәкілі бойынша тоқсандық және жылдық бағаға ауыстырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z1300" w:id="49"/>
-[...15 lines deleted...]
-      При проведении модерации суммативные работы обучающихся за четверть, баллы которых подлежат изменению, перепроверяются. Балл за СОР по итогам модерации изменяется как в сторону увеличения, так и в сторону уменьшения.</w:t>
+    <w:bookmarkStart w:name="z1135" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Жиынтық бағалау қорытындысы бойынша ақпарат білім алушыларға және ата-аналарға немесе баланың заңды өкілдеріне қағаз түрінде немесе электронды нұсқада беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z1301" w:id="50"/>
-[...15 lines deleted...]
-      23. Обучающиеся, отсутствовавшие в день проведения суммативного оценивания по объективным причинам (по состоянию здоровья, в случае смерти близких родственников, в связи с участием в соревнованиях, конференциях, олимпиадах и конкурсах научных проектов всех уровней, в связи с неблагоприятными метеоусловиями), проходят суммативное оценивание по индивидуальному графику.</w:t>
+    <w:bookmarkStart w:name="z1136" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Тоқсандық баға формативті бағалау, БЖБ және ТЖБ қорытындысының негізінде 50%-да 50% пайыздық арақатынаста қойылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z1302" w:id="51"/>
-[...15 lines deleted...]
-      При несдаче суммативной работы до окончания текущей четверти/полугодия обучающемуся выставляется в электронном журнале отметка "временно не аттестован" до получения положительной оценки суммативной работы. По итогам сдачи суммативной работы выставляется четвертная/полугодовая оценка.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аптасына 1 сағат оқу жүктемесі кезінде жартыжылдыққа баға формативті бағалау және БЖБ нәтижесі бойынша қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1137" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Баланың ата-анасының немесе заңды өкілдерінің өтініші бойынша психологиялық-медициналық-педагогикалық консультацияның қорытындысы негізінде қайта оқу жылы ұсынылған білім алушыларды қоспағанда, 1-сыныптың білім алушылары қайта оқу жылына қалдырылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z1303" w:id="52"/>
-[...15 lines deleted...]
-      24. При отсутствии результатов СОР и СОЧ обучающийся является временно не аттестованным.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-сыныпта баланы қайта оқыту педагогикалық кеңестің шешімімен ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1138" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. 2-11 (12) сынып білім алушыларының пәндер бойынша жылдық бағалары жақын бүтіндікке дөңгелектеу арқылы тоқсандық бағалар жиынтығының орташа арифметикалық мәні ретінде қойылады және қорытынды баға болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z1304" w:id="53"/>
-[...15 lines deleted...]
-      25. Письменные суммативные работы обучающихся за текущий учебный год хранятся в школе до конца данного учебного года.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу жылының қорытындысы бойынша аралық аттестаттау жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1139" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Бір немесе екі пәннен "2" бағасын алған 2-8 (9) және 10 (11) сынып білім алушылары үшін мектеп жасаған кестеге сәйкес жүргізілетін оқу жылындағы материал мазмұнын қамтитын жиынтық бағалау оқу жылына ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z1305" w:id="54"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға жақын бүтіндікке дөңгелектеу арқылы жылдық баға мен қосымша жиынтық бағаның орташа арифметикалық мәні арқалы қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үш немесе одан да көп пәннен "2" бағасын алған 2-8 (9) және 10 (11) сынып білім алушылары қайта оқуға орнында қалдырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3", "4", "5" бағаларын алған 2-8 (9) және 10 (11) сынып білім алушылары келесі сыныпқа көшіріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1140" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Бір немесе екі оқу пәнінен қайта "2" бағасын алған 2-8 (9) және 10 (11) сыныптардың білім алушылары, осы пәндерден қосымша жиынтық бағалаудан өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z1306" w:id="55"/>
-[...15 lines deleted...]
-      27. Информация по итогам суммативного оценивания предоставляется обучающимся, родителям или законным представителям обучающегося в бумажном или электронном формате.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға жақын бүтіндікке дөңгелектеу арқылы жылдық баға мен қосымша жиынтық бағаның орташа арифметикалық мәні арқылы қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша жиынтық бағалау жаңа оқу жылының басына дейін өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша жиынтық бағалаудан "2" деген баға алған жағдайда, білім алушы сол сыныпта оқуға орнында қалдырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1141" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Тоқсандық, жылдық және қорытынды бағаларды қайта қарауға рұқсат берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z1307" w:id="56"/>
-[...15 lines deleted...]
-      28. Четвертная оценка выставляется на основании результатов формативного оценивания, СОР и СОЧ в процентном соотношении 50% на 50%.</w:t>
+    <w:bookmarkStart w:name="z1142" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Білім алушылар бір мектептен екінші мектепке ауысқан кезде оқу жылы көлеміндегі оның жиынтық бағалау нәтижесі электронды (қағаз) журналдан жазба арқылы ресімделіп, директордың қолымен және мектеп мөрімен расталып, білім алушының жеке іс қағазымен беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z1308" w:id="57"/>
-[...15 lines deleted...]
-      При учебной нагрузке 1 час в неделю оценка за полугодие выставляется по результатам формативного оценивания и СОР.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім алушы бұрын қандай да бір пән оқытылмаған мектептен ауысқан жағдайда "тоқсан үшін баға" бағанына "оқытылмаған" белгісі енгізіледі. Бұл жағдайда білім алушыға оқу пәні бойынша жылдық баға осы пәнді оқу кезінде одан әрі ағымдағы оқу жылында алынған тоқсандық бағалар жиынтығының орташа арифметикалық мәні ретінде қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1143" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Білім алушыларды қорытынды аттестаттаудан өткізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z1309" w:id="58"/>
-[...15 lines deleted...]
-      29. Обучающиеся 1 класса не оставляются на повторный год обучения, за исключением обучающихся, которым рекомендован повторный год обучения по заключению психолого-медико-педагогической консультации по заявлению родителей или законных представителей.</w:t>
+    <w:bookmarkStart w:name="z1144" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Негізгі орта, жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын меңгеру білім алушылардың міндетті қорытынды аттестаттауымен аяқталады және мынадай нысандарда өткізіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z1310" w:id="59"/>
-[...15 lines deleted...]
-      Повторный курс обучения в 1 классе оформляется решением педагогического совета.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) 9 (10) сыныптардың білім алушылары үшін қорытынды бітіру емтихандары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) 11 (12) сыныптардың білім алушылары үшін мемлекеттік бітіру емтихандары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1145" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. 1-8 (9), 10 (11) сыныптардың білім алушыларына қорытынды аттестаттау қарастырылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z1311" w:id="60"/>
-[...15 lines deleted...]
-      30. Годовая оценка по учебным предметам обучающимся 2-11 (12) классов выставляется как среднее арифметическое значение суммы четвертных оценок с округлением к ближайшему целому и является итоговой оценкой.</w:t>
+    <w:bookmarkStart w:name="z1146" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Қорытынды аттестаттауға МЖМБС талаптарына сәйкес үлгілік жалпы білім беретін оқу бағдарламаларын меңгерген 9 (10), 11 (12) сыныптардың білім алушылары жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z1312" w:id="61"/>
-[...15 lines deleted...]
-      Промежуточная аттестация по итогам учебного года не проводится.</w:t>
+    <w:bookmarkStart w:name="z1147" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Негізгі орта білім берудің жалпы білім беретін оқу бағдарламаларын меңгерген 9 (10) сынып білім алушылары төрт пәннен емтихан тапсырады, оның біреуі таңдау бойынша.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z1313" w:id="62"/>
-[...15 lines deleted...]
-      31. Для обучающихся 2-8 (9) и 10 (11) классов, имеющих годовую оценку "2" по одному или двум предметам, организуется суммативное оценивание за учебный год, включающее содержание материала за учебный год, которое проводится согласно графику, составленному школой.</w:t>
+    <w:bookmarkStart w:name="z1148" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. 9 (10) сынып білім алушылары үшін қорытынды аттестаттау мынадай нысандарда өткізіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z1314" w:id="63"/>
-[...15 lines deleted...]
-      Итоговая оценка выставляется как среднее арифметическое значение годовой оценки и оценки за суммативное оценивание за учебный год с округлением к ближайшему целому.</w:t>
+    <w:bookmarkStart w:name="z1149" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қазақ/орыс тілі және өзбек/ұйғыр/тәжік тілінде білім беретін мектептер үшін ана тілі (оқыту тілі) бойынша эссе нысанында жазбаша емтихан, гуманитарлық цикл пәндерін тереңдетіп оқытатын мектеп білім алушылары үшін жазбаша жұмыс (мақала, әңгіме, эссе);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z1315" w:id="64"/>
-[...15 lines deleted...]
-      Обучающиеся 2-8 (9) и 10 (11) классов, имеющие годовую оценку "2" по трем и более предметам, оставляются на повторный год обучения.</w:t>
+    <w:bookmarkStart w:name="z1150" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) математикадан (алгебрадан) жазбаша емтихан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z1316" w:id="65"/>
-[...15 lines deleted...]
-      При получении оценок "3", "4", "5" обучающиеся 2-8 (9) и 10 (11) классов переводятся в следующий класс.</w:t>
+    <w:bookmarkStart w:name="z1151" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) орыс, өзбек, ұйғыр және тәжік тілдерінде оқытатын сыныптардағы қазақ тілі мен әдебиеті бойынша жазбаша емтихан және қазақ тілінде оқытатын сыныптардағы орыс тілі мен әдебиеті бойынша жазбаша емтихан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z1317" w:id="66"/>
-[...15 lines deleted...]
-      32. Обучающиеся 2-8 (9) и 10 (11) классов, повторно получившие оценку "2" по одному или двум учебным предметам, подлежат дополнительному суммативному оцениванию за учебный год по данным предметам.</w:t>
+    <w:bookmarkStart w:name="z1152" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) таңдау пәні (физика, химия, биология, география, геометрия, Қазақстан тарихы, дүниежүзі тарихы, әдебиет (оқыту тілі бойынша), шет тілі (ағылшын/ француз/неміс), информатика) бойынша жазбаша емтихан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z1318" w:id="67"/>
-[...15 lines deleted...]
-      Итоговая оценка выставляется как среднее арифметическое значение годовой оценки и оценки за дополнительное суммативное оценивание с округлением к ближайшему целому.</w:t>
+    <w:bookmarkStart w:name="z1153" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Жалпы орта білім берудің жалпы білім беру оқу бағдарламаларын меңгерген 11 (12) сынып білім алушылары бес емтихан түрінде қорытынды аттестаттау тапсырады, олардың біреуі таңдау бойынша.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z1319" w:id="68"/>
-[...15 lines deleted...]
-      Дополнительное суммативное оценивание проводится до начала нового учебного года.</w:t>
+    <w:bookmarkStart w:name="z1154" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. 11 (12) сынып білім алушыларын қорытынды аттестаттау мынадай нысандарда өткізіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z1320" w:id="69"/>
-[...15 lines deleted...]
-      При получении оценки "2" за дополнительное суммативное оценивание обучающиеся оставляются на повторный год обучения.</w:t>
+    <w:bookmarkStart w:name="z1155" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қазақ/орыс тілі бойынша және өзбек/ұйғыр/тәжік тілінде білім беретін мектептер/сыныптар үшін ана тілі (оқыту тілі) бойынша жазбаша емтихан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z1321" w:id="70"/>
-[...15 lines deleted...]
-      33. Пересмотр четвертных, годовых и итоговых оценок не допускается.</w:t>
+    <w:bookmarkStart w:name="z1156" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) алгебра және анализ бастамаларынан жазбаша емтихан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z1322" w:id="71"/>
-[...15 lines deleted...]
-      34. При переводе обучающегося из одной школы в другую в течение учебного года результаты его суммативного оценивания оформляются выпиской из электронного (бумажного) журнала, заверяются подписью директора, печатью школы и выдаются вместе с личным делом обучающегося.</w:t>
+    <w:bookmarkStart w:name="z1157" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан тарихынан ауызша емтихан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z1323" w:id="72"/>
-[...15 lines deleted...]
-      В случае перевода обучающегося из школы, где ранее не изучался какой-либо предмет, в графу "Оценка за четверть" вносится "Не изучался". Годовая оценка по учебному предмету обучающемуся выставляется как среднее арифметическое значение суммы четвертных оценок, полученных далее в текущем учебном году при изучении данного предмета.</w:t>
+    <w:bookmarkStart w:name="z1158" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) орыс, өзбек, ұйғыр және тәжік тілдерінде оқытатын мектептерде/ сыныптарда қазақ тілі мен әдебиетінен және қазақ тілінде оқытатын мектептерде/ сыныптарда орыс тілі мен әдебиетінен жазбаша емтихан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z1324" w:id="73"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Порядок проведения итоговой аттестации обучающихся</w:t>
+    <w:bookmarkStart w:name="z1159" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) таңдау бойынша пәннен (физика, химия, биология, география, геометрия, дүниежүзі тарихы, құқық негіздері, әдебиет, шетел тілі (ағылшын/ француз/неміс), информатика) жазбаша емтихан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z1325" w:id="74"/>
-[...15 lines deleted...]
-      35. Освоение общеобразовательных учебных программ основного среднего, общего среднего образования завершается обязательной итоговой аттестацией обучающихся и проводится в форме:</w:t>
+    <w:bookmarkStart w:name="z1160" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Мамандандырылған музыкалық мектеп-интернаттардың 11-сынып білім алушыларын қорытынды аттестаттау жазбаша емтихан нысандарда өткізіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z1326" w:id="75"/>
-[...15 lines deleted...]
-      1) итоговых выпускных экзаменов для обучающихся 9 (10) класса;</w:t>
+    <w:bookmarkStart w:name="z1161" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қазақ тілі/орыс тілі бойынша (оқыту тілі);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z1327" w:id="76"/>
-[...15 lines deleted...]
-      2) государственных выпускных экзаменов для обучающихся 11 (12) класса.</w:t>
+    <w:bookmarkStart w:name="z1162" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) алгебра және анализ бастамалары бойынша.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z1328" w:id="77"/>
-[...15 lines deleted...]
-      36. Итоговая аттестация обучающихся 1-8 (9), 10 (11) классов не предусмотрена.</w:t>
+    <w:bookmarkStart w:name="z1163" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Мамандандырылған музыкалық мектеп-интернаттардың 12-сынып білім алушылары үшін қорытынды аттестаттау мынадай нысандарда өткізіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z1329" w:id="78"/>
-[...15 lines deleted...]
-      37. К итоговой аттестации допускаются обучающиеся 9 (10), 11 (12) классов, освоившие Типовые учебные программы в соответствии с требованиями ГОСО.</w:t>
+    <w:bookmarkStart w:name="z1164" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан тарихынан тестілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z1330" w:id="79"/>
-[...15 lines deleted...]
-      38. Обучающиеся 9 (10) класса, освоившие общеобразовательные учебные программы основного среднего образования, сдают четыре экзамена, один из них - по выбору.</w:t>
+    <w:bookmarkStart w:name="z1165" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) орыс тілінде оқытатын мектептерде қазақ тілінен және қазақ тілінде оқытатын мектептерде орыс тілінен тестілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z1331" w:id="80"/>
-[...15 lines deleted...]
-      39. Итоговая аттестация для обучающихся 9 (10) класса проводится в следующих формах:</w:t>
+    <w:bookmarkStart w:name="z1166" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) білім алушының таңдауы бойынша пәннен (физика, химия, биология, география, геометрия, дүниежүзі тарихы, құқық негіздері, әдебиет, шетел тілі (ағылшын, француз, неміс), информатика) тестілеу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z1332" w:id="81"/>
-[...15 lines deleted...]
-      1) письменный экзамен по казахскому языку /русскому языку и родному языку для школ с уйгурским/таджикским/узбекским языком обучения (язык обучения) в форме эссе, для обучающихся школ с углубленным изучением предметов гуманитарного цикла – письменной работы (статья, рассказ, эссе);</w:t>
+    <w:bookmarkStart w:name="z1167" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. 9 (10) сынып білім алушылары үшін емтихан материалдарын (тапсырмалар мен балдарды қою схемасы) облыстардың, Нұр-Сұлтан, Алматы және Шымкент қалаларының білім басқармалары (бұдан әрі – білім басқармалары), орта білім беру ұйымдарының 11 (12) сынып білім алушылары үшін, сондай-ақ республикалық мектептердің 9 (10) және 11 (12) сыныптар білім алушылары үшін емтихан жұмыстарының материалдарын "Назарбаев Зияткерлік мектептері" дербес білім беру ұйымы (бұдан әрі – "НЗМ" ДББҰ) дайындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z1333" w:id="82"/>
-[...419 lines deleted...]
-    <w:bookmarkStart w:name="z1354" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлттық тестілеу орталығы (бұдан әрі – ҰТО) "НЗМ" ДББҰ әзірлеген емтихан материалдары мазмұнының сапасына тәуелсіз бағалау жүргізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҰТО емтихан материалдарының электрондық нұсқаларын қорғалған арналар арқылы білім басқармаларына және республикалық білім беру ұйымдарына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды аттестаттаудың мазмұнын анықтайтын талаптар және күтілетін нәтижелер әр пән мен оқыту тілі бөлінісінде ерекшелікпен регламенттеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1168" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      45-тармақ 01.09.2022 бастап қолданысқа енгізіледі - ҚР Білім және ғылым министрінің 12.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 193</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен (мәтін алып тасталды).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1169" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Бір және екі пәннен (қорытынды аттестаттау өткізілмейтін) жылдық қанағаттанарлықсыз баға алған 9 (10) және 11 (12) сыныптардың білім алушыларына қорытынды аттестаттау басталғанға дейін сол пәндерден оқу жылы бойынша қосымша жиынтық бағалау жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу жылына қосымша жиынтық бағалауда "3", "4", "5" бағасын алған кезде қорытынды баға жылдық бағаның орташа арифметикалық мәні және жақын бүтін санға дөңгелектене отырып, оқу жылына жиынтық бағалау ретінде қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу жылына қосымша жиынтық бағалауда "2" бағасын алған 9 (10) сынып білім алушылары қорытынды аттестаттауға жіберілмейді, қайта оқу жылына қалдырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...374 lines deleted...]
-    <w:bookmarkStart w:name="z1367" w:id="116"/>
+      Оқу жылына қосымша жиынтық бағалауда "2" бағасын алған 11 (12) сынып білім алушылары қорытынды аттестаттауға жіберілмейді және "Білім туралы құжаттардың түрлерін, білім туралы мемлекеттік үлгідегі құжаттардың нысандарын және оларды есепке алу мен беру қағидаларын, білім туралы өзіндік үлгідегі құжаттардың мазмұнына қойылатын негізгі талаптарды және оларды есепке алу мен беру қағидаларын, сондай-ақ білім беру ұйымдарында білім алуды аяқтамаған адамдарға берілетін анықтаманың нысанын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 28 қаңтардағы № 39 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10348 болып тіркелген) (бұдан әрі – № 39 бұйрық) бекітілген нысанға сәйкес білім алуды аяқтамаған адамдарға берілетін анықтама алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үш және одан да көп пән бойынша "2" бағасын алған 9 (10) сынып білім алушылары қорытынды аттестаттауға жіберілмейді және қайта оқу жылына қалдырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үш және одан да көп пән бойынша "2" бағасын алған 11 (12) сынып білім алушылары қорытынды аттестаттауға жіберілмейді және № 39 бұйрықпен бекітілген нысанға сәйкес анықтама алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1170" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Бір және екі пәннен (қорытынды аттестаттау өтілетін) жылдық қанағаттанарлықсыз бағалары бар 9 (10) және 11 (12) сыныптардың білім алушылары қорытынды аттестаттау басталғанға дейін осы пәндер бойынша оқу жылы үшін қосымша жиынтық бағалаудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу жылына қосымша жиынтық бағалауда "3", "4", "5" бағасын алған кезде қорытынды баға емтихан нәтижелері (бес балдық шәкіл бойынша) және оқу жылы үшін қосымша жиынтық бағалау (бес балдық шәкіл бойынша) үшін 30-дан 70-ке пайыздық арақатынаста қойылады. Қорытынды бағаны дөңгелектеу жақын бүтін санға жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу жылына қосымша жиынтық бағалауда "2" бағасын алған 9 (10) сынып білім алушылары қорытынды аттестаттауға жіберілмейді және қайта оқу жылына қалдырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу жылына қосымша жиынтық бағалауда "2" бағасын алған 11 (12) сынып білім алушылары қорытынды аттестаттауға жіберілмейді және № 39 бұйрықпен бекітілген нысанға сәйкес анықтама алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1171" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Білім алушыларды "Көркем еңбек", "Алғашқы әскери және технологиялық дайындық" және "Дене тәрбиесі" оқу пәндерінен Қазақстан Республикасының заңнамаларында белгіленген тәртіпте босату олардың үлгеріміне, қорытынды аттестаттауға жіберуге келесі сыныптарға көшіруге әсер етпейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z1172" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Негізгі орта білім туралы аттестатқа қосымшаға енгізілетін оқыған пәндерден "5" деген бағасы бар 9 (10) сынып бітірушілеріне № 39 бұйрықпен бекітілген нысанға сәйкес негізгі орта білім туралы үздік аттестат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z1173" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       50. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-[...27 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 50 вводится в действие с 01.09.2022 в соответствии с приказом Министра образования и науки РК от 12.05.2022 </w:t>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      50-тармақ 01.09.2022 бастап қолданысқа енгізіледі - ҚР Білім және ғылым министрінің 12.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 193</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (текст исключен).</w:t>
+        <w:t xml:space="preserve"> бұйрығымен (мәтін алып тасталды).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1368" w:id="117"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z1369" w:id="118"/>
+    <w:bookmarkStart w:name="z1174" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Жалпы орта білім туралы аттестатқа қосымшаға енгізілетін пәндерден "5" болған және жылдық, қорытынды бағалары "5" болған 11 (12)-сынып бітірушілеріне № 39 бұйрықпен бекітілген нысанға сәйкес жалпы орта білім туралы үздік аттестат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z1175" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       52. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      52-тармақ 01.09.2022 бастап қолданысқа енгізіледі - ҚР Білім және ғылым министрінің 12.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 193</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен (мәтін алып тасталды).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1176" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Үлгілі мінез-құлық танытқан және 5-11 (12) сыныптар аралығында барлық пәндерден жылдық және қорытынды бағалары "5" болған және жалпы орта білімі бойынша қорытынды аттестаттаудан, оның ішінде "НЗМ" ДББҰ базасында осы Қағидалардың 41-тармағының 2) тармақшасында айқындалған оқу пәні бойынша "5" деген бағаға өткен 11 (12) сынып бітірушілеріне № 39 бұйрықпен бекітілген нысанға сәйкес жалпы орта білім туралы "Алтын белгі" аттестаты және "Алтын белгі" белгісі беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z1177" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...74 lines deleted...]
-    <w:bookmarkStart w:name="z1370" w:id="119"/>
+      54. "НЗМ" ДББҰ білім беру бағдарламалары бойынша оқуларын аяқтаған бітірушілерге осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "НЗМ" ДББҰ бітірушілерінің оқудағы нәтижелерін сырттай бағалау балдарын ұлттық бірыңғай тестілеу (бұдан әрі – ҰБТ) балдарына ауыстыру шәкіліне сәйкес "НЗМ" ДББҰ бітірушілерінің оқу нәтижелерін сырттай бағалау балдарын ҰБТ балдарына ауыстыру негізінде ҰБТ сертификаттары беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z1178" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Қорытынды аттестаттаудың нәтижесі бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z1179" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бір немесе екі пәннен қанағаттанарлықсыз баға алған 9 (10) және 11 (12) сыныптардың білім алушылары мектепте тиісті оқу пәндері бойынша емтихан нысанында қайта қорытынды аттестаттаудан өтуге жіберіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z1180" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) үш және одан көп пәндерден қанағаттанарлықсыз бағалар алған 9 (10) сыныптың білім алушылары қайта оқу жылына қалдырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z1181" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) үш және одан көп пәндерден қанағаттанарлықсыз бағалар алған 11 (12) сыныптың білім алушыларына № 39 бұйрықпен бекітілген нысанға сәйкес білім алуды аяқтамаған адамдарға берілетін анықтама беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Келесі оқу жылы аяқталғаннан кейін № 39 бұйрықпен бекітілген нысанға сәйкес білім алуды аяқтамаған адамдарға берілетін анықтама алған білім алушылар мектепте тиісті оқу пәндері бойынша емтихан нысанында қайта қорытынды аттестаттаудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1182" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Қайта қорытынды аттестаттау өткізу мерзімін білім беру ұйымы белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z1183" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Қайта қорытынды аттестаттаудың емтихан материалдарын білім басқармалары әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қайта қорытынды аттестаттаудан өткен 9 (10) сынып білім алушыларына №39 бұйрықпен бекітілген нысанға сәйкес негізгі орта білім туралы аттестат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қайта қорытынды аттестаттау кезінде қанағаттанарлықсыз баға алған 9 (10) сыныптың білім алушылары қайта оқу жылына қалдырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қайта қорытынды аттестаттаудан өткен 11 (12) сынып білім алушыларына №39 бұйрықпен бекітілген нысанға сәйкес жалпы орта білім туралы аттестат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қайта қорытынды аттестаттау кезінде қанағаттанарлықсыз баға алған 11(12) сынып білім алушыларына № 39 бұйрықпен бекітілген нысанға сәйкес білім алуды аяқтамаған адамдарға берілетін анықтаманы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1184" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. 9 (10) және 11 (12) сыныптардың білім алушылары қорытынды аттестаттаудан білім басқармалары басшыларының бұйрықтарымен, республикалық мектептердің білім алушылары Қазақстан Республикасы Білім және ғылым министрінің бұйрығымен мынадай жағдайларда босатылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z1185" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) денсаулық жағдайына байланысты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z1186" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) І - II топтағы мүгедектер, мүгедек балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z1187" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жазғы оқу-жаттығу жиындарына қатысушылар, халықаралық олимпиадаларға (жарыстарға) қатысу үшін Қазақстан Республикасының құрама командасына үміткерлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z1188" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жақын туыстарының қайтыс болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z1189" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Білім алушыларды қорытынды аттестаттаудан босату туралы бұйрықтар мынадай құжаттар негізінде шығарылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z1190" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      53. Обучающимся 11 (12) класса, показавшим примерное поведение и имеющим годовые и итоговые оценки "5" по всем предметам в период учебы с 5 по 11 (12) классы и прошедшим итоговую аттестацию по завершении общего среднего образования на оценку "5", выдается аттестат об общем среднем образовании "Алтын белгі" в соответствии с формой, утвержденной </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z1371" w:id="120"/>
+      1) осы Қағидалардың 58-тармағының 1) және 2) тармақшаларында көрсетілген білім алушылар санаты үшін "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) (бұдан әрі - № ҚР ДСМ-175/2020 бұйрық) бекітілген № 026/е нысанына сәйкес дәрігерлік-консультациялық комиссияның қорытындысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z1191" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Қағидалардың 58-тармағында көрсетілген білім алушылар санаты үшін мектептің педагогикалық кеңесінің шешімінен көшірме және мектептің қолдау хаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z1192" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      54. Обучающимся по образовательным программам АОО "НИШ" выдаются сертификаты единого национального тестирования (далее – ЕНТ) на основании перевода баллов внешнего оценивания результатов обучения выпускников АОО "НИШ" в баллы сертификата ЕНТ в соответствии со шкалой перевода баллов внешнего оценивания результатов обучения выпускников АОО "НИШ" в баллы сертификата ЕНТ согласно </w:t>
-[...643 lines deleted...]
-    <w:bookmarkStart w:name="z1395" w:id="144"/>
+      3) осы Қағидалардың 58-тармағында көрсетілген білім алушылар санаты үшін "Орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының педагогтері жүргізу үшін міндетті құжаттардың тізбесін және олардың нысандарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 6 сәуірдегі № 130 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізіліміне № 20317 болып тіркелген) бекітілген нысанға сәйкес білім алушының оқу үлгерімі туралы табелінің (бұдан әрі – табель) телнұсқасы және көшірмесі. Табельдің түпнұсқасы оның көшірмесімен сәйкестігі тексерілгеннен кейін мектеп әкімшілігіне қайтарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z1193" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жақын туыстарының қайтыс болуы туралы куәлік.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың 2) және 3) тармақшаларында көрсетілген құжаттар мектеп басшысының қолымен және мөрімен расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды аттестаттаудан босатылған білім алушылардың қорытынды аттестаттауы ағымдағы оқу жылының жылдық бағаcы негізінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1194" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       60. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      60-тармақ 01.09.2022 бастап қолданысқа енгізіледі - ҚР Білім және ғылым министрінің 12.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 193</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен (мәтін алып тасталды).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1195" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Қорытынды аттестаттау кезеңінде ауырып қалған 9 (10) және 11 (12) сыныптардың білім алушылары сауыққаннан кейін өткізіп алған емтихандарды тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды аттестаттау кезеңінде COVID-19 коронавирустық инфекциямен ауырғандармен байланыста болған 9 (10) және 11 (12) сыныптардың білім алушылары қорытынды бітіру емтиханын қашықтан оқыту технологиясын пайдалана отырып тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1196" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. 9 (10), 11 (12) сыныптардың бітірушілерін мерзімінен бұрын қорытынды аттестаттауға білім алушылар шетелге оқуға түскен немесе тұрғылықты орнын шетелге ауыстырған жағдайда, растайтын құжаттарын ұсынған кезде жіберіледі және ол оқу жылының аяқталуына дейін 2 ай бұрын қорытынды бітіру емтихандары немесе мемлекеттік бітіру емтихандары нысанында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9 (10) және 11 (12) сынып бітірушілерін мерзімінен бұрын қорытынды аттестаттауды білім беру ұйымдары жүргізеді. Жалпы орта білім туралы "Алтын белгі" аттестатын алуға үміткер мерзімінен бұрын аттестаттауды "5" бағаға тапсырған жағдайда білім беру ұйымдары № 39 бұйрықпен бекітілген нысанға сәйкес жалпы орта білім туралы үздік аттестат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мерзімінен бұрын қорытынды аттестаттауға арналған емтихан материалдарын білім басқармалары әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1197" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Халықаралық алмасу бағдарламалары бойынша олардың толық оқу курсы кезеңінде білім алушылар халықаралық алмасу желісі бойынша аяқтағанға дейін оқыған Қазақстан Республикасы мектептерінің контингентіне есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық алмасу желісі бойынша шетелге оқуға барған 11 (12) сынып түлектері 11 (12) сынып үшін қорытынды аттестаттаудан білім беру басқармалары әзірлеген емтихан материалдары бойынша шетелде оқуын аяқтағаннан кейін Қазақстан Республикасының мектептерінде өтеді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...334 lines deleted...]
-    <w:bookmarkStart w:name="z1408" w:id="155"/>
+      Қорытынды аттестаттау басталғанға дейін мектептегі комиссияның шешімімен аталған бітірушілер Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8170 болып тіркелген) бекітілген Үлгілік оқу жоспарының инвариантты компонентінің пәндері бойынша шетелде оқымаған пәндерінен аттестаттаудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды аттестаттау өткізу мерзімі педагогикалық кеңес шешімімен белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды аттестаттаудан өткеннен кейін оларға шетелде оқыған пәндерден алған бағаларын, Қазақстан Республикасының мектептерінде алдыңғы сыныптарда алған жылдық және қорытынды бағаларын есепке ала отырып, № 39 бұйрықпен бекітілген нысанға сәйкес жалпы орта білім туралы аттестат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1198" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       64. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      64-тармақ 01.09.2022 бастап қолданысқа енгізіледі - ҚР Білім және ғылым министрінің 12.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 193</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен (мәтін алып тасталды).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1199" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Халықаралық алмасу желісі бойынша шетелге оқуға шыққан және сол жақта білім беру мекемелерін бітірген, сондай-ақ жалпы орта білім туралы аттестатқа қосымшаға енгізілетін пәндерден "5" және жылдық, қорытынды бағалары "5" болған 11 (12)-сынып бітірушілеріне № 39 бұйрықпен бекітілген нысанға сәйкес жалпы орта білім туралы үздік аттестат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық алмасу желісі бойынша шетелге оқуға шыққан және сол жақта білім беру мекемелерін бітірген, сондай-ақ Қазақстан Республикасында немесе шетелде 5-11 (12) сыныптар аралығында оқу кезеңінде барлық пәндер бойынша жылдық, қорытынды бағалары "5" болған және қорытынды аттестаттаудан "5" деген бағаға өткен түлектерге № 39 бұйрықпен бекітілген нысанға сәйкес жалпы орта білім туралы "Алтын белгі" аттестаты және "Алтын белгі" белгісі беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1200" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Ерекше білім беруге қажеттілігі бар білім алушыларға және жеке оқу бағдарламасы бойынша оқитын білім алушыларға қорытынды аттесттау өткізу қажеттілігі туралы мәселені білім алушылардың жеке ерекшеліктеріне сәйкес педагогикалық кеңес шешеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Арнайы білім беру ұйымдары мен жалпы білім беретін мектептердегі арнайы сыныптарындағы ерекше білім беруге қажеттілігі бар білім алушыларға арналған қорытынды аттестаттаудың емтихан материалдарын аудандық, қалалық білім бөлімдері немесе білім басқармасы әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1201" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. 9 (10) сыныпта жазбаша жұмыстарды орындауға – 2 астрономиялық сағат, математикаға (алгебраға) (жазбаша) – 3 астрономиялық сағат (физика-математикалық бағыттағы мамандандырылған мектептерде – 4 сағат) бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z1202" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. 11 (12) сыныпта қазақ тілі /орыс тілі және ұйғыр/ тәжік/ өзбек тілінде оқытатын мектептер үшін ана тілі бойынша (оқыту тілі) жазбаша емтиханға 3 астрономиялық сағат, алгебра және талдау бастаулары бойынша 5 астрономиялық сағат бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды аттестаттаудан өтетін ерекше білім беру қажеттіліктері бар балалар үшін мектептің ұсынымдарына сәйкес Білім алушыларды қорытынды аттестаттау жөніндегі емтихан комиссиясының (бұдан әрі - Комиссия) шешімімен емтихан тапсыру кезінде қосымша уақыт беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1203" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Жазбаша емтихандар 9 (10) және 11 (12) сынып білім алушылары бір-бірден отырғызылатын үлкен сынып бөлмелерінде (бір партаға бір білім алушысы отырғызылып толық сынып сиятындай мектеп ғимаратындағы үлкен бөлмеде) өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жазбаша жұмыстарды орындау үшін білім алушыларға мектептің мөртабаны басылған қағаз беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындалған жұмысты жоба жазбаларымен бірге білім алушылар Комиссияға тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыстарын емтиханға арналып бөлінген уақыт ішінде аяқтай алмаған білім алушылар аяқталмаған қалпында тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1204" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Жазбаша емтихан өткізу кезінде (диктанттан басқа) білім алушыға дәлелді себеппен сынып бөлмесінен шығуға рұқсат етіледі. Бұл жағдайда ол жұмысты емтихан жұмысында немесе тіркеу журналында білім алушының емтиханда болмауының ұзақтығын белгілейтін Комиссия мүшесіне тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z1205" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Жазбаша емтихан және тестілеу аяқталғаннан кейін Комиссия мүшелері мектеп ғимаратында жалпы орта білім туралы "Алтын белгі" аттестаттарын алуға үміткерлердің Қағидалардың 41-тармағының 1) және 2) тармақшаларында айқындалған оқу пәндері жұмыстарынан басқа білім алушылардың жұмыстарын тексереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексерілмеген жұмыстар мектеп басшысына сақтау үшін тапсырылады. Тексеру кезінде қателердің асты сызылады. Жалпы орта білім курсы бойынша эсседе қателердің саны жеке көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Математика (алгебра) бойынша "2" және "5" деген бағаға бағаланған жазбаша жұмысқа мектеп Комиссиясы рецензия береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9 (10) және 11 (12) сыныптарда жұмыстар балдарды қою схемасына сәйкес тексеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1206" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Мектептердің барлық сыныптарындағы жазбаша емтихан жұмыстары Нұр-Сұлтан қаласының уақытымен таңертеңгі сағат 10:00-де басталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z1207" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Тест тапсырмаларының саны және нысаны, тестілеуге арналған жауап парағының нысаны әр пән, бейін және оқыту тілі бөлінісінде жасалған тест ерекшеліктерімен анықталады. Аттестаттау қорытындысы ерекшеліктерін "НЗМ" ДББҰ әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z1208" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...94 lines deleted...]
-    <w:bookmarkStart w:name="z1411" w:id="157"/>
+      74. 9 (10) және 11 (12) сыныптарда пәндер бойынша қорытынды аттестаттау өткеннен кейін Комиссия білім алушыларға балдарды және емтихан бағаларын қояды және оларды осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша Негізгі орта және жалпы орта білім беру деңгейлеріндегі оқу курсы емтиханының қағаз және электронды хаттамасына енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Обучающимся, выезжавшим на учебу за рубеж по линии международного обмена и окончившим за рубежом образовательные учреждения, а также имеющим годовые, итоговые оценки "5" по всем предметам в период учебы с 5 по 11 (12) классы в Республике Казахстан или за рубежом и прошедшим итоговую аттестацию на оценку "5", выдается аттестат об общем среднем образовании "Алтын белгі" в соответствии с формой, утвержденной </w:t>
-[...223 lines deleted...]
-    <w:bookmarkStart w:name="z1422" w:id="168"/>
+      9 (10) және 11 (12) сынып білім алушыларының пәндер бойынша қорытынды аттестаттау нәтижелері балл түрінде журналға (қағаз/электрондық) қойылады және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес емтихан балдарын емтихан бағасына ауыстыру шәкілі бойынша ауыстырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1209" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. Оқу сабақтары ұйымдастырылған емдеу мекемесінде емделіп жатқан білім алушыларға қорытынды баға қою кезінде олардың осы емдеу мекемесінің жанындағы мектепте (сыныпта немесе топта) алған тоқсандық (жартыжылдық) және жылдық бағалары ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z1210" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. Білім алушы жазбаша өтінішінің негізінде мектептің Комиссиясы мүшесінің қатысуымен өзінің жазба жұмысын тексеру нәтижелерімен танысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z1211" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Кезекті емтиханнан "2" деген баға алған 9 (10) және 11 (12) сыныптардың білім алушылары келесі емтиханға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z1212" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. 9 (10) және 11 (12) сыныпта пән бойынша қорытынды бағаларды шығару кезінде қорытынды баға емтихан нәтижелері (бес балдық шәкіл бойынша) және оқу жылындағы тоқсандық бағалар (бес балдық шәкіл бойынша) 30:70 арақатынаста қойылады. Қорытынды бағаны дөңгелектеу жақын бүтін санға жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер 11 (12) сыныптарда инварианттық компоненттің тереңдетілген және стандартты деңгейлерінің пәндері таңдалмаған жағдайда, жалпы орта білім туралы аттестатқа осы пәндер бойынша 9-сыныпта алған қорытынды бағалары қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1213" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Жазбаша емтиханға қойылған бағалармен келіспеген жағдайда білім алушы емтихан бағасы жарияланғаннан кейін келесі күні сағат 13:00-ге дейін мектеп, "НЗМ", аудандық, қалалық білім бөлімдері, білім басқармалары, сондай-ақ республикалық мектептердің білім алушылары үшін Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) жанынан құрылған тиісті комиссияға апелляцияға өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      71. По окончании письменного экзамена члены Комиссии проверяют работы обучающихся в здании школы, кроме работ претендентов на получение аттестата об общем среднем образовании "Алтын белгі" по предметам, предусмотренным </w:t>
-[...143 lines deleted...]
-    <w:bookmarkStart w:name="z1428" w:id="174"/>
+      Осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша апелляцияға өтінішті тиісті Комиссия тек тапсырмалардың мазмұны және/немесе техникалық себептер бойынша қабылдайды және 2 (екі) жұмыс күні ішінде қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апелляцияға берілген өтініште баяндалған нақты фактілер қарауға жатады. Нақты тапсырма бойынша дәлелді негіздеме (толық түсіндірме) көрсетілмей өтініштер қарауға жатпайды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      74. После проведения итоговой аттестации по предмету в 9 (10) и 11 (12) классах Комиссия выставляет обучающимся баллы и экзаменационные оценки, вносит их в бумажный и электронный Протокол экзамена за курс обучения на уровне основного среднего, общего среднего образования по форме согласно </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z1429" w:id="175"/>
+      Апелляция бойынша өтініштер осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша апелляцияға өтініштерді тіркеу журналында тіркеледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Результаты итоговой аттестации обучающихся 9 (10) и 11 (12) классов по предметам в виде баллов выставляются в журнал (бумажный/электронный) и переводятся по шкале перевода баллов экзамена в экзаменационные оценки согласно </w:t>
-[...143 lines deleted...]
-    <w:bookmarkStart w:name="z1436" w:id="182"/>
+      Апелляцияға өтініштер бойынша шешім осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша комиссия отырысының хаттамасымен ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1214" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. Қорытынды аттестаттау өткізу үшін ағымдағы жылғы 1 ақпанға дейінгі мерзімде Комиссия мектеп директорының бұйрығымен мектептер жанында, "НЗМ" ДББҰ Басқарма төрағасының бұйрығымен "НЗМ" жанында, білім бөлімі басшысының бұйрығымен аудандық, қалалық білім бөлімдері жанында, басқарма басшысының бұйрығымен білім басқармалары жанында және Министрдің бұйрығымен Министрлік жанында (республикалық мектептер үшін) құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z1215" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Мектеп жанынан құрылған Комиссия құрамына пән мұғалімдері және мектеп директорының орынбасарлары (болған жағдайда), қоғамдық ұйымдардың (болған жағдайда) және ата-аналар комитетінің өкілдері кіреді. Комиссияны мектеп директоры немесе оның орнын алмастырушы тұлға басқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мектеп жанындағы Комиссия мүшелерінің саны негізгі және орта мектепте бір бітіруші сынып-кешен болған кезде кемінде бес адамнан және негізгі және орта мектепте екі және одан көп бітіруші сынып-кешен болған кезде кемінде жеті адамнан тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1216" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Аудандық, қалалық білім бөлімі жанындағы Комиссия құрамына пән мұғалімдері, білім бөлімдерінің, қоғамдық ұйымдар мен ата-аналар комитетінің өкілдері, сондай-ақ білім бөлімі қызметкерінің арасынан тағайындалған хатшы енеді. Комиссияны білім бөлімінің басшысы немесе оның орнын алмастырушы тұлға басқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z1217" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Білім басқармасы жанындағы Комиссия құрамына пән мұғалімдері, білім басқармасының мамандары, қоғамдық ұйымдардың және ата-аналар комитеттерінің, бұқаралық ақпарат құралдарының өкілдері, сондай-ақ білім басқармасы қызметкерлерінің арасынан тағайындалған хатшы кіреді. Комиссияны білім басқармасының басшысы немесе оның орнын алмастырушы тұлға басқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z1218" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Министрлік жанындағы Комиссия құрамына пән мұғалімдері, Министрлік және Министрлікке ведомстволық бағынысты ұйымдардың қызметкерлері, қоғамдық ұйымдардың және ата-аналар комитеттерінің өкілдері, сондай-ақ Министрлік қызметкерлері арасынан тағайындалған хатшы енеді. Комиссияны Қазақстан Республикасының Білім және ғылым вице-министрі немесе оны алмастырушы адам басқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z1219" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Мектеп жанынан қалыптастырылған Комиссия келесі іс-шараларды жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z1220" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) білім алушылар, педагогтер мен ата-аналар үшін қорытынды аттестаттау өткізу мәселелері бойынша түсіндіру жұмыстарын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z1221" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) 11 (12) сынып білім алушыларының таңдаған пәндерінің тізбесін көрсете отырып қорытынды аттестаттау тапсыратын 11 (12) сынып білім алушыларының тізімін қалыптастыру және ағымдағы жылғы 1 наурызға дейінгі мерзімде ҰТО филиалына жолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z1222" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қорытынды аттестаттау өткізу, сондай-ақ қорытынды аттестаттауға білім алушыларды даярлау бойынша жұмыстарды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z1223" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) 9 (10) сынып білім алушыларының және жалпы орта білім туралы "Алтын белгі" аттестаттарын алуға үміткерлердің осы Қағидалардың 41-тармағының 1) және 2) тармақшаларында айқындалған оқу пәндерінен басқа 11 (12) сынып білім алушыларының жазбаша емтихан жұмыстарын қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z1224" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жазбаша емтихан жұмыстары аяқталғаннан кейін Хаттаманың электронды нұсқасын білім бөлімдеріне немесе басқармаларына жолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z1225" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) тестілеу нәтижелерін беру және пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z1226" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жалпы орта білім туралы "Алтын белгі" аттестаттарын алуға үміткерлердің осы Қағидалардың 41-тармағының 1) және 2) тармақшаларында айқындалған оқу пәндерінен жазбаша емтихан жұмыстарын білім басқармалары жанынан қалыптастырылған Комиссия қарауына (республикалық мектептер Министрлік жанынан қалыптастырылатын Комиссия қарауына) білім бөлімдері арқылы жолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z1227" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Заявление на апелляцию по форме согласно </w:t>
-[...703 lines deleted...]
-    <w:bookmarkStart w:name="z1462" w:id="208"/>
+      8) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген Тестілеу балдарын жалпы орта білім туралы аттестаттың бағаларына ауыстыру шәкіліне сәйкес тестілеу нәтижелерінің балдарын бағаларға ауыстыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z1228" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) апелляцияға түскен ұсыныстардың негізділігін қарау және шешім қабылдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z1229" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Аудандық, қалалық білім бөлімі жанынан қалыптастырылатын Комиссия келесі іс-шараларды жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z1230" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) білім алушылар, педагогтер мен ата-аналар арасында қорытынды аттестаттау өткізу мәселелері бойынша ақпараттық-түсіндіру жұмыстарын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z1231" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қорытынды аттестаттауды өткізу бойынша жұмыстарды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z1232" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жалпы орта білім туралы "Алтын белгі" аттестаттарын алуға үміткерлердің осы Қағидалардың 41-тармағының 1) және 2) тармақшаларында айқындалған оқу пәндерінен жазбаша емтихан жұмыстарын білім басқармасы жанынан қалыптастырылатын Комиссия қарауына жолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z1233" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) апелляцияға түскен ұсыныстардың негізділігін қарау және нақты шешім қабылдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z1234" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       87. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-[...27 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 87 вводится в действие с 01.09.2022 в соответствии с приказом Министра образования и науки РК от 12.05.2022 </w:t>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      87-тармақ 01.09.2022 бастап қолданысқа енгізіледі - ҚР Білім және ғылым министрінің 12.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 193</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (текст исключен).</w:t>
+        <w:t xml:space="preserve"> бұйрығымен (мәтін алып тасталды).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1469" w:id="209"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z1475" w:id="215"/>
+    <w:bookmarkStart w:name="z1241" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. Білім басқармалары жанынан қалыптастырылатын Комиссиялар келесі іс-шараларды жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z1242" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) білім алушылар, педагогтер мен ата-аналар арасында қорытынды аттестаттау өткізу мәселелері бойынша ақпараттық-түсіндіру жұмыстарын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z1243" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қорытынды аттестаттауды өткізу бойынша жұмыстарды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z1244" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жалпы орта білім туралы "Алтын белгі" аттестаттарын алуға үміткерлердің жалпы орта білім туралы "Алтын белгі" аттестаттарын алуға үміткерлердің осы Қағидалардың 41-тармағының 1) және 2) тармақшаларында айқындалған оқу пәндерінен жазбаша емтихан жұмыстарын қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z1245" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жалпы орта білім туралы "Алтын белгі" аттестаттарын алуға үміткерлердің жазбаша емтихан жұмыстарын қарау нәтижелерін мектептерге жолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z1246" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) апелляцияға түскен ұсыныстардың негізділігін қарау және нақты шешім қабылдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z1247" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       89. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-[...27 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 89 вводится в действие с 01.09.2022 в соответствии с приказом Министра образования и науки РК от 12.05.2022 </w:t>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      89-тармақ 01.09.2022 бастап қолданысқа енгізіледі - ҚР Білім және ғылым министрінің 12.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 193</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (текст исключен).</w:t>
+        <w:t xml:space="preserve"> бұйрығымен (мәтін алып тасталды).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1482" w:id="216"/>
-[...238 lines deleted...]
-    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z1254" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Министрлік жанынан қалыптастырылатын Комиссия келесі іс-шараларды жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z1255" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) білім алушылар, педагогтер мен ата-аналар арасында қорытынды аттестаттау өткізу мәселелері бойынша ақпараттық-түсіндіру жұмыстарын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z1256" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қорытынды аттестаттауды өткізу бойынша жұмыстарды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z1257" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) республикалық мектептердің жалпы орта білім туралы "Алтын белгі" аттестаттарын алуға үміткерлердің осы Қағидалардың 41-тармағының 1) және 2) тармақшаларында айқындалған оқу пәндерінен жазбаша емтихан жұмыстарын қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z1258" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жалпы орта білім туралы "Алтын белгі" аттестатын және "Алтын белгі" белгісін алуға үміткерлердің жазбаша емтихан жұмыстарын қарау нәтижелерін білім басқармаларына, республикалық мектептерге жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z1259" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) апелляцияға түскен ұсыныстардың негізділігін қарау және нақты шешім қабылдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z1260" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. Жұмыстардың қорытындысын шығару және "Алтын белгі" белгісімен марапатталған білім алушылардың тізімін бекіту туралы шешімді қабылдау жөніндегі мектеп жанынан қалыптастырылған Комиссияның қорытынды отырысы тиісті жылдың 14 маусымынан кешіктірілмей өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z1261" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Негізгі орта білім туралы үздік аттестат, жалпы орта білім туралы үздік және жалпы орта білім туралы "Алтын белгі" аттестаттарын және "Алтын белгі" белгісін иеленген білім алушылардың тізімі мектеп директорының бұйрығымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z1262" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. Білім басқармалары және республикалық мектептер білім алушыларды қорытынды аттестаттау нәтижесі туралы қорытынды мәліметтерді Министрлікке ағымдағы жылғы 1 шілдеден кешіктірмей ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z1263" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. Білім алушыларды қорытынды аттестаттау нәтижелері ағымдағы жылғы тамызда оқу жылының жұмыс қорытындылары бойынша мектеп жанынан құрылған Комиссияның барлық мүшелерінің қатысуымен педагогикалық кеңесте талқыланады. Педагогикалық кеңес оқу-тәрбие жұмысының сапасын жақсарту бойынша нақты шаралар қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6689,191 +6048,189 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>Бастауыш, негізгі орта, жалпы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Типовым правилам</w:t>
+              <w:t>орта білімнің білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>проведения текущего контроля</w:t>
+              <w:t>бағдарламаларын іске асыратын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>успеваемости, промежуточной</w:t>
+              <w:t>білім беру ұйымдарындағы білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аттестации обучающихся</w:t>
+              <w:t>алушылардың үлгеріміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в организациях образования,</w:t>
+              <w:t>ағымдық бақылаудың, оларды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>реализующих общеобразовательные</w:t>
+              <w:t>аралық және қорытынды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>учебные программы начального,</w:t>
+              <w:t>аттестаттау жүргізудің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>основного среднего, общего</w:t>
+              <w:t>үлгі қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>среднего образования</w:t>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1493" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Шкала перевода баллов в оценки</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="226"/>
+        <w:t xml:space="preserve"> Балдарды бағаға ауыстыру шәкілі</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6885,164 +6242,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Процентное содержание баллов во 2-11 (12) классах (%)</w:t>
+2-11 (12) сыныптардағы балдардың пайыздық мазмұны (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оценка</w:t>
+Баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0-39</w:t>
+0- 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-неудовлетворительно - "2"</w:t>
+қанағаттанарлықсыз - "2"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7075,51 +6432,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-удовлетворительно - "3"</w:t>
+қанағаттанарлық - "3"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7152,51 +6509,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-хорошо - "4"</w:t>
+жақсы - "4"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7229,51 +6586,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-отлично - "5"</w:t>
+өте жақсы - "5"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7312,191 +6669,189 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Бастауыш, негізгі орта, жалпы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Типовым правилам</w:t>
+              <w:t>орта білімнің білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>проведения текущего контроля</w:t>
+              <w:t>бағдарламаларын іске асыратын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>успеваемости, промежуточной</w:t>
+              <w:t>білім беру ұйымдарындағы білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аттестации обучающихся</w:t>
+              <w:t xml:space="preserve">алушылардың үлгеріміне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в организациях образования,</w:t>
+              <w:t>ағымдық бақылаудың, оларды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>реализующих общеобразовательные</w:t>
+              <w:t>аралық және қорытынды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>учебные программы начального,</w:t>
+              <w:t>аттестаттау жүргізудің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>основного среднего, общего</w:t>
+              <w:t>үлгі қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>среднего образования</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1495" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Шкала перевода баллов внешнего оценивания результатов обучения выпускников АОО "НИШ" в баллы сертификата ЕНТ</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="227"/>
+        <w:t xml:space="preserve"> "НЗМ" ДББҰ бітірушілерінің оқудағы нәтижелерін сырттай бағалау балдарын ҰБТ балдарына ауыстыру шәкілі</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -7553,88 +6908,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Предметы</w:t>
+Пәндер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Для выпускников АОО "НИШ"</w:t>
+“НЗМ” ДББҰ бітірушілері үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -7950,51 +7305,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Казахский язык (грамотность чтения)</w:t>
+Қазақ тілі (оқу сауаттылығы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8279,51 +7634,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Казахский язык (профильный предмет)</w:t>
+Казақ тілі (бейіндік пән)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8608,51 +7963,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Русский язык (грамотность чтения)</w:t>
+Орыс тілі (оқу сауаттылығы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8937,51 +8292,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Русский язык (профильный предмет)</w:t>
+Орыс тілі (бейіндік пән)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9266,51 +8621,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-История Казахстана</w:t>
+Қазақстан тарихы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9595,51 +8950,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Математика (математическая грамотность)</w:t>
+Математика (математикалық сауаттылық)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9924,51 +9279,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Математика (профильный предмет)</w:t>
+Математика (бейіндік пән)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10253,51 +9608,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Профильные предметы</w:t>
+Бейіндік пәндер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10511,70 +9866,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1496" w:id="228"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Ең жоғарғы нәтиже</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10608,618 +9961,638 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>Бастауыш, негізгі орта, жалпы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Типовым правилам</w:t>
+              <w:t>орта білімнің білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>проведения текущего контроля</w:t>
+              <w:t>бағдарламаларын іске асыратын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>успеваемости, промежуточной</w:t>
+              <w:t>білім беру ұйымдарындағы білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аттестации обучающихся</w:t>
+              <w:t>алушылардың үлгеріміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в организациях образования,</w:t>
+              <w:t>ағымдық бақылаудың, оларды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>реализующих общеобразовательные</w:t>
+              <w:t>аралық және қорытынды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>учебные программы начального,</w:t>
+              <w:t>аттестаттау жүргізудің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>основного среднего, общего</w:t>
+              <w:t>үлгі қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>среднего образования</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1498" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Протокол экзамена за курс обучения на уровне основного среднего, общего среднего образования</w:t>
-[...429 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Негізгі орта және жалпы орта білім беру деңгейіндегі оқыту курсы үшін емтихан хаттамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ___________________________________ бойынша Қазақстан Республикасы  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            (оқу пәнінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     (облыстың атауы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (аудан атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (қала (ауыл) атауы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (мектеп атауы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Емтихан комиссиясының құрамында: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Емтихан комиссиясы төрағасының Т.А.Ә. (бар болған жағдайда) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Емтихан алушының Т.А.Ә. (бар болған жағдайда) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я_________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ассистенттің Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Емтиханға келді: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім алушылардың Т.А.Ә. (бар болған жағдайда) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Емтиханға келген жоқ: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Білім алушылардың Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Емтихан ____ сағат ____ минутта басталды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Емтихан ____ сағат ____ минутта аяқталды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Емтихан нәтижелері бойынша мынадай бағалар қойылды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11270,123 +10643,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ф.И.О. (при его наличии) экзаменующегося</w:t>
+Емтихан тапсырушының Т.А.Ә. (бар болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Балл (прописью)</w:t>
+Балл (жазумен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Экзаменационная оценка (прописью)</w:t>
+Емтихан бағасы (жазумен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11628,215 +11001,231 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1500" w:id="231"/>
-[...163 lines deleted...]
-        <w:t>Примечание: аналогичный электронный вариант Протокола используется наравне с бумажным вариантом.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Емтиханды өткізу күні: "___" __________20__ ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бағаны хаттамаға енгізу күні: "___"__________ 20__ ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комиссия төрағасы _______________________________ _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                       Т.А.Ә. (бар болған жағдайда)           қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Емтихан алушы мұғалім ___________________________ _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                             Т.А.Ә. (бар болған жағдайда)      қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ассистенттер ____________________________________ _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    Т.А.Ә. (бар болған жағдайда)               қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________ _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Т.А.Ә. (бар болған жағдайда) қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту: ұқсас Хаттаманың электронды нұсқасы қағаз нұсқамен бірдей қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11872,191 +11261,189 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t>Бастауыш, негізгі орта, жалпы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Типовым правилам</w:t>
+              <w:t>орта білімнің білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>проведения текущего контроля</w:t>
+              <w:t>бағдарламаларын іске асыратын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>успеваемости, промежуточной</w:t>
+              <w:t>білім беру ұйымдарындағы білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аттестации обучающихся</w:t>
+              <w:t>алушылардың үлгеріміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в организациях образования,</w:t>
+              <w:t>ағымдық бақылаудың, оларды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>реализующих общеобразовательные</w:t>
+              <w:t>аралық және қорытынды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>учебные программы начального,</w:t>
+              <w:t>аттестаттау жүргізудің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>основного среднего, общего</w:t>
+              <w:t>үлгі қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>среднего образования</w:t>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1502" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Шкала перевода баллов экзамена обучающихся 9 (10) и 11 (12) классов в экзаменационные оценки</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="232"/>
+        <w:t xml:space="preserve"> 9 (10) және 11 (12) сынып білім алушыларының емтихан балдарын емтихан бағаларына ауыстыру шәкілі</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12071,195 +11458,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оценка</w:t>
+Баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Баллы для предметов, где максимальный балл 30</w:t>
+Максимальды балл 30 болған пәндер үшін балдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Баллы для предметов, где максимальный балл 40</w:t>
+Максимальды балл 40 болған пәндер үшін балдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Баллы для предметов, где максимальный балл 50</w:t>
+Максимальды балл 50 болған пәндер үшін балдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Баллы для предметов, где максимальный балл 60</w:t>
+Максимальды балл 60 болған пәндер үшін балдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13038,376 +12425,308 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5</w:t>
+              <w:t>Бастауыш, негізгі орта, жалпы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Типовым правилам</w:t>
+              <w:t>орта білімнің білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>проведения текущего контроля</w:t>
+              <w:t>бағдарламаларын іске асыратын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>успеваемости, промежуточной</w:t>
+              <w:t>білім беру ұйымдарындағы білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аттестации обучающихся</w:t>
+              <w:t>алушылардың үлгеріміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в организациях образования,</w:t>
+              <w:t>ағымдық бақылаудың, оларды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>реализующих общеобразовательные</w:t>
+              <w:t>аралық және қорытынды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>учебные программы начального,</w:t>
+              <w:t>аттестаттау жүргізудің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>основного среднего, общего</w:t>
+              <w:t>үлгі қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>среднего образования</w:t>
-[...64 lines deleted...]
-              <w:t>ФОРМА</w:t>
+              <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1505" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       НЫСАН</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявление на апелляцию</w:t>
-[...122 lines deleted...]
-        <w:t>Подпись</w:t>
+        <w:t xml:space="preserve"> Апелляцияға өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мен _____________ ________ пән(дер) бойынша жазбаша жұмыс нәтижесімен келіспеймін</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Келесі негіздер бойынша:________________№___тапсырмадан алған балдар санын қайта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қарауды сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Күні</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қолы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13443,256 +12762,207 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 6</w:t>
+              <w:t>Бастауыш, негізгі орта, жалпы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Типовым правилам</w:t>
+              <w:t>орта білімнің білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>проведения текущего контроля</w:t>
+              <w:t>бағдарламаларын іске асыратын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>успеваемости, промежуточной</w:t>
+              <w:t>білім беру ұйымдарындағы білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аттестации обучающихся</w:t>
+              <w:t xml:space="preserve">алушылардың үлгеріміне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в организациях образования,</w:t>
+              <w:t>ағымдық бақылаудың, оларды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>реализующих общеобразовательные</w:t>
+              <w:t>аралық және қорытынды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>учебные программы начального,</w:t>
+              <w:t>аттестаттау жүргізудің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>основного среднего, общего</w:t>
+              <w:t>үлгі қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>среднего образования</w:t>
-[...64 lines deleted...]
-              <w:t>ФОРМА</w:t>
+              <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1509" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НЫСАН</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Журнал регистрации заявлений на апелляцию</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="235"/>
+        <w:t xml:space="preserve"> Апелляцияға өтініштерді тіркеу журналы</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -13744,195 +13014,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ф.И.О. обучающегося</w:t>
+Білім алушының Т.А.Ә. (бар болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Класс, язык обучения</w:t>
+Класс, оқыту тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Предмет(ы), по которому подана апелляция </w:t>
+              <w:t>
+Апелляция берілген пән(дер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Время подачи заявления</w:t>
+Өтініш беру уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Подпись учащегося</w:t>
+Білім алушының қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14503,96 +13773,96 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1510" w:id="236"/>
-[...44 lines deleted...]
-        <w:t>Дата заполнения</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия мүшесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә., қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Толтырылған күні</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -14628,529 +13898,393 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 7</w:t>
+              <w:t>Бастауыш, негізгі орта, жалпы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Типовым правилам</w:t>
+              <w:t>орта білімнің білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>проведения текущего контроля</w:t>
+              <w:t>бағдарламаларын іске асыратын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>успеваемости, промежуточной</w:t>
+              <w:t>білім беру ұйымдарындағы білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аттестации обучающихся</w:t>
+              <w:t>алушылардың үлгеріміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в организациях образования,</w:t>
+              <w:t>ағымдық бақылаудың, оларды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>реализующих общеобразовательные</w:t>
+              <w:t>аралық және қорытынды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>учебные программы начального,</w:t>
+              <w:t>аттестаттау жүргізудің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>основного среднего, общего</w:t>
+              <w:t>үлгі қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>среднего образования</w:t>
-[...64 lines deleted...]
-              <w:t>ФОРМА</w:t>
+              <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1513" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НЫСАН</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Протокол заседания комиссии по результатам рассмотрения заявления на апелляцию</w:t>
-[...275 lines deleted...]
-        <w:t>Экзаменационная оценка до апелляции – _____ баллов.</w:t>
+        <w:t xml:space="preserve"> Апелляцияға берілген өтінішті қарау нәтижелері бойынша комиссия отырысының хаттамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қала ___________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Емтихан орталығы _________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Күні ____________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссия құрамы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Төраға: ___________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссия мүшелері:  _________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Күн тәртібі: _______________ пән бойынша жазбаша емтихан үшін қойылған бағамен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">келіспеу туралы ____________________________________________ білім алушының  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өтінішін қарау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Апелляцияға дейінгі емтихан бағасы – _____ балл.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15186,3575 +14320,3334 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 2 к приказу </w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра образования</w:t>
+              <w:t>Білім және ғылым министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и науки Республики Казахстан</w:t>
+              <w:t>2008 жылғы 18 наурыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 18 марта 2008 года № 125</w:t>
+              <w:t>№ 125 бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z158" w:id="239"/>
+    <w:bookmarkStart w:name="z1097" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Типовые правила проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях технического и профессионального, послесреднего образования</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z1515" w:id="240"/>
+        <w:t xml:space="preserve"> Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдағы бақылауды, аралық және қорытынды аттестаттауды өткізудің үлгі қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Типовые правила - в редакции приказа Министра образования и науки РК от 28.08.2020 </w:t>
+      Ескерту. Қағида жаңа редакцияда – ҚР Білім және ғылым министрінің 28.08.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 373</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z1088" w:id="241"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Основные положения</w:t>
-[...223 lines deleted...]
-    <w:bookmarkStart w:name="z1100" w:id="253"/>
+        <w:t xml:space="preserve"> 1-тарау. Негізгі ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z46" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      При применении балльно-рейтинговой буквенной системы учебные достижения (знания, умения, навыки и компетенции) обучающихся оцениваются в баллах по 100-балльной шкале, соответствующих принятой в международной практике буквенной системе (положительные оценки, по мере убывания, от "А" до "D", "неудовлетворительно" - "F") с соответствующим цифровым эквивалентом по 4-х балльной шкале согласно </w:t>
-[...202 lines deleted...]
-    <w:bookmarkEnd w:id="262"/>
+      1. Осы техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдағы бақылауды, аралық және қорытынды аттестаттауды өткізудің үлгі қағидалары (бұдан әрі - Қағидалар) "Білім туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19) тармақшасына сәйкес әзірленген және меншік нысаны мен ведомстволық бағыныстылығына қарамастан техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдағы бақылауды, аралық және қорытынды аттестаттауды өткізудің тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z47" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай анықтамалар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) біліктілік емтиханы – теориялық және практикалық дайындықтың, тәжірибе мен құзыреттіліктің жеткілікті екендігін объективті айқындауға, олардың талаптарға сәйкестігін бағалауға және біліктілік деңгейін беруге мүмкіндік беретін рәсім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) біліктілік комиссиясы – техникалық және кәсіптік білім беру ұйымдарының білім алушыларына бір біліктілік шеңберінде кәсіптік модульді игеру қорытындылары бойынша жұмысшы біліктілігін беру рәсімін өткізу үшін құрылатын алқалы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) білім алушыларды аралық аттестаттау - білім алушылардың бір оқу сабағының, бір оқу пәнінің және (немесе) модульдің, сондай-ақ бір біліктілік шеңберінде кәсіптік модульдердің бір бөлігінің немесе бүкіл көлемінің мазмұнын оларды зерделеп бітіргеннен кейінгі меңгеру сапасын бағалау мақсатында жүргізілетін рәсім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) білім алушыларды қорытынды аттестаттау - олардың тиісті білім беру деңгейінің мемлекеттік жалпыға міндетті стандартында көзделген оқу сабақтарының, оқу пәндерінің және (немесе) модульдердің көлемін меңгеру дәрежесін айқындау мақсатында жүргізілетін рәсім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) білім алушылардың үлгеріміне ағымдағы бақылау –оқытушының пәнді және (немесе) модульді оқыту бағдарламасына сәйкес ағымдағы сабақ барысында өткізген білім алушылардың білімін жүйелі тексеруі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) дипломдық жұмыс (жоба) –білікті жұмысшыларды, орта буын, қолданбалы бакалавр мамандарын даярлайтын бағдарламалар бойынша білім алатын студенттердің өзіндік шығармашылық жұмысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) қорытынды аттестаттау комиссиясы – техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының бітірушілеріне қорытынды аттестаттау өткізу үшін құрылатын алқалы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) оқу жетістіктерін бағалаудың балдық–рейтингтік әріптік жүйесі - халықаралық практикада қабылданған сандық эквивалентті әріптік жүйеге сәйкес келетін және білім алушылардың рейтингін белгілеуге мүмкіндік беретін оқу жетістіктерінің деңгейін балмен бағалау жүйесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Білім алушылардың білімін бағалау цифрлық бес балдық жүйе бойынша жүргізіледі: (5-"өте жақсы", 4-"жақсы", 3-"қанағаттанарлық", 2-"қанағаттанарлықсыз").</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Балдық-рейтингтік әріптік жүйені қолдану кезінде білім алушылардың оқу жетістіктері (білім, білік, дағды және құзыреттілік) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес 4 балдық шкала бойынша тиісті цифрлық эквиваленті бар халықаралық тәжірибеде қабылданған әріптік жүйеге (оң бағалар, кемуіне қарай, "А" - дан "D"-ға дейін, "қанағаттанарлықсыз" - "F") сәйкес келетін 100 балдық шкала бойынша бағаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Білім алушыларды ағымдағы бақылаудан және аралық аттестаттаудан өткізу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z50" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Білім беру ұйымдары білім алушылардың үлгерімін ағымдағы бақылауды және аралық аттестаттауды өткізудің нысандарын, тәртібін және кезеңділігін дербес таңдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ағымдағы бақылау пәндер және (немесе) модульдер бойынша практикалық және семинарлық сабақтар жоқ болған жағдайда, оқытушының оқу бағдарламасында көзделген міндетті бақылау жұмыстарын (жазбаша тапсырмалар, рефераттар) тексеруі арқылы, оның ішінде оқытудың жеке траекториясын ескере отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ерекше білім берілуіне қажеттілігі бар тұлғалардың пәндер және (немесе) модульдер бойынша үлгеріміне ағымдағы бақылау психофизикалық даму ерекшеліктері ескеріле отырып жеке тапсырмалар бойынша өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қашықтан оқыту (бұдан әрі – ҚО) арқылы білім алушылардың үлгерімін ағымдағы бақылау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) білім алушы мен оқытушының телекоммуникациялық құралдарды пайдалана отырып онлайн немесе офлайн режимінде тікелей қарым-қатынасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) автоматтандырылған тестілеу кешендері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) жеке тапсырмаларды тексеру (білім алушылардың электрондық поштасына, мессенджерлеріне тапсырмалар беру) арқылы жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім алушылардың үлгеріміне ағымдағы бақылауды жүргізу нысандарын педагог оқу материалының мақсатын, мазмұнын ескере отырып анықтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сноска. Пункт 4 - в редакции приказа Министра образования и науки РК от 06.05.2021 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Оқу жоспарына сәйкес оқыту дәрістік курспен шектелетін пәндер және (немесе) модульдер бойынша міндетті бақылау жұмыстары болмаған жағдайда, үлгерімді ағымдағы бақылау жүзеге асырылмайды. Пәндердің және (немесе) модульдердің тізбесін білім беру ұйымдарының алқалы органы айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z52" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Білім алушыларды аралық аттестаттаудан өткізу пәндерінің және (немесе) модульдерінің тізбесі мен нысанын оқу жұмыс жоспарларына сәйкес техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары белгілейді және оқу жылының басында оқу процесінің кестесіне енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚО арқылы аралық аттестаттау өткізу кезінде мынадай нысандар қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тапсырманы орындауға кететін уақытты шектеу мүмкіндігі бар автоматтандырылған тест жүйелерін қолдана отырып тестілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке жобаны орындау (онлайн, офлайн);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) практикалық, шығармашылық тапсырманы орындау (онлайн, офлайн);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) емтиханды онлайн режимінде тапсыру (ауызша немесе жазбаша түрде).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалпы білім беретін пәндер бойынша аралық аттестаттау: тіл, әдебиет, Қазақстан тарихы, математика және техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары таңдаған пән бойынша емтихан өткізуді көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім алушыларға жұмысшы біліктілігін беруге арналған аралық аттестаттау өткізу үшін техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары басшысының бұйрығымен біліктілік комиссиясы құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмысшы біліктілігін беру туралы куәлік беру туралы шешім осы біліктілік бойынша жұмыс түрлерін орындау жөніндегі біліктілік емтиханы негізінде қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 06.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1110" w:id="263"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z53" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарындағы білім алушыларды аралық аттестаттау оқу жұмыс жоспарлары мен бағдарламаларына сәйкес курстық жобаларды (жұмыстарды) қорғау, практика бойынша есептер, сынақтар және емтихандар нысанында жүзеге асырылады, бұл ретте сынақтар мен курстық жобаларды (жұмыстарды) қорғау емтихандар басталғанға дейін өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Курстық жобалар (жұмыстар) аталған пән және (немесе) модуль бойынша курстық жобаны (жұмысты) орындау үшін жеткілікті білімді меңгеруді қамтамасыз ететін пәннің және (немесе) модульдің теориялық бөлімі немесе тарауы аяқталғаннан кейін орындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Техникалық және кәсіптік білім беру ұйымдарында ерекше білім берілуіне қажеттілігі бар тұлғаларды аралық аттестаттау емтихандар және/немесе сынақтар нысанында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Егер ағымдағы семестрдің оқу жоспарында аталған пән және (немесе) модуль бойынша емтихан немесе қорытынды сынақ түрінде аралық аттестаттау қарастырылмаса, сынақтар келесі семестрге ауысқан пәндер және (немесе) модульдер бойынша өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сараланған бағалармен ("үздік", "жақсы", "қанағаттанарлық" және "қанағаттанарлықсыз") өткізілетін сынақтар курстық жобалар (жұмыстар), кәсіптік практика бойынша, сондай-ақ тізбесі оқу жұмыс жоспарына сәйкес айқындалатын арнайы пәндер және (немесе) модульдер бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Білім алушыларды аралық аттестаттау материалдары әрбір оқу пәнінің және (немесе) модульдің оқу жұмыс жоспарлары мен бағдарламаларының негізінде жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z56" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Білім алушыларды аралық аттестаттауға даярлау кезеңінде консультацияға бөлінген жалпы бюджет уақыты есебінен консультация өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z57" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Білім алушыларды емтихан нысанында аралық аттестаттаудан өткізу үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) емтихан билеттері (емтихандық бақылау тапсырмалары), тест тапсырмалары, ситуациялық тапсырмалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) емтихан кезінде пайдалануға рұқсат берілген көрнекі құралдар, анықтама сипатындағы материалдар, нормативтік құжаттар мен техника үлгілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оқу және технологогиялық карталар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) спорт залдары, жабдықтар, мүкәммалдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) емтихан ведомосы дайын болуы қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Аралық аттестаттауды (емтихандар мен сынақтарды қабылдау) оқытушы және (немесе) аталған пән және (немесе) модуль бойынша семестр бойы сабақ берген оқытушылар не білім беру ұйымы басшысының тапсырмасы бойынша осы пәннің және (немесе) модульдің бейініне сәйкес келетін біліктілігі бар оқытушы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z59" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Аралық аттестаттауға әрбір пән және (немесе) модуль бойынша оқу жұмыс жоспарлары мен білім беру бағдарламаларына сәйкес барлық практикалық, зертханалық, есептік-графикалық және курстық жұмыстарды (жобаларды), сынақтарды толық орындаған және ағымдағы білім есебінің қорытындысы бойынша қанағаттанарлықсыз бағасы жоқ білім алушылар жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Емтиханға 1-2 пәннен және (немесе) модульден қанағаттанарлықсыз бағасы бар білім алушы білім беру ұйымы басшысының рұқсатымен, ал екеуден көп қанағаттанарлықсыз бағасы болса, педагогикалық кеңестің шешімімен жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Аралық аттестаттауды өткізу кезінде емтихан билеттері бойынша тапсырмаларды орындау үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әрбір білім алушыға ауызша емтиханға 25 (жиырма бес) минуттан көп емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жазбаша емтиханды өткізуге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әдебиет (шығарма) бойынша 6 астрономиялық сағаттан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) математика және арнайы пәндер және (немесе) модульдер бойынша 4 академиялық сағаттан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік тіл және орыс тілі (мазмұндама) бойынша 3 астрономиялық сағаттан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік тіл және орыс тілі бойынша (диктант) 2 астрономиялық сағаттан көп емес уақыт бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жазбаша емтихан жұмыстары (тест тапсырмалары) білім беру ұйымының мөртабаны қойылған қағаздарда орындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Тыңдауға, оқу жұмыстарын қарауға, спорт көріністеріне байланысты арнайы пәндер, модульдер бойынша емтихандарды тиісті әдістемелік пәндік және циклдық комиссиялардың, кафедралардың, бөлімдердің оқытушылары қабылдайды. Оларды өткізу үшін нақты жұмсалатын, бірақ бір оқушыға бір академиялық сағаттан аспайтын уақыт қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z62" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Аралық аттестаттауды (емтихандар мен сынақтарды) өткізу кезінде техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымы басшысының рұқсатынсыз (оқу ісі, әдістемелік жұмыстар жөніндегі басшының орынбасарынан, бөлім меңгерушісі мен пәндік-циклдік комиссияның төрағасынан (төрайымынан) басқа) бөгде адамдардың қатысуына болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z63" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Сырқаттануына байланысты немесе басқа да дәлелді себептермен аралық аттестаттаудан өтпеген білім алушыларға техникалық және кәсіптік, орта білімнен кейінгі білім білім беретін оқу орнының басшысы оны тапсыруға жеке мерзімді білім беру ұйымдарының бекітілген бұйрығымен белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z64" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. "Қанағаттанарлықсыз" (сынақтан өткен жоқ) деген баға алған жағдайда емтиханды қайта тапсыруға бір пән және (немесе) модуль бойынша бір реттен артық рұқсат етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Емтиханды (сынақты) қайта тапсыруға пәнді жүргізетін оқытушыға, модуль шеңберінде оқытушыларға белгіленген мерзімде бөлім меңгерушісі жазбаша түрде рұқсат берген жағдайда жіберіледі (немесе сабақ беретін оқытушы болмаған жағдайда, осы пәннің (модульдің) бейініне сәйкес біліктілігі бар басқа оқытушыға тапсыруға болады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аралық аттестаттау нәтижелері бойынша 2-ден аспайтын "қанағаттанарлық" бағасы бар білім алушылар үшін бөлім меңгерушісінің (директор орынбасарының) жолдамасы бойынша бағаны неғұрлым жоғары деңгейге қайта тапсыруға рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Аралық аттестаттау нәтижелері бойынша үштен астам "қанағаттанарлықсыз" бағасы бар білім алушылар педагогикалық кеңестің шешімі бойынша техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымы басшысының бұйрығымен білім беру ұйымынан шығарылады, оған белгіленген үлгідегі анықтама беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z66" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Белгіленген курстағы оқу жоспарының талаптарын толықтай орындаған, аралық аттестаттаудың барлық сынақтары мен емтихандарын табысты тапсырған білім алушылар келесі курсқа техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымы басшысының бұйрығымен көшіріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z67" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Аралық аттестаттауға шығарылмайтын пәндер, модульдер бойынша қорытынды бағаларды оқытушылар курс аяқталған соң үлгерімді ағымдағы бақылау бағаларының негізінде қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z68" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Ағымдағы оқу сабақтарынан қол үзбей, аралық аттестаттау емтихандарын мерзімінен бұрын тапсыруға техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары басшысының бұйрығымен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ағымдағы семестрдің пәндері және (немесе) модульдері бойынша оқу жұмыс жоспарлары мен білім беру бағдарламаларына сәйкес зертханалық, практикалық, есептік-графикалық және курстық жұмыстарды (жобаларды), сынақтарды "өте жақсы" деген бағаға тапсырған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) белгіленген мерзімде аралық аттестаттаудан өтуге мүмкіндігі жоқ (тиісті құжаттармен расталған дәлелді себептер бойынша) білім алушылар жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Білім алушыларға қорытынды аттестаттауды өткізу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z70" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының білім алушыларын қорытынды аттестаттау, медициналық білім беру бағдарламалары бойынша білім алушыларды қоспағанда, жалпы кәсіби және арнайы пәндер және (немесе) модульдер бойынша қорытынды емтихандар тапсыруды немесе арнайы пәндердің және (немесе) модульдердің бірінде қорытынды емтихан тапсыру арқылы диплом жобасын (жұмысын) орындау мен қорғауды немесе дипломдық жұмысты орындауды және қорғауды қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Медициналық білім беру бағдарламалары бойынша білім алушыларды қорытынды аттестаттау Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 11 желтоқсандағы № ҚР ДСМ-249/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді тіркеу тізілімінде № 21763 болып тіркелген) бекітілген Денсаулық сақтау саласындағы білім беру бағдарламалары білім алушыларының білімі мен дағдыларын бағалау, түлектерінің кәсіптік даярлығын бағалау, денсаулық сақтау саласындағы мамандардың кәсіптік даярлығын бағалау қағидаларына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды аттестаттау оны өткізудің алдын ала бекітілген кестесі бойынша өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қорытынды аттестаттауға академиялық қарызы жоқ және Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 31 қазандағы № 604 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17669 болып тіркелген) бекітілген техникалық және кәсіптік, орта білімнен кейінгі білімнің мемлекеттік жалпыға міндетті стандарттарының (бұдан әрі – МЖМБС) талаптарына сәйкес білім беру бағдарламаларын толық көлемде меңгерген білім алушылар жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚО арқылы қорытынды аттестаттауды өткізу кезінде білім беру ұйымы білім алушылардың жеке басын сәйкестендіруді қамтамасыз етеді, оның тәсілін ұйым дербес таңдайды және оны өткізу тәртібінің сақталуын бақылайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім алушыларды сәйкестендіру білім алушының жеке басын бейне камера алдында ашық түрде ұсынылған жеке басын куәландыратын құжаттың деректерімен визуалды салыстыру арқылы жүзеге асырылады. Білім алушылар байланыс жабдықтары мен арналарына қойылатын техникалық талаптар туралы алдын ала хабардар етіледі. Білім беру ұйымы білім алушылардың техникалық мүмкіндігіне байланысты алдын ала тексеру арқылы көз жеткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Компьютерлік тестілеу ақпараттық жүйелерге енгізілген құралдардың көмегімен немесе жеке құралдардың көмегімен өткізіледі. Тестілеу процесі автоматтандырылған. Тестілеу нәтижелерін автоматтандырылған өңдеу және сақтау қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сноска. Пункт 6 - в редакции приказа Министра образования и науки РК от 06.05.2021 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Дипломдық жобаны (жұмысты) жұмысшы біліктілігі бойынша білім алатын студенттер, сондай-ақ жаратылыстану-ғылыми, гуманитарлық, экономикалық және шығармашылық мамандықтар бойынша білім алушылар орындайды және ол бітірушілердің арнайы теориялық білімі мен практикалық дағдыларын жүйелеуге, қорытындылауға және тексеруге бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Дипломдық жобаны (жұмысты) орта буын маманын, қолданбалы бакалавр дайындау кезінде техникалық, технологиялық және шаруашылық мамандықтар бойынша білім алатын студенттер орындайды, және ол кейбір техникалық құралдар мен технологиялар жасауды немесе олардың есебін болжайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Білім беру ұйымдарында білім алушыларды қорытынды аттестаттауды өткізу үшін білім беру ұйымы басшысының бұйрығымен қорытынды аттестаттау комиссиясы құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды аттестаттау комиссиясының құрамы дауыс беру құқығынсыз хатшыны қоса алғанда кәсіпорындардың білікті мамандарынан, арнайы пәндер оқытушыларынан, өндірістік оқыту шеберлерінен және оқу орнын басқарудың алқалы органдары өкілдерінен, яғни жұмыс берушілер өкілдерінен 65% және техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының өкілдерінен 35% арақатынасында құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Медициналық білім беру бағдарламалары бойынша қорытынды аттестаттау комиссиясының құрамына қосымша денсаулық сақтау саласындағы уәкілетті орган аккредиттеген білім алушылардың білімі мен дағдыларын бағалауды жүзеге асыратын ұйымдардың өкілдері кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Комиссия қорытынды аттестаттауды өткізу кезеңінде қорытынды аттестаттауды өткізуге бір ай қалғанда құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z74" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Комиссия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) техникалық және кәсіптік, орта білімнен кейінгі білім берудің білім беру бағдарламаларында белгіленген білім алушылардың теориялық және практикалық даярлық деңгейінің сәйкестігін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) білім алушылардың өндірістік оқыту, жалпы кәсіптік және арнайы пәндер және (немесе) кәсіптік модульдер бойынша нақты білім, іскерлік деңгейін және практикалық дағдыларын, кәсіптер (мамандықтар) бойынша оқу бағдарламалары мен біліктілік сипаттамаларының талаптарына сәйкестігін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Комиссия отырыстарының ұзақтығы күніне 6 сағаттан аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z76" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарындағы білім алушыларды қорытынды аттестаттау, оның ішінде ҚО арқылы қорытынды атттестаттау оқу процесінің кестесінде көрсетілген мерзімде және МЖМБС белгіленген оқу жұмыс жоспарларының нысандары бойынша өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Медициналық білім беру бағдарламалары бойынша білім алушыларды қорытынды аттестаттау медициналық білім беру бағдарламалары бойынша білім алушылардың білімі мен дағдыларын бағалау бойынша денсаулық сақтау саласындағы уәкілетті орган аккредиттеген ұйымдармен келісілген мерзімде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды аттестаттау басталғанға дейін, оның ішінде қорытынды аттестаттауды өткізу тәртібі, жұмысты ресімдеу қағидалары, жұмыстың орындалу ұзақтығы, қорытынды аттестаттау нәтижелерімен келіспеу туралы апелляция беру тәртібі туралы нұсқаулық өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім алушыларды қорытынды аттестаттау өткізу тәртібімен таныстыруды білім беру ұйымы кемінде 20 жұмыс күні бұрын жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім алушыларды қорытынды аттестаттауға жіберу білім беру ұйымы басшысының бұйрығымен ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚО арқылы қорытынды аттестаттау өткізу қорытынды аттестаттау басталғанға дейін бір айдан кешіктірмей білім беру ұйымы басшысының атына берілетін жеке өтініш негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымдарында ҚО арқылы қорытынды аттестаттау өткізу үшін орынжайлар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) білім алушыларды үздіксіз бейне және аудио бақылау, бейнежазба жүргізуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дипломдық жобаларды (жұмыстарды) қорғау кезінде білім алушылардың презентациялық материалдарын көрсету мүмкіндігін қамтамасыз ететін қажетті жабдықтар жиынтығымен жарақтандырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚО арқылы қорытынды аттестаттауға қатысатын білім алушылар рәсімнің тұтастығын қамтамасыз етуге мүмкіндік беретін техникалық құралдармен және бағдарламалармен қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 06.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1120" w:id="273"/>
-[...279 lines deleted...]
-    <w:bookmarkStart w:name="z1134" w:id="287"/>
+    <w:bookmarkStart w:name="z77" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Комиссияға мынадай материалдар мен құжаттар ұсынылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мамандық бойынша оқу жұмыс жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) техникалық және кәсіптік білім беру ұйымы басшысының білім алушыларды қорытынды аттестаттауға жіберу туралы бұйрығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) білім алушылардың қорытынды бағаларының жиынтық ведомосы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оқу бағдарламасына сәйкес қорытынды емтиханға енгізілген емтихан билеттерінің жиынтығы мен сұрақтар тізбесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) денсаулық сақтау кадрларын даярлау бағыты бойынша оқу-әдістемелік бірлестікпен келісілген медициналық білім беру бағдарламалары бойынша білім алушыларға арналған тест тапсырмаларының техникалық ерекшеліктері мен клиникалық станциялар тізімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) күндізгі нысанында оқитын білім алушының денсаулық жағдайына байланысты қорытынды аттестаттау мерзімін жылжытуға құқығын растайтын құжаттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сырттай нысанында оқитын білім алушының денсаулық жағдайына және (немесе) жұмыс орнынан дәлелді құжаттар ұсынылғанына байланысты қорытынды аттестаттау мерзімін жылжытуға құқығын растайтын құжаттар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының білім алушыларын қорытынды аттестаттау жалпы кәсіби және арнайы пәндер және (немесе) модульдер бойынша қорытынды емтихандар тапсыру немесе арнайы пәндердің және (немесе) модульдердің бірінде қорытынды емтихан тапсыру арқылы диплом жобасын (жұмысын) орындау мен қорғау немесе дипломдық жұмысты орындау мен қорғау нысанында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ерекше білім беру қажеттіліктері бар тұлғалар үшін қорытынды аттестаттау олардың денсаулық жағдайына теріс факторлардың әсерін болдырмайтын және білім алушылардың физиологиялық ерекшеліктері мен денсаулық жағдайына жауап беретін жағдайларда өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚО арқылы қорытынды аттестаттау нақты уақыт режимінде (онлайн) өткізіледі. Білім беру ұйымдары тарапынан қорытынды аттестаттаудың бағдарламалық құралдарын ұсынуға және техникалық қолдауға жауапты білім беру ұйымы басшысының бұйрығымен айқындалған тұлға болып табылады, ол қорытынды аттестаттауды өткізудің техникалық шарттарын тексеруді басталғанға дейін бір тәуліктен кешіктірмей жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пәндер және (немесе) модульдер бойынша қорытынды емтихандар оқу бағдарламаларына сәйкес: бірнеше арнайы пәндер және (немесе) кәсіптік модульдер бойынша сұрақтарды қамтитын ауызша, жазбаша, кешенді емтихан нысандарында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚО арқылы қорытынды аттестаттау өткізу кезінде білім алушының жеке басын міндетті түрде сәйкестендіруді және кешенді емтихандарды өткізу тәртібінің сақталуын бақылауды жүзеге асыра отырып, компьютерлік тестілеу нысанында кешенді емтихандар өткізу қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Диплом жобасын (жұмысын) қорғау қорытынды аттестаттау өткізу жөніндегі комиссияның ашық отырысында оның мүшелерінің кемінде 2/3-сінің қатысуымен өткізіледі. Бір дипломдық жобаны (жұмысты) қорғау ұзақтығы бір білім алушыға 30 (отыз) минуттан аспайды. Диплом жобасын (жұмысын) қорғау үшін білім алушы ұзақтығы 10 (он) минуттан аспайтын баяндама жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды аттестаттау басталғанға дейін екі апта бұрын білім алушылар қорғауға жіберілген дипломдық жобаларды (жұмыстарды) рецензиялармен және презентациялық материалдармен ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дипломдық жобаны (жұмысты) қорғауды өткізу уақыты кестемен анықталады және дипломдық жобаларды (жұмыстарды) қорғау басталғанға дейін кемінде үш жұмыс күні бұрын білім алушылардың назарына жеткізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      13. К промежуточной аттестации допускаются обучающиеся, полностью выполнившие все практические, лабораторные, расчетно-графические и курсовые работы (проекты), зачеты согласно рабочим учебным планам и образовательным программам по каждой дисциплине и (или) модулю и не имеющие неудовлетворительных оценок по итогам текущего учета знаний. </w:t>
-[...622 lines deleted...]
-    <w:bookmarkEnd w:id="316"/>
+      Дипломдық жобаны (жұмысты) қорғау, оның ішінде ҚО арқылы қорғау презентация түрінде өтеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚО арқылы дипломдық жобаны (жұмысты) қорғау процесі үзілген жағдайда, білім алушы оны жалғастыру туралы өтінішпен дереу басшының оқу жұмысы жөніндегі орынбасарына немесе оқу бөлімінің меңгерушісіне жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауызша қорытынды емтиханның ұзақтығы бір білім алушыға 15 (он бес) минуттан аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды емтиханды ҚО арқылы өткізу кезінде жұмыстарды белгіленген уақыттан бұрын орындаған жағдайда, Комиссия төрағасының рұқсатымен бейнеконференцбайланыс сеансын мерзімінен бұрын аяқтауға рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ерекше білім берілуіне қажеттілігі бар тұлғаларды қорытынды аттестаттау өндірістік оқыту бойынша практикалық жұмысты тапсыру нысанында орындалатын іс-әрекеттерді түсіндіре отырып, басшының міндетті түрде қатысуымен өткізіледі. Практикалық жұмысты қорғау үшін білім алушы жұмыстың орындалу кезеңдері туралы ұзақтығы 15 (он бес) минуттан аспайтын баяндама жасайды. Қорытынды аттестаттауды ұйымдастыру кезінде есту қабілеті бұзылған білім алушылар үшін сурдоаудармашы тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды аттестаттауды өткізудің барлық рәсімі бейнеге жазылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 31-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сноска. Пункт 23 - в редакции приказа Министра образования и науки РК от 06.05.2021 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Біліктілік емтиханы жұмыс берушілердің кәсіпорындары (ұйымдар, мекемелер) немесе техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымында әрбір біліктілік бойынша қажетті жабдықпен жарақтандырылған өндірістік алаңдар, зертханалар, шеберханалар немесе оқу орталықтары болған жағдайда, оқу орнының базасында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z80" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Комиссияның шешімі бойынша ағымдағы оқу жылында тиісті оқу пәні және (немесе) модуль бойынша емтихан тапсыруға/дипломдық жобаны (жұмысты) қорғауға мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қорытынды аттестаттауда қанағаттанарлықсыз нәтиже алғандар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дәлелді себеппен қорытынды аттестаттауға келмеген (денсаулық жағдайына немесе тиісті құжаттармен расталған өзге де объективті себептерге байланысты) білім алушылар қайта жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қайта отырысты өткізу мерзімін комиссия айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды емтиханды қайта тапсыру "қанағаттанарлықсыз" деген баға алған пән және (немесе) модуль бойынша ғана жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды аттестаттау комиссиясының шешімі бойынша білім алушыға сол жұмысты тиісті пысықтаумен қайта қорғауға немесе жаңа тақырыпты әзірлеуге мүмкіндік беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оң бағаны көтеру мақсатында қорытынды емтиханды қайта тапсыруға және дипломдық жобаны (жұмысты) қорғауға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Диплом жобасын (жұмыс) қайта қорғаудан немесе қорытынды емтихан тапсыру кезінде "қанағаттанарлықсыз" деген баға алған білім алушыға мамандығы (кәсібі) бойынша оқу курсын толық аяқтағандығы туралы белгіленген үлгідегі анықтама беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z82" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Жекелеген жағдайларда, белгіленген мерзімде қорытынды аттестаттаудан өтуге мүмкіндігі жоқ (денсаулық жағдайына, әскери қызметке шақырылуына немесе тиісті құжаттармен расталған өзге де объективті себептерге байланысты) білім алушыларға оқу процесінің кестесіне сәйкес қорытынды аттестаттау басталатын күнге дейін екі айдан ерте емес мерзімде қорытынды аттестаттауды (сессияны мерзімінен бұрын тапсыру немесе ұзарту) жеке тапсыруға рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қылмыстық-атқару жүйесінің түзеу мекемелері жанындағы білім беру ұйымдарының білім алушыларын қорытынды аттестаттауды мерзімінен бұрын тапсыруға, жазасын өтеуден босату туралы мәселе шешілген жағдайда, оқу процесінің кестесіне сәйкес қорытынды аттестаттау басталатын күнге дейін үш айдан ерте емес мерзімде жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дәлелді себептермен қорытынды аттестаттауға келмеген білім алушы қорытынды аттестаттау комиссиясы төрағасының атына еркін нысанда өтініш жазады және себебін растайтын құжатты ұсынады. Оң шешім алған жағдайда, білім алушы қорытынды аттестаттау комиссиясы отырысының қорытынды аттестаттауды өткізу кестесінде көзделген басқа күні емтихан тапсырады және (немесе) дипломдық жобаны (жұмысты) қорғайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қанағаттанарлықсыз баға алғаннан кейін денсаулық жағдайы туралы ұсынылған құжаттар қаралмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды аттестаттауды ҚО арқылы өткізу кезінде техникалық ақаулықтар туындаған жағдайда, білім алушыға басқа күні және (немесе) басқа уақытта қорытынды аттестаттаудан өту мүмкіндігі беріледі. Бұл жағдайда техникалық хатшы электрондық акт ресімдейді және актінің көшірмесін комиссияның барлық мүшелеріне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 35-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 06.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1164" w:id="317"/>
-[...398 lines deleted...]
-    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z83" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Қорытынды аттестаттау комиссиясының отырысы тиісті хаттамамен ресімделеді, оған комиссия төрағасы, мүшелері және хатшысы қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды емтихандарды тапсыру және дипломдық жобаны (жұмысты) қорғау нәтижелері өткізілген күні жарияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды аттестаттау нәтижелерімен келіспеген білім алушылар апелляцияға өтінішті ол өткізілгеннен кейін келесі жұмыс күнінен кешіктірмей береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ерекше жағдайларда (оның ішінде карантин, әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар жағдайларында уәкілетті органның шешімі бойынша ҚО арқылы оқыту кезінде) қорытынды аттестаттауға қатысушылардың іс-әрекеттеріне байланысты емес өзге де мән-жайлар туындаған кезде, Комиссия осы Қағидалардың 31-тармағына сәйкес қорытынды аттестаттауды өткізу нысанын өзгерту және қорытынды аттестаттаудың нәтижелерін айқындау жөнінде шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды аттестаттауды ҚО арқылы өткізу кезінде нәтижелерді есепке алу электрондық-цифрлық нысанда жүзеге асырылады. Бұл ретте қорытынды аттестаттау туралы мәліметтерді қағаз тасымалдағышта сақтау міндетті болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 36-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сноска. Пункт 29 - в редакции приказа Министра образования и науки РК от 06.05.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1184" w:id="337"/>
-[...1154 lines deleted...]
-    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z84" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Оқу пәндері және (немесе) модульдер, курстық жобалар (жұмыстар) бойынша, оқу жоспарларының тәжірибелері бойынша есептердің сынақтар мен емтихандарының кемінде оқу бағдарламаларының кемінде 75 пайызын "жақсы" бағалармен ал қалғандарын – "жақсы" бағаларымен тапсырған және игерген және дипломдық жұмысты (жобаны) және (немесе) емтихандарды "жақсы" деген бағамен қорғаған білім алушылар, білім беру ұйымының қорытынды аттестациялық комиссиясының шешімі бойынша үздік диплом беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балдық-рейтингтік әріптік жүйені қолдану кезінде білім беру бағдарламасын "А", "А-", "В+", "В", "В-" бағаларымен игерген және тапсырған және оқудың барлық кезеңінде үлгерімінің орташа балы 3,5-тен төмен емес, сондай-ақ қорытынды аттестаттауды "А", "А-" бағаларымен тапсырған білім алушыларға, оқудың барлық кезеңі ішінде емтихандарды қайта тапсыру болмаған жағдайда, үздік диплом беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Біліктілік деңгейін көрсете отырып диплом беру туралы шешім пәндер және (немесе) модульдер бойынша қорытынды емтихандар және (немесе) дипломдық жобаларды (жұмыстарды) қорғау нәтижелері негізінде қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z86" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Комиссияның төрағасы екі апталық мерзімде аттестаттау аяқталысымен аттестаттау қорытындысы туралы есеп дайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z87" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Комиссия төрағасының есебінде: білім алушылардың аталған мамандық (кәсіп) бойынша даярлық деңгейі; білім алушылардың емтиханда анықталған біліміне сипаттама; пәндердің және (немесе) модульдердің жекелеген сұрақтары бойынша білім алушылардың даярлығында кездесетін кемшіліктер; техникалық және кәсіптік, орта білімнен кейінгі білім беру кәсіптері (мамандықтары) бойынша білікті кадрлар даярлауды одан әрі жетілдіру бойынша ұсынымдар көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z88" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Комиссия төрағасы педагогикалық кеңеске комиссия жұмысының қорытындылары туралы баяндайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18788,165 +17681,178 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение </w:t>
+              <w:t xml:space="preserve">Техникалық және кәсіптік, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к Типовым правилам </w:t>
+              <w:t>орта білімнен кейінгі білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">проведения текущего контроля </w:t>
+              <w:t xml:space="preserve">ұйымдарындағы білім </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">успеваемости, промежуточной и </w:t>
+              <w:t xml:space="preserve">алушылардың үлгеріміне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">итоговой аттестации </w:t>
+              <w:t>ағымдағы бақылауды,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">обучающихся в организациях </w:t>
+              <w:t xml:space="preserve">аралық және қорытынды </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">технического и профессионального, </w:t>
+              <w:t xml:space="preserve">аттестаттауды өткізудің </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>послесреднего образования</w:t>
+              <w:t xml:space="preserve">үлгі қағидаларына </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1232" w:id="384"/>
+    <w:bookmarkStart w:name="z90" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Буквенная система оценки учебных достижений обучающихся, соответствующая цифровому эквиваленту по четырехбалльной системе</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="384"/>
+        <w:t xml:space="preserve"> Төрт балдық жүйе бойынша цифрлық баламаға сәйкес келетін білім алушылардың оқу жетістіктерін бағалаудың әріптік жүйесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -18960,159 +17866,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оценка по буквенной системе</w:t>
+Әріптік жүйе бойынша баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Цифровой эквивалент баллов</w:t>
+Балдардың сандық эквиваленті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Процентное содержание</w:t>
+Пайыздық мазмұны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оценка по традиционной системе</w:t>
+Дәстүрлі жүйе бойынша баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19218,51 +18124,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отлично</w:t>
+Өте жақсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19494,51 +18400,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Хорошо</w:t>
+Жақсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20022,51 +18928,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Удовлетворительно</w:t>
+Қанағаттанарлық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20549,51 +19455,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Неудовлетворительно</w:t>
+Қанағаттанарлықсыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -20632,234 +19538,201 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утверждены</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>приказом Министра образования</w:t>
+              <w:t>Білім және ғылым министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и науки Республики Казахстан</w:t>
+              <w:t>2008 жылғы 18 наурыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 18 марта 2008 года № 125</w:t>
+              <w:t>N 125 бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="385"/>
+    <w:bookmarkStart w:name="z136" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Типовые правила</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Жоғары оқу орындарында білім алушылардың үлгерімін ағымдағы бақылау, аралық және қорытынды аттестаттау жүргізудің үлгілік қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағида алып тасталды – ҚР Білім және ғылым министрінің 25.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 494</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...66 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...22 lines deleted...]
-        <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>