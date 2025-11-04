--- v0 (2025-10-09)
+++ v1 (2025-11-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b9031fe" w14:textId="b9031fe">
+    <w:p w14:paraId="a98b3fa" w14:textId="a98b3fa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,1222 +76,7954 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>О госудаpственной независимости Республики Казахстан</w:t>
+        <w:t>Қазақстан Республикасының мемлекеттiк тәуелсiздiгi туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Конституционный закон Республики Казахстан от 16 декабpя 1991 года.</w:t>
+        <w:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ КОНСТИТУЦИЯЛЫҚ ЗАҢЫ. 1991 жылғы 16 желтоқсан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Верховный Совет Республики Казахстан, выражая волю народа Казахстана, признавая приоритет прав и свобод личности, закрепленных во Всеобщей декларации прав человека, иных общепризнанных нормах международного права, подтверждая право казахской нации на самоопределение, исходя из решимости создания гражданского общества и правового государства, осуществляя миролюбивую внешнюю политику, заявляя о своей приверженности принципу нераспространения ядерного оружия и процессу разоружения, торжественно провозглашает государственную независимость Республики Казахстан. </w:t>
-[...28 lines deleted...]
-        <w:t>РЕСПУБЛИКА КАЗАХСТАН - НЕЗАВИСИМОЕ ГОСУДАРСТВО</w:t>
+      Қазақстан Республикасының Жоғарғы Кеңесi </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Республика Казахстан - независимое, демократическое и правовое государство. Она обладает всей полнотой власти на своей территории, самостоятельно определяет и проводит внутреннюю и внешнюю политику. </w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан халқының еркiн бiлдiре отырып, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Республика Казахстан строит свои взаимоотношения со всеми государствами на принципах международного права. </w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Адам хұқыларының жалпыға бiрдей Декларациясында, халықаралық хұқтың жалпы жұрт таныған өзге де нормаларында баянды етілген жеке адамның хұқылары мен бостандықтарының үстемдігін мойындай отырып, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Республика Казахстан открыта для признания ее государственной независимости другими государствами. </w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      қазақ ұлтының өзiн-өзi билеу хұқын растай отырып, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...14 lines deleted...]
-        <w:t>На всей территории Республики Казахстан действует Конституция и законы Республики Казахстан, а также признанные ею нормы международного права.</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      азаматтық қоғам және хұқылық мемлекет құруға бел байлағандығын басшылыққа ала отырып, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Территория Республики Казахстан в существующих границах является целостной, неделимой и неприкосновенной. </w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      бейбітшiлiк сүйгiш сыртқы саясат жүргiзе отырып, </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ядролық қаруды таратпау принципi мен қарусыздану процесіне адалдығын мәлiмдей отырып, Қазақстан Республикасының мемлекеттік тәуелсiздiгiн салтанатты түрде жариялайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. </w:t>
+        <w:t xml:space="preserve"> 1-тарау</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>НАРОД И ГРАЖДАНИН РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+        <w:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫ - ТӘУЕЛСІЗ МЕМЛЕКЕТ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 6. </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Граждане Республики всех национальностей, объединенные общностью исторической судьбы с казахской нацией, составляют вместе с ней единый народ Казахстана, который является единственным носителем суверенитета и источником государственной власти в Республике Казахстан, осуществляет государственную власть как непосредственно, так и через избираемые им государственные органы на основе Конституции и законов Республики Казахстан. </w:t>
+        <w:t xml:space="preserve">1-бап. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тәуелсіз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>демократиялық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>хұқылық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>территориясында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өкімет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>билігін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>толық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>иеленедi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзiнiң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>iшкi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сыртқы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>саясатын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>белгілеп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жүргiзедi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Граждане Республики независимо от их национальности, вероисповедания, принадлежности к общественным объединениям, происхождения, социального и имущественного положения, рода занятий, места жительства обладают равными правами и обязанностями. </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-бап. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттермен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатынасын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>хұқ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>принциптерi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Лица, находящиеся на территории Республики Казахстан и не являющиеся ее гражданами, пользуются правами и свободами, а также несут обязанности, установленные Конституцией, законами и межгосударственными договорами Республики Казахстан, за исключением изъятий, установленных законами и межгосударственными договорами Республики. </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-бап. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Өзiнiң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттiк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тәуелсiздiгiн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тануы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>үшiн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Посягательство на гражданское равноправие преследуется по закону. </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-бап. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бүкiл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>территориясында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституциясы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңдары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>таныған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>хұқ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нормалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданылады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 7. </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Республика Казахстан имеет свое гражданство. За всеми казахами, вынужденно покинувшими территорию Республики и проживающими в других государствах, признается право иметь гражданство Республики Казахстан наряду с гражданством других государств, если это не противоречит законам государств, гражданами которых они являются. </w:t>
+        <w:t xml:space="preserve">5-бап. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>территориясы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қазіргі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шекараларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бiртұтас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бөлiнбейтiн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сұғуға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болмайтын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> территория </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...80 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. </w:t>
+        <w:t xml:space="preserve"> 2-тарау</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>ОРГАНЫ ГОСУДАРСТВЕННОЙ ВЛАСТИ</w:t>
+        <w:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ ХАЛҚЫ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+        <w:t>МЕН АЗАМАТЫ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 9. </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Государственная власть в Республике Казахстан строится и осуществляется исходя из принципа ее разделения на законодательную, исполнительную и судебную. </w:t>
+        <w:t xml:space="preserve">6-бап. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Тарихи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тағдыр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ортақтастығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұлтымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>біріктірген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республиканың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұлттарының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>азаматтары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстанның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бiртұтас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>халқын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрайды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>халық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасындағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>егемендiктiң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бiрден</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бiр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>иесi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>биліктің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қайнар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көзi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституциясы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңдары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>негiзiнде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тiкелей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлайтын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттiк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органдар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттiк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өкімет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>билiгiн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Право выступать от имени народа Республики принадлежит Верховному Совету и Президенту Республики Казахстан. </w:t>
+      Республика азаматтары өздерiнiң ұлтына, ұстайтын дініне, қандай қоғамдық бiрлестiкке жататынына, тегiне, әлеуметтік және мүлiктiк жағдайына, шұғылданатын қызметiне, тұрғылықты орнына қарамастан бiрдей хұқықтар иеленiп, бiрдей міндеткерлікте болады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Законодательная власть осуществляется Верховным Советом Республики Казахстан. </w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы территориясында тұратын және оның азаматы емес адамдар Қазақстан Республикасының Конституциясында, заңдарында және мемлекетаралық шарттарында көзделген хұқықтар мен бостандықтарды пайдаланады, сондай-ақ мiндеткерлiкте болады, Республиканың заңдары мен мемлекетаралық шарттарында көзделген ерекшелiктер бұған жатпайды. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Главой Республики Казахстан и ее исполнительной власти является Президент. </w:t>
+      Азаматтық тең хұқылыққа қастандық жасау заң бойынша жазаланады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Судебная власть принадлежит Верховному Суду и Высшему арбитражному суду Республики Казахстан. </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-бап. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>азаматтығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Басқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттерде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республика </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>территориясын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тастап</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шығуға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәжбүр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қазақтардың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттердiң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>азаматтығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бiрге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>егер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>азаматы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отырған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттердің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңдарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қайшы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келмейтiн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>азаматтығын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>хұқы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>танылады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Высшим органом судебной защиты Конституции является Конституционный Суд Республики Казахстан. </w:t>
+      Қазақстан Республикасы көшi-қон процестерiн реттеп отырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы жаппай қуғын-сүргiн, күштеп ұжымдастыру кезеңдерiнде, адамгершiлiкке жат өзге де саяси шаралар нәтижесінде Республика территориясынан кетуге мәжбүр болған адамдар мен олардың ұрпақтарының, сондай-ақ бұрынғы одақтас республикалар территориясында тұратын қазақтардың өз территориясына қайтып оралуы үшiн жағдай жасайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8-бап. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұлтының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстанда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұлттар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өкілдерінiң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәдениетiн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дәстүр-салтын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тiлiн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>түлетiп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұлттық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қадiр-қасиетiн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нығайту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттiң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аса </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>маңызды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>міндеттерінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бiрi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Республика шегiнен тыс жерлерде тұратын қазақтардың ұлттық-мәдени, рухани және тiлдiк қажеттерін қанағаттандыруға қамқорлық жасайды, олар азаматы болып отырған мемлекеттермен жасалған шарттар негiзiнде бұл азаматтардың мүдделерiн қорғайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. </w:t>
+        <w:t xml:space="preserve"> 3-тарау</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>ЭКОНОМИЧЕСКИЕ ОСНОВЫ ГОСУДАРСТВЕННОЙ</w:t>
+        <w:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТIК</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>НЕЗАВИСИМОСТИ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+        <w:t>ӨКІМЕТ ОРГАНДАРЫ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 11. </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">В исключительной собственности Республики Казахстан, составляя основу ее государственной независимости, находятся земля и ее недра, воды, воздушное пространство, растительный и животный мир, другие природные ресурсы, экономический и научно-технический потенциал. </w:t>
+        <w:t xml:space="preserve">9-бап. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасындағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттiк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өкiмет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>билігі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>биліктiң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңдық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сот </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>билiгi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бөлiнуi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>принципін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басшылыққа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ала </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Республика Казахстан обладает самостоятельной экономической системой, соответствующей статусу независимого государства и основывающейся на многообразии и равенстве всех форм собственности. </w:t>
+      Республика халқы атынан сөйлеу хұқы Қазақстан Республикасының Жоғарғы Кеңесi мен Президентiне берiледi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Республика Казахстан обеспечивает охрану имущественных прав других государств, их граждан и организаций, осуществляющих хозяйственную и иную деятельность на территории Республики в соответствии с законодательством Республики. </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-бап. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шығару</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>билiгiн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жоғарғы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кеңесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">республиканские налоговую и таможенную системы. </w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының басшысы және оның атқарушы өкіметі Президент болып табылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Республика Казахстан формирует свои золотой запас, алмазный и валютный фонды. </w:t>
+      Сот билігін Қазақстан Республикасының Жоғарғы Соты мен Жоғары Арбитраждық Соты атқарады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Конституцияны сот арқылы қорғайтын жоғары орган Қазақстан Республикасының Конституциялық Соты болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 5. </w:t>
+        <w:t xml:space="preserve"> 4-тарау</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>РЕСПУБЛИКА КАЗАХСТАН - ЧЛЕН МИРОВОГО</w:t>
+        <w:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫ МЕМЛЕКЕТТІК</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>СООБЩЕСТВА</w:t>
+        <w:t>ТӘУЕЛСІЗДІГІНІҢ ЭКОНОМИКАЛЫҚ НЕГІЗДЕРІ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 13. </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Республика Казахстан является субъектом международного права, обменивается дипломатическими и консульскими представительствами, может входить в международные организации, системы коллективной безопасности и участвовать в их деятельности. </w:t>
+        <w:t xml:space="preserve">11-бап. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қойнауы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, су, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әуе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кеңiстiгi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өсiмдіктер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жануарлар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дүниесi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>табиғи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ресурстар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>экономикалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-техникалық потенциал </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттiк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тәуелсiздiгiнiң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>негiзiн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, тек </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қана</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>соның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>меншiгiнде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Республика Казахстан самостоятельно решает вопросы внешнеэкономической деятельности. </w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының тәуелсiз мемлекет мәртебесіне сай келетiн және меншiктiң алуан түрлiлiгiне, барлық формаларының теңдiгiне негiзделетiн дербес экономикалық жүйесі бар. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы басқа мемлекеттердiң, олардың Республика  заңдарына сәйкес Республика территориясында шаруашылық және өзге де қызметтi жүзеге асыратын азаматтары мен ұйымдарының мүлiктiк хұқыларын қорғауды қамтамасыз етеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12-бап. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттiк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұлттық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>банкiсi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзiнiң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаржы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-кредит, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ақша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жүйелерiн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жасауға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қақылы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>салық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кеден</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жүйесiн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастырады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы өзiнiң алтын қорын, алмас және валюта қорларын қалыптастырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 6. </w:t>
+        <w:t xml:space="preserve"> 5-тарау</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>ОХРАНА ГОСУДАРСТВЕННОЙ НЕЗАВИСИМОСТИ</w:t>
+        <w:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫ - ДҮНИЕЖҮЗІЛІК</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+        <w:t>ҚОҒАМДАСТЫҚТЫҢ МҮШЕСІ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 15. </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Республика Казахстан принимает меры по охране своей независимости и укреплению национальной государственности. </w:t>
+        <w:t xml:space="preserve">13-бап. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>хұқтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>субъектiсi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дипломатиялық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>консулдық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өкілдіктер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алмасады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұжымдық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>хауiпсiздік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жүйесіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кiруiне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметiне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатысуына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Любое вмешательство в решение вопросов, составляющих неотъемлемое право Республики, расценивается как посягательство на ее государственную независимость. </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14-бап. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сыртқы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>экономикалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелерiн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешедi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...26 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="6"/>
+    <w:bookmarkStart w:name="z21" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 7. </w:t>
+        <w:t xml:space="preserve"> 6-тарау</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+        <w:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ТӘУЕЛСІЗДІГІН ҚОРҒАУ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 17. </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Республика Казахстан имеет свои государственные символы - герб, флаг, гимн. </w:t>
+        <w:t xml:space="preserve">15-бап. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзiнiң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тәуелсiздігін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұлттық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттiгiн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нығайту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жөнiнде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шаралар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Столица Республики Казахстан - город Алма-Ата. </w:t>
+      Республиканың ажырағысыз хұқы болып табылатын мәселелердi шешуге араласудың қандайы болса да оның мемлекеттік тәуелсiздiгiне қол сұғушылық деп бағаланады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Статья 18. </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">Казахской ССР служит основой для разработки новой Конституции Республики. </w:t>
+        <w:t xml:space="preserve">16-бап. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тәуелсіздігі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>территориялық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тұтастығын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мақсатында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қарулы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>күштерін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құруға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қақылы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Республика </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>азаматтарының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әскери</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>атқару</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шарттарын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>белгілейді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>территориясында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әскерлер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қару-жарақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пен техника </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орналастыру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелерін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-тарау</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17-бап. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>символдары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>елтаңбасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жалауы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әнұраны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Нормы Конституции и иных законодательных актов Республики Казахстан действуют, поскольку они не противоречат настоящему Закону. </w:t>
+      Қазақстан Республикасының астанасы - Алматы қаласы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18-бап. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КСР </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>егемендігі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Декларациямен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республиканың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституциясын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әзірлеуге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>негіз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының Конституциясы мен өзге де заң актілерінің нормалары аталған Заңға қайшы келмейтін болса ғана қолданылады. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9852"/>
         <w:gridCol w:w="2448"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9852" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Президент</w:t>
+Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>Президенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2448" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -1344,51 +8076,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>