--- v0 (2025-10-11)
+++ v1 (2025-11-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7fb1af3" w14:textId="7fb1af3">
+    <w:p w14:paraId="ba9f283" w14:textId="ba9f283">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,13068 +76,13695 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Терроризмге қарсы іс-қимыл туралы</w:t>
-[...47 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t>О противодействии терроризму</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 13 июля 1999 года № 416.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок в редакции Закона РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Вниманию пользователей!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ОГЛАВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящий Закон устанавливает принципы, цель, правовые и организационные основы противодействия терроризму.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула в редакции Закона РК от 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. По тексту слова "террористической акции", "террористических акций", "террористических акциях", "террористическую акцию" заменены соответственно словами "акта терроризма", "актов терроризма", "актах терроризма", "акт терроризма" в соответствии с Законом РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z16" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z20" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) объекты массового скопления людей – объекты общественного питания, транспортной инфраструктуры (в сфере автомобильного и городского рельсового транспорта), а также торговые, спортивные, развлекательные объекты, концертные залы и иные публичные сооружения, организации образования и здравоохранения, места размещения туристов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z23" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) подразделение специального назначения – подразделение, сформированное для пресечения актов терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z27" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) заложник – физическое лицо, захваченное и (или) удерживаемое с целью понуждения государственного органа, органа местного самоуправления или международной организации совершить какое-либо действие или воздержаться от совершения какого-либо действия как условия освобождения лица, захваченного и (или) удерживаемого;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z260" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) охраняемые объекты – здания, строения и сооружения, предназначенные для пребывания охраняемых лиц, а также прилегающие к ним территория и акватория;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z29" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) идеология насилия – система общественных теорий, взглядов и идей, оправдывающих насилие, в том числе с применением террористических методов и средств для достижения политических, религиозных, идеологических и иных целей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z31" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) терроризм – идеология насилия и практика воздействия на принятие решения государственными органами, органами местного самоуправления или международными организациями путем совершения либо угрозы совершения насильственных и (или) иных преступных действий, связанных с устрашением населения и направленных на причинение ущерба личности, обществу и государству;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z33" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) акт терроризма – совершение или угроза совершения взрыва, поджога или иных действий, создающих опасность гибели людей, причинения значительного имущественного ущерба либо наступления иных общественно опасных последствий, если эти действия совершены в целях нарушения общественной безопасности, устрашения населения либо оказания воздействия на принятие решений государственными органами Республики Казахстан, иностранными государствами или международными организациями, а также посягательство на жизнь человека, совершенное в тех же целях, а равно посягательство на жизнь государственного или общественного деятеля, совершенное в целях прекращения его государственной или иной политической деятельности либо из мести за такую деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z115" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) призыв к совершению акта терроризма – обращение, выраженное публично или отраженное в распространяемом информационном материале, воздействующее на сознание, волю и поведение физического лица с целью побуждения его на совершение акта терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z47" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) антитеррористическая операция – комплекс специальных мероприятий с применением физической силы, служебных собак, боевой и иной техники, оружия и специальных средств по предупреждению, пресечению акта терроризма, обезвреживанию террористов, взрывных устройств, обеспечению безопасности физических лиц и организаций, а также по минимизации и (или) ликвидации последствий акта терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z50" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По решению начальника Службы государственной охраны Республики Казахстан охранные мероприятия по обеспечению безопасности охраняемых лиц проводятся в рамках антитеррористических операций в соответствии с настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z53" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) правовой режим антитеррористической операции – особый режим функционирования государственных органов, осуществляющих противодействие терроризму, при котором в зоне проведения антитеррористической операции допускается установление отдельных мер, временных ограничений прав и свобод граждан, иностранцев и лиц без гражданства, а также прав юридических лиц на период проведения антитеррористической операции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z54" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) зона проведения антитеррористической операции – определенные руководителем антитеррористической операции отдельные участки местности или акватории, воздушное пространство, транспортное средство, здание, строение, сооружение, помещение и прилегающие к ним территории, в пределах которых проводится указанная операция;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z55" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) противодействие терроризму – деятельность государственных органов и органов местного самоуправления по:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z56" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      профилактике терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z57" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выявлению, пресечению террористической деятельности, раскрытию и расследованию террористических преступлений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z58" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      минимизации и (или) ликвидации последствий терроризма путем оказания экстренной медицинской помощи, медико-психологического сопровождения, проведения аварийно-спасательных и противопожарных мероприятий, восстановления нормального функционирования и экологической безопасности подвергшихся террористическому воздействию объектов, социальной реабилитации лиц, потерпевших в результате акта терроризма, и лиц, участвовавших в его пресечении, возмещения морального и материального вреда лицам, потерпевшим в результате акта терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z59" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) уполномоченный государственный орган по координации деятельности в сфере противодействия терроризму – государственный орган, осуществляющий в пределах своих полномочий межведомственную координацию деятельности в сфере противодействия терроризму;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z60" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) финансирование терроризма – предоставление или сбор денег и (или) иного имущества, права на имущество или выгод имущественного характера, а также дарение, мена, пожертвования, благотворительная помощь, оказание информационных и иного рода услуг либо оказание финансовых услуг физическому лицу либо группе лиц, либо юридическому лицу, совершенные лицом, заведомо осознававшим террористический характер их деятельности либо то, что предоставленное имущество, оказанные информационные, финансовые и иного рода услуги будут использованы для осуществления террористической деятельности либо обеспечения террористической группы, террористической организации, незаконного военизированного формирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z61" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) профилактика терроризма – комплекс правовых, экономических, социальных, организационных, воспитательных, пропагандистских и иных мер, осуществляемых государственными и местными исполнительными органами по выявлению, изучению, устранению причин и условий, способствующих возникновению и распространению терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z62" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) террорист – лицо, участвующее в осуществлении террористической деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z217" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-1) террористические материалы – любые информационные материалы, содержащие информацию о способах и средствах совершения акта терроризма, а также признаки и (или) призывы к осуществлению террористической деятельности либо обосновывающие или оправдывающие необходимость осуществления такой деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z63" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) террористическая группа – организованная группа, преследующая цель совершения одного или нескольких террористических преступлений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z64" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) объекты, уязвимые в террористическом отношении, – особо важные государственные, стратегические, опасные производственные объекты, а также объекты отраслей экономики, имеющие стратегическое значение, объекты массового скопления людей, охраняемые объекты, требующие обязательной организации антитеррористической защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z261" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-1) антитеррористическая защищенность объектов, уязвимых в террористическом отношении, – состояние объектов, уязвимых в террористическом отношении, характеризующееся наличием условий, препятствующих совершению акта терроризма, а также обеспечивающих минимизацию и ликвидацию последствий в случае его совершения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z262" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-2) антитеррористическая защита объектов, уязвимых в террористическом отношении, – комплекс правовых, организационных мер и технических средств, направленный на обеспечение антитеррористической защищенности объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z65" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) террористическая организация – организация, осуществляющая террористическую деятельность либо признающая возможность использования в своей деятельности терроризма, в отношении которой принято и вступило в законную силу решение суда о признании ее террористической;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z66" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) террористическая деятельность – совершение любых из нижеследующих деяний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z67" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация, планирование, подготовка, финансирование и реализация акта терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z68" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Заңның тақырыбы жаңа редакцияда - ҚР 2010.04.08 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+      подстрекательство к акту терроризма; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z69" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация незаконного военизированного формирования, преступного сообщества (преступной организации), организованной группы в целях совершения акта терроризма, а равно участие в таких структурах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z70" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вербовка, вооружение, обучение и использование террористов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z73" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информационное или иное пособничество в организации, планировании, подготовке и совершении акта терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z74" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пропаганда идей терроризма, распространение террористических материалов, в том числе с использованием средств массовой информации или сетей телекоммуникаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z75" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказание финансовой, правовой помощи или иное содействие террористам, а также организациям, деятельность которых признана террористической в соответствии с законодательством Республики Казахстан, с осознанием того, что указанные действия будут использованы для осуществления террористической деятельности либо обеспечения террористической организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 1 в редакции Закона РК от 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными законами РК от 04.07.2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 233-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 244-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 16.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 403-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 2. Законодательство Республики Казахстан о противодействии терроризму</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Законодательство Республики Казахстан о противодействии терроризму основывается на Конституции Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Если международным договором, ратифицированным Республикой Казахстан, устанавливаются иные правила, чем те, которые предусмотрены настоящим Законом, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 2 в редакции Закона РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен.</w:t>
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 3. Принципы и цель противодействия терроризму</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Бүкіл мәтінінде "терроршылдыққа", "терроршылдық", "терроршылдықты", "терроршылдықтың", "терроршылдықтан", "террорлық", "террорлыққа", "терроршыларды", "терроршы", "терроршылардың", "терроршылармен", "терроршымен", "терроршыны", "терроршыларға", "терроршыға" деген сөздер тиісінше "терроризмге", "терроризм", "терроризмді", "терроризмнің", "терроризмнен", "террористік", "террористікке", "террористерді", "террорист", "террористердің" "террористермен", "террористпен", "террористі", "террористерге", "террористке" деген сөздермен ауыстырылды - ҚР 2002.02.19 </w:t>
-[...37 lines deleted...]
-      Осы Заң терроризмге қарсы іс-қимылдың қағидаттарын, мақсатын, құқықтық және ұйымдастырушылық негіздерін белгілейді.</w:t>
+      Сноска. Заголовок статьи 3 в редакции Закона РК от 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Противодействие терроризму в Республике Казахстан основывается на следующих основных принципах: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечении и защите прав и свобод человека и гражданина, приоритета защиты жизни и здоровья, прав и законных интересов лиц, подвергающихся опасности в результате совершения террористических преступлений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соблюдении законности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2-1) соразмерности мер противодействия терроризму степени террористической опасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) приоритете предупреждения терроризма; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) неотвратимости наказания за осуществление террористической деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) системности и комплексном использовании политических, информационно-пропагандистских, социально-экономических, правовых, специальных и иных мер противодействия терроризму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) единоначалии в оперативном руководстве привлекаемыми силами и средствами при проведении антитеррористической операции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сочетании гласных и негласных методов противодействия терроризму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечении ограниченного доступа к сведениям о тактике, формах, методах, средствах и составе участников антитеррористических операций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Целью противодействия терроризму в Республике Казахстан является защита личности, общества и государства от терроризма.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР 2013.01.08 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 3 с изменениями, внесенными законами РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 08.01.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 63-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жариялағанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Основы организации противодействия терроризму</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 2 в редакции Закона РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен.</w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 4. Общегосударственная система противодействия терроризму </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z100" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Субъектом обеспечения безопасности от посягательств террористов является государство.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z101" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Президент Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z5" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) определяет основные направления государственной политики в сфере противодействия терроризму;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z76" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в целях своевременного информирования населения о возникновении угрозы акта терроризма и организации деятельности по противодействию его совершению, осуществляемой государственными органами и органами местного самоуправления, утверждает правила организации и функционирования государственной системы мониторинга информации и оповещения населения о возникновении угрозы акта терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z77" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) утверждает положение об Антитеррористическом центре Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z78" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) утверждает типовое положение об антитеррористических комиссиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z79" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) утверждает положение о республиканском, областном, города республиканского значения, столицы, района (города областного значения) и морском оперативных штабах по борьбе с терроризмом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z80" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) утверждает инструкцию о порядке применения Вооруженными Силами Республики Казахстан оружия, боевой техники и специальных средств для пресечения актов терроризма в воздушном пространстве, во внутренних и территориальных водах, в рыболовной зоне, на континентальном шельфе Республики Казахстан, при обеспечении безопасности мореплавания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z81" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осуществляет другие полномочия в соответствии с Конституцией и законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z82" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Правительство Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z83" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организует обеспечение деятельности государственных и местных исполнительных органов по противодействию терроризму необходимыми силами, средствами и ресурсами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z84" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует разработку и осуществление мер по предупреждению терроризма, минимизации и (или) ликвидации последствий терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z85" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) определяет порядок организации деятельности в сфере противодействия терроризму в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z86" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) утверждает правила и критерии отнесения объектов к уязвимым в террористическом отношении, требования к организации антитеррористической защиты объектов, уязвимых в террористическом отношении, а также типовой паспорт антитеррористической защищенности объектов, уязвимых в террористическом отношении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z87" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) утверждает правила взаимодействия органов внутренних дел, национальной безопасности, прокуратуры и уполномоченного органа в сфере религиозной деятельности по противодействию религиозному экстремизму и терроризму в специальных и исправительных учреждениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z88" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) утверждает правила возмещения вреда физическим и юридическим лицам, причиненного при пресечении акта терроризма правомерными действиями должностных лиц государственных органов, осуществляющих противодействие терроризму;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z89" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) утверждает правила возмещения имущественного вреда, причиненного физическим и юридическим лицам в результате акта терроризма; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z90" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) выполняет иные функции, возложенные на него Конституцией, законами и актами Президента Республики Казахстан в сфере противодействия терроризму.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z91" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственные органы и органы местного самоуправления осуществляют противодействие терроризму в пределах своих компетенций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z92" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Уполномоченным государственным органом по координации деятельности в сфере противодействия терроризму в Республике Казахстан является Комитет национальной безопасности Республики Казахстан, который:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z93" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) координирует деятельность государственных органов и органов местного самоуправления в сфере противодействия терроризму;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z94" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет контроль за реализацией государственными органами и органами местного самоуправления Республики Казахстан комплекса мер по совершенствованию систем безопасности и готовности к нейтрализации террористических угроз;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z95" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) разрабатывает в пределах полномочий нормативные правовые акты в сфере противодействия терроризму; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z96" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) представляет Президенту Республики Казахстан ежегодный доклад о принимаемых мерах по противодействию терроризму, а также осуществляет текущее информирование Президента и Правительства Республики Казахстан о террористических угрозах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z97" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) способствует повышению уровня антитеррористической защищенности объектов, уязвимых в террористическом отношении, посредством информирования их руководителей о характере и специфике террористических угроз, разработки рекомендаций по противодействию терроризму и антитеррористической защите, осуществления оценки готовности объектов, уязвимых в террористическом отношении, к воспрепятствованию совершению акта терроризма, обеспечению минимизации и ликвидации его последствий путем проведения практических антитеррористических учений, тренировок и экспериментов, за исключением охраняемых объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z98" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные функции, предусмотренные настоящим Законом, иными законами, актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z99" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Координация деятельности государственных органов в сфере противодействия терроризму осуществляется посредством достижения взаимодействия этих органов, взаимного обмена информацией и согласованности их действий для реализации общих задач и целей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z102" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для реализации решений государственных органов в сфере противодействия терроризму могут издаваться нормативные правовые и правовые акты указанных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z103" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Координация деятельности осуществляется:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z104" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       органами национальной безопасности в рамках постоянно действующего Антитеррористического центра Республики Казахстан, который создается при уполномоченном государственном органе по координации деятельности в сфере противодействия терроризму;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z105" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      акиматами области, города республиканского значения, столицы, района (города областного значения) в рамках антитеррористических комиссий, которые создаются при местном исполнительном органе области, города республиканского значения, столицы, района (города областного значения).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z106" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для обеспечения эффективного взаимодействия государственных органов, осуществляющих противодействие терроризму, их уполномоченные представители прикомандировываются или направляются в рабочий орган Антитеррористического центра Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок прикомандирования или направления уполномоченных представителей государственных органов в рабочий орган Антитеррористического центра Республики Казахстан определяется положением об Антитеррористическом центре Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Положение об Антитеррористическом центре Республики Казахстан и типовое положение об антитеррористических комиссиях утверждаются Президентом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На основе типового положения об антитеррористических комиссиях акимы области, города республиканского значения, столицы, района (города областного значения) утверждают положения об антитеррористических комиссиях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z109" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. При необходимости к деятельности по противодействию терроризму в пределах своей компетенции могут привлекаться и иные государственные органы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z110" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местные исполнительные органы координируют деятельность территориальных подразделений центральных государственных органов и органов местного самоуправления по профилактике терроризма, а также минимизации и (или) ликвидации последствий терроризма на соответствующей территории через антитеррористические комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z111" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для реализации их решений могут издаваться правовые акты органов, представители которых входят в состав соответствующих комиссий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 4 в редакции Закона РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменениями, внесенными законами РК от 13.02.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 553-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 244-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 22.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 12.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 180-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 23.02.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkStart w:name="z10" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...7 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> Статья 5. Взаимодействие государственных органов Республики Казахстан, осуществляющих противодействие терроризму</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 5 с изменениями, внесенными Законом РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Государственные органы Республики Казахстан, осуществляющие противодействие терроризму, в пределах своей компетенции: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) взаимодействуют между собой, используя возможности государственных органов и организаций, а также содействие граждан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) информируют о фактах и признаках подготовки деяний, подпадающих под определение террористической деятельности и относящихся к компетенции этих государственных органов, и оказывают взаимную необходимую помощь; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) проводят совместные антитеррористические операции. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 5 с изменениями, внесенными Законом РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...36 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 6. Взаимодействие государственных органов Республики Казахстан, осуществляющих противодействие терроризму, с органами иностранных государств и международными правоохранительными организациями </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) адамдар көп жиналатын объектілер – қоғамдық тамақтану, көліктік инфрақұрылым (автомобильдік және қалалық рельсті көлік саласындағы) объектілері, сондай-ақ сауда, спорт, ойын-сауық объектілері, концерт залдары және өзге де көпшілікке арналған құрылысжайлар, білім беру және денсаулық сақтау ұйымдары, туристерді орналастыру орындары; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="3"/>
+      Сноска. Заголовок статьи 6 с изменениями, внесенными Законом РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственные органы Республики Казахстан, осуществляющие противодействие терроризму, сотрудничают в сфере противодействия терроризму с органами иностранных государств, международными правоохранительными организациями в соответствии с национальным законодательством и международными договорами, проводят оперативно-розыскные, контрразведывательные мероприятия на территории Республики Казахстан или иностранных государств в соответствии с международными договорами, ратифицированными Республикой Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) арнаулы мақсаттағы бөлімше – терроризм актілерінің жолын кесу үшін құрылған бөлімше; </w:t>
-[...642 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
+      Республика Казахстан преследует на своей территории по запросу компетентных органов других государств лиц, причастных к террористической деятельности, независимо от места совершения ими акта терроризма. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-бап жаңа редакцияда - ҚР 2013.01.08 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 6 с изменениями, внесенными законами РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 28.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении двух месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Компетенция государственных органов Республики Казахстан, осуществляющих противодействие терроризму</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 3 в редакции Закона РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 7. Компетенция государственных органов Республики Казахстан, осуществляющих противодействие терроризму</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z9" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Противодействие терроризму осуществляют государственные органы в пределах установленной законодательством Республики Казахстан компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z112" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) органы национальной безопасности Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z263" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выявляют, предупреждают, пресекают и расследуют террористические преступления, отнесенные законами Республики Казахстан к их ведению;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z264" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляют анализ и прогнозирование террористических угроз;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z265" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организуют проведение антитеррористических операций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z266" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      контрразведывательными мероприятиями осуществляют противодействие террористической деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z267" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сотрудничают с соответствующими компетентными органами иностранных государств, а также международными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z268" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляют разведывательную деятельность в сфере противодействия террористическим и экстремистским организациям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z269" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвуют в обеспечении защиты загранучреждений Республики Казахстан и их персонала от террористических угроз и определяют соответствие антитеррористической защищенности загранучреждений Республики Казахстан требованиям, предусмотренным законодательством Республики Казахстан о противодействии терроризму;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z270" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывают и утверждают перечень объектов органов национальной безопасности Республики Казахстан, уязвимых в террористическом отношении, согласно их категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z113" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) органы внутренних дел Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z271" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выявляют, предупреждают, пресекают и расследуют террористические преступления, отнесенные законами Республики Казахстан к их ведению;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z272" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвуют в проведении антитеррористических операций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z273" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      контролируют состояние антитеррористической защищенности объектов, уязвимых в террористическом отношении, за исключением воинских частей и учреждений Вооруженных Сил Республики Казахстан, других войск и воинских формирований, объектов специальных государственных органов Республики Казахстан, а также охраняемых объектов и загранучреждений Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z274" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      согласовывают, ведут учет, хранение и (или) уничтожение паспортов антитеррористической защищенности объектов, уязвимых в террористическом отношении, за исключением паспортов воинских частей и учреждений Вооруженных Сил Республики Казахстан, других войск и воинских формирований, объектов специальных государственных органов Республики Казахстан, а также паспортов охраняемых объектов и загранучреждений Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z114" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Служба государственной охраны Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z275" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает безопасность Президента Республики Казахстан, иных охраняемых лиц и объектов, подлежащих охране в соответствии с Законом Республики Казахстан "О Службе государственной охраны Республики Казахстан", организует и проводит охранные мероприятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z276" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает и утверждает перечень объектов Службы государственной охраны Республики Казахстан, уязвимых в террористическом отношении, и устанавливает к ним требования по организации антитеррористической защиты согласно их категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z277" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вправе устанавливать дополнительные требования к организации антитеррористической защиты объектов, уязвимых в террористическом отношении, предназначенных для пребывания охраняемых лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z278" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      согласовывает, ведет учет, хранение и (или) уничтожение паспортов антитеррористической защищенности охраняемых объектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z279" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По решению начальника Службы государственной охраны Республики Казахстан проводятся антитеррористические операции по обеспечению безопасности охраняемых лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z116" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Министерство обороны Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z280" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в обеспечении безопасности воздушного, водного и наземного пространства при проведении антитеррористических операций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z281" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает и утверждает перечень воинских частей и учреждений Министерства обороны Республики Казахстан, уязвимых в террористическом отношении, согласно их категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z282" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует антитеррористическую защиту воинских частей и учреждений Министерства обороны Республики Казахстан, уязвимых в террористическом отношении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) исключен Законом РК от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) уполномоченный орган по финансовому мониторингу Республики Казахстан осуществляет финансовый мониторинг и принимает иные меры по противодействию финансированию терроризма в соответствии с Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z119" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) уполномоченный орган в сфере гражданской защиты осуществляет мероприятия по защите населения и территорий от чрезвычайных ситуаций техногенного характера, возникших в результате совершенного акта терроризма, а также принимает участие в ликвидации его последствий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) уполномоченный орган в области промышленной безопасности участвует в организации мониторинга состояния антитеррористической защищенности опасных производственных объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z120" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) уполномоченный орган в сфере внешней политики обеспечивает реализацию внешнеполитического курса Республики Казахстан в области международного сотрудничества по противодействию терроризму, разрабатывает и утверждает перечень загранучреждений Республики Казахстан, уязвимых в террористическом отношении, согласно их категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z121" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) уполномоченный орган в области связи и информации обеспечивает пропаганду социально значимых ценностей и межэтнического согласия, а также осуществляет противодействие распространению идеологии терроризма в информационном пространстве Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z255" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1) уполномоченный орган в области культуры обеспечивает реализацию мер, направленных на укрепление внутриполитической стабильности и межэтнического согласия в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z122" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) уполномоченный орган в области охраны окружающей среды участвует в мероприятиях по восстановлению нормального функционирования и экологической безопасности подвергшихся террористическому воздействию объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z123" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) уполномоченный орган в сфере государственного планирования осуществляет разработку и реализацию комплекса мер, направленных на формирование основных приоритетов социально-экономического развития Республики Казахстан, в целях недопущения межнациональных и межконфессиональных конфликтов и социально-экономических предпосылок к проявлениям терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z124" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) уполномоченный орган в области развития агропромышленного комплекса участвует в организации мониторинга состояния антитеррористической защищенности гидротехнических сооружений, осуществляет государственный ветеринарно-санитарный контроль и надзор, государственный фитосанитарный контроль за физической защитой источников особо опасных организмов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z125" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) уполномоченный орган в сфере транспорта и коммуникаций организует оперативное обеспечение заинтересованных государственных органов информацией, необходимой для решения задач по противодействию терроризму на объектах транспортно-коммуникационной отрасли, и обеспечивает в пределах своей компетенции мероприятия по их антитеррористической защищенности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14) исключен Законом РК от 07.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z127" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) служба экономических расследований осуществляет мероприятия по выявлению и пресечению незаконного перемещения через таможенную границу Евразийского экономического союза оружия, боеприпасов, взрывчатых веществ и иных предметов, которые могут быть использованы в качестве средств совершения террористических преступлений, а также по предупреждению, выявлению, пресечению источников, каналов и способов финансирования терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z128" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) уполномоченный орган в области использования атомной энергии осуществляет контроль и надзор за состоянием антитеррористической защищенности ядерных установок, радиационных источников, пунктов хранения радиоактивных материалов, за системами единого государственного учета и контроля ядерных материалов, радиоактивных веществ, радиоактивных отходов, участвует в организации мониторинга состояния антитеррористической защищенности производственных объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z129" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) органы юстиции организуют бесплатную необходимую правовую помощь физическим и юридическим лицам, потерпевшим в результате акта терроризма, и лицам, участвовавшим в его пресечении, по вопросам, касающимся их компетенции, в том числе в выдаче необходимых документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z130" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) уполномоченный орган в области социальной защиты населения обеспечивает реализацию мер и координацию деятельности местных исполнительных органов по вопросам трудоустройства лиц, потерпевших в результате акта терроризма, и лиц, участвовавших в его пресечении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z197" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) уполномоченный орган в области образования и науки обеспечивает формирование в обществе антитеррористического сознания путем организации факультативных занятий в общеобразовательных и высших учебных заведениях Республики Казахстан, осуществляет межотраслевую координацию по вопросам социальной реабилитации детей, пострадавших от террористической деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z198" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) уполномоченный орган в области здравоохранения участвует в реализации мер по минимизации и (или) ликвидации последствий акта терроризма, организует экстренную медицинскую помощь, медико-психологическое сопровождение лиц, потерпевших в результате акта терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Часть первую предусмотрено дополнить подпунктом 20-1) в соответствии с Законом РК от 21.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z199" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) уполномоченный орган в сфере религиозной деятельности обеспечивает межконфессиональное согласие, права граждан на религиозную деятельность и взаимодействует с религиозными объединениями с целью недопущения пропаганды идеологии насилия и терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z283" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственные органы Республики Казахстан, осуществляющие противодействие терроризму, исполняют иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 в редакции Закона РК от 08.01.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 63-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жариялағанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР 04.07.2014 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 03.11.2014 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными законами РК от 11.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 10.06.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 206-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 04.07.2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 233-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.11.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 244-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 07.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 22.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 11.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2018); от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 326-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z17" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...43 lines deleted...]
-    <w:bookmarkEnd w:id="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 8. Компетенция иных государственных органов Республики Казахстан в противодействии терроризму </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Статья 8 исключена Законом РК от 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 9. Обязательность содействия государственным органам Республики Казахстан в противодействии терроризму</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z131" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Должностные лица государственных органов и организаций Республики Казахстан обязаны оказывать содействие и необходимую помощь государственным органам, осуществляющим противодействие терроризму.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z132" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Граждане Республики Казахстан обязаны незамедлительно сообщать государственным органам, осуществляющим противодействие терроризму, сведения о готовящемся или совершенном акте терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z133" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Предоставление государственным органам информации о готовящихся или совершенных актах терроризма расценивается как исполнение гражданского долга. За информацию, которая помогла предотвратить или пресечь акт терроризма, уполномоченным государственным органом по координации деятельности в сфере противодействия терроризму устанавливается и выплачивается вознаграждение в порядке, определяемом Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-бап жаңа редакцияда - ҚР 2010.04.08 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 9 в редакции Закона РК от 08.04.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен.</w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменением, внесенным Законом РК от 02.08.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 343-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2017). </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z21" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...15 lines deleted...]
-          <w:color w:val="ff0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Предупреждение, выявление и пресечение</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>террористической деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z22" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 10. Предупреждение террористической деятельности </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z134" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. На территории Республики Казахстан запрещается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z135" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) пропаганда терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z136" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) создание, регистрация и функционирование террористических организаций, а также незаконных военизированных формирований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z137" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Органы национальной безопасности Республики Казахстан имеют право запрещать въезд в Республику Казахстан иностранцам и лицам без гражданства, которые принимали участие в террористической деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z138" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тақырып жаңа редакцияда - ҚР 2010.04.08 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+      3. Исключен Законом РК от 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 10 в редакции Закона РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 2013.01.08 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменением, внесенным Законом РК от 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 63-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жариялағанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...219 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 10-1. Информационно-пропагандистское противодействие терроризму</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z139" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Информационно-пропагандистское противодействие терроризму осуществляется в целях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z140" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разъяснения опасности терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z141" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разоблачения форм, методов и приемов, с помощью которых террористы осуществляют пропаганду своих взглядов и идей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z142" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      формирования в обществе антитеррористического сознания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z143" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      объединения усилий государственных органов, осуществляющих противодействие терроризму, и институтов гражданского общества в профилактике терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z200" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сокращения социальной базы поддержки терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z201" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственные органы, осуществляющие противодействие терроризму, обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z202" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовывать и координировать в рамках своей компетенции информационно-пропагандистское противодействие терроризму;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z203" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      стимулировать участие в этой деятельности представителей средств массовой информации, юридических лиц, институтов гражданского общества, религиозных объединений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z204" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвовать в формировании антитеррористического сознания в обществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-бапқа өзгеріс енгізілді - ҚР 2010.04.08 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 10-1 в соответствии с Законом РК от 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z205" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 10-2. Антитеррористическая защита объектов, уязвимых в террористическом отношении</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z284" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Центральные государственные органы, в том числе государственные органы, непосредственно подчиненные и подотчетные Президенту Республики Казахстан, на основе требований к организации антитеррористической защиты объектов, уязвимых в террористическом отношении, определяемых согласно подпункту 4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 4 настоящего Закона, разрабатывают и утверждают инструкции по организации антитеррористической защиты объектов, уязвимых в террористическом отношении. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z285" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основанием для разработки инструкций по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, является наличие объектов, соответствующих критериям отнесения объектов к уязвимым в террористическом отношении, при этом объекты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z286" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      являются ведомствами, территориальными подразделениями государственного органа, органами, организациями, находящимися в их ведении и ведении государственного органа, являющимися другими подведомственными организациями, а также состоят на организационном и материально-техническом обеспечении государственного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z287" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предназначены (используются) для осуществления деятельности в сфере (области), реализуемой государственным органом политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z288" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инструкции по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, за исключением инструкций, разрабатываемых для объектов специальных государственных органов, органов внутренних дел Республики Казахстан, а также войсковых частей и учреждений Вооруженных Сил Республики Казахстан, других войск и воинских формировании, согласовываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z289" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с Комитетом национальной безопасности Республики Казахстан и Министерством внутренних дел Республики Казахстан, за исключением охраняемых объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z290" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      со Службой государственной охраны Республики Казахстан для охраняемых объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z291" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с субъектами внешней разведки для загранучреждений Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z292" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В целях защиты объектов, уязвимых в террористическом отношении, информация о состоянии антитеррористической защищенности конкретных объектов, уязвимых в террористическом отношении, является информацией с ограниченным доступом. Виды информации, подлежащие ограничению, определяются нормативными правовыми актами, разрабатываемыми на основании подпункта 4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 4 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 10-2 в соответствии с Законом РК от 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); в редакции Закона РК от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z207" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 10-3. Обязанности собственников, владельцев, руководителей или иных должностных лиц объектов, уязвимых в террористическом отношении, субъектов охранной деятельности, заключивших договор об оказании охранных услуг по объектам, уязвимым в террористическом отношении</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 10-3 в редакции Закона РК от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z208" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Собственники, владельцы, руководители или иные должностные лица объектов, уязвимых в террористическом отношении, с целью обеспечения их антитеррористической защищенности обязаны реализовывать в соответствии с требованиями к организации антитеррористической защиты объектов, уязвимых в террористическом отношении, предусмотренными подпунктом 4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 4 настоящего Закона, и инструкциями по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, предусмотренными пунктом 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, мероприятия по:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z209" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечению соответствующего пропускного режима, оснащению объектов современным инженерно-техническим охранным оборудованием в соответствии с предъявляемыми к ним требованиями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z210" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разработке на основе типового паспорта – паспорта антитеррористической защищенности объекта, уязвимого в террористическом отношении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z211" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) организации профилактических и учебных мероприятий с персоналом объектов, уязвимых в террористическом отношении, по обеспечению их антитеррористической защищенности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) участию с уполномоченными государственными органами и организациями, оперативными штабами по борьбе с терроризмом при планировании и организации ими совместных действий по вопросам реагирования на акты терроризма, а также ликвидации угроз техногенного характера, возникших в результате совершенного акта терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) исключен Законом РК от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z214" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае совершения акта терроризма собственники, владельцы, руководители или иные должностные лица объектов, уязвимых в террористическом отношении, обязаны незамедлительно информировать органы национальной безопасности или органы внутренних дел Республики Казахстан о совершенном акте терроризма и обеспечить эвакуацию персонала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z191" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1-1. Субъекты охранной деятельности, заключившие договоры об оказании охранных услуг по объектам, уязвимым в террористическом отношении, исполняют обязанности по обеспечению соответствующего пропускного режима, организации учебных мероприятий со своим персоналом, надлежащему использованию технических средств защиты согласно требованиям к организации антитеррористической защиты объектов, уязвимых в террористическом отношении, предусмотренным подпунктом 4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 4 настоящего Закона, и инструкциям по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, предусмотренным пунктом 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z215" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В целях реализации соответствующих мероприятий собственники, владельцы, руководители или иные должностные лица объектов, уязвимых в террористическом отношении, обязаны предусматривать необходимое финансирование.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z216" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Невыполнение собственниками, владельцами, руководителями или иными должностными лицами объектов, уязвимых в террористическом отношении, а также субъектами охранной деятельности, заключившими договоры об оказании охранных услуг по объектам, уязвимым в террористическом отношении, обязанностей, предусмотренных настоящей статьей, влечет ответственность, предусмотренную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 10-3 в соответствии с Законом РК от 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными законами РК от 22.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z256" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 10-4. Недопущение ввоза, издания, изготовления и (или) распространения террористических материалов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. На территории Республики Казахстан запрещаются ввоз, издание, изготовление и (или) распространение террористических материалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Информационные материалы, ввозимые, издаваемые, изготавливаемые и (или) распространяемые на территории Республики Казахстан и содержащие признаки и (или) призывы к осуществлению террористической деятельности, в том числе к совершению акта терроризма, либо обосновывающие или оправдывающие необходимость осуществления такой деятельности, по заявлению прокурора признаются судом террористическими по месту нахождения прокурора, заявившего такие требования, или по месту обнаружения таких материалов с запрещением их ввоза, издания, изготовления и (или) распространения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 10-4 в соответствии с Законом РК от 03.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 244-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 11. Выявление террористической деятельности </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z25" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Выявление террористической деятельности государственными органами Республики Казахстан, осуществляющими противодействие терроризму, проводится в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Государственные органы и организации на территории Республики Казахстан обязаны информировать органы, осуществляющие противодействие терроризму, о всех происшествиях с признаками террористической деятельности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 11 с изменениями, внесенными Законом РК от 08.04.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 2013.01.08 </w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 12. Пресечение акта терроризма</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z144" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В целях пресечения акта терроризма, обезвреживания террористов, взрывных устройств, обеспечения безопасности физических лиц и организаций, а также минимизации и (или) ликвидации его последствий проводится антитеррористическая операция.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z145" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В целях сохранения жизни и здоровья людей, материальных ценностей и объектов, а также изучения возможности пресечения акта терроризма без применения силы допускается ведение переговоров с террористами. Ведение переговоров поручается лицам, специально уполномоченным на это руководителем оперативного штаба.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z146" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае, если в ходе переговоров с террористом (террористами) цель переговоров не может быть достигнута по причинам его (их) несогласия прекратить акт терроризма и сохраняется реальная угроза жизни и здоровью людей, руководитель антитеррористической операции вправе принять решение о ликвидации террориста (террористов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z147" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. При обнаружении явной угрозы охраняемому лицу или объекту и невозможности ее устранения иными законными средствами террорист (террористы) может быть (могут быть) по распоряжению руководителя антитеррористической операции ликвидирован (ликвидированы) без переговоров и предупреждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z148" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Участвующие в антитеррористической операции подразделения государственных органов применяют физическую силу, служебных собак, боевую и иную технику, оружие и специальные средства в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 12 в редакции Закона РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 12-1. Учет террористических организаций, информационных материалов, признанных террористическими, и лиц, привлеченных к ответственности за осуществление террористической деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В целях профилактики, выявления и пресечения терроризма государственный орган, осуществляющий в пределах своей компетенции статистическую деятельность в области правовой статистики и специальных учетов, на основании решений судов ведет учет террористических организаций, информационных материалов, признанных террористическими, и лиц, привлеченных к ответственности за осуществление террористической деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При признании судом организации террористической и запрещении деятельности посредством ее ликвидации за осуществление террористической деятельности, а также признании информационных материалов террористическими либо привлечении лиц к ответственности за осуществление террористической деятельности суд обязан незамедлительно направить в государственный орган, осуществляющий в пределах своей компетенции статистическую деятельность в области правовой статистики и специальных учетов, информационные учетные документы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственный орган, осуществляющий в пределах своей компетенции статистическую деятельность в области правовой статистики и специальных учетов, ведет единые списки организаций и информационных материалов, признанных судом террористическими.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Указанные списки подлежат размещению на интернет-ресурсе государственного органа, осуществляющего в пределах своей компетенции статистическую деятельность в области правовой статистики и специальных учетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 12-1 в соответствии с Законом РК от 28.08.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 192-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 08.03.2010); в редакции Закона РК от 03.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 244-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 13. Оперативные штабы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z149" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В целях противодействия терроризму создаются постоянно действующие республиканский и областной, города республиканского значения, столицы, района (города областного значения) и морской оперативные штабы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z150" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Руководителем республиканского оперативного штаба является Председатель Комитета национальной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z151" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководителем областного, города республиканского значения, столицы, районного (города областного значения) оперативного штаба является начальник территориального органа Комитета национальной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководителем морского оперативного штаба является начальник территориального подразделения Пограничной службы Комитета национальной безопасности, осуществляющего охрану Государственной границы Республики Казахстан и контроль за соблюдением установленных режимов в пограничном пространстве Республики Казахстан на Каспийском море.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z152" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Руководителем республиканского оперативного штаба при проведении антитеррористической операции, направленной на обеспечение безопасности лиц, подлежащих охране в соответствии с Законом Республики Казахстан "О Службе государственной охраны Республики Казахстан", является начальник Службы государственной охраны Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель областного, города республиканского значения, столицы, районного (города областного значения) оперативного штаба назначается начальником Службы государственной охраны Республики Казахстан из числа представителей государственных органов, входящих в состав республиканского оперативного штаба, или их территориальных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z153" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В состав республиканского оперативного штаба входят руководители государственных органов, осуществляющих противодействие терроризму, и иных государственных органов, которые в пределах своей компетенции могут оказать необходимую помощь в проведении антитеррористической операции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z3" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав областного, города республиканского значения, столицы, района (города областного значения) и морского оперативного штаба входят руководители территориальных подразделений государственных органов, осуществляющих противодействие терроризму, и иных государственных органов, которые в пределах своей компетенции могут оказать необходимую помощь в проведении антитеррористической операции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Исключен Законом РК от 12.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 180-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 13 в редакции Закона РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменениями, внесенными законами РК от 08.01.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 63-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жариялағанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 04.07.2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 233-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 244-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 12.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 180-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.11.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 375-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="48"/>
+    <w:bookmarkStart w:name="z154" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Терроризмге қарсы іс-қимылды ұйымдастырудың негіздері</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="48"/>
+        <w:t xml:space="preserve"> Статья 13-1. Руководство антитеррористической операцией</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z155" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В зависимости от масштабов и степени общественной опасности, ожидаемых негативных последствий акта терроризма руководство антитеррористической операцией осуществляет руководитель республиканского или областного, города республиканского значения, столицы, района (города областного значения) и морского оперативного штаба.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z156" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Руководитель оперативного штаба с начала проведения антитеррористической операции и до ее завершения становится ее руководителем и начальником для всех военнослужащих, сотрудников и специалистов государственных органов Республики Казахстан, привлекаемых к ее проведению. В соответствии с международными договорами, ратифицированными Республикой Казахстан, руководитель оперативного штаба становится начальником для специалистов подразделений специального назначения иностранных государств, привлекаемых для участия в антитеррористической операции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z157" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Руководитель оперативного штаба:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z158" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) определяет границы зоны проведения, время начала и завершения антитеррористической операции, принимает решение о направлениях и пределах использования приданных сил и средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z159" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определяет представителя оперативного штаба, ответственного за поддержание связи с представителями средств массовой информации и общественности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z160" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) принимает решение и отдает боевое распоряжение (боевой приказ) о проведении антитеррористической операции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z161" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Руководитель республиканского оперативного штаба при получении подтвержденной информации о совершенном акте терроризма или его подготовке, а также начале антитеррористической операции незамедлительно информирует Президента Республики Казахстан, Совет Безопасности Республики Казахстан, Генерального Прокурора Республики Казахстан и Правительство Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z164" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Неправомерное вмешательство другого должностного лица независимо от занимаемой должности в оперативное руководство антитеррористической операцией не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 13-1 в соответствии с Законом РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменениями, внесенными законами РК от 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.01.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 12.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 180-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 14. Силы и средства, привлекаемые для проведения антитеррористических операций</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z165" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Для проведения антитеррористических операций оперативным штабам придаются необходимые силы и средства государственных органов, осуществляющих противодействие терроризму.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z166" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В соответствии с международными договорами, ратифицированными Республикой Казахстан, в необходимых случаях для участия в антитеррористической операции могут привлекаться подразделения специального назначения иностранных государств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z167" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Вооруженные Силы Республики Казахстан применяются в ходе проведения антитеррористической операции по решению Президента Республики Казахстан, в соответствии с настоящим Законом и Законом Республики Казахстан "Об обороне и Вооруженных Силах Республики Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 14 в редакции Закона РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменением, внесенным Законом РК от 10.01.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z219" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 14-1. Применение Вооруженных Сил Республики Казахстан для пресечения актов терроризма</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-тараудың тақырыбы жаңа редакцияда - ҚР 2010.04.08 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+      Сноска. Заголовок статьи 14-1 в редакции Закона РК от 10.01.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z220" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Вооруженные Силы Республики Казахстан применяются для:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z221" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) пресечения полетов воздушных судов, используемых для совершения акта терроризма либо захваченных террористами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z222" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) пресечения актов терроризма во внутренних и территориальных водах, в рыболовной зоне, на объектах морской экономической деятельности, расположенных на континентальном шельфе Республики Казахстан, а также для обеспечения безопасности мореплавания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z223" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) участия в проведении антитеррористической операции в порядке, предусмотренном настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z224" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Вооруженные Силы Республики Казахстан при участии в проведении антитеррористической операции применяют специальные средства, оружие и боевую технику в соответствии с настоящим Законом и иными законодательными актами Республики Казахстан. При этом на военнослужащих Вооруженных Сил Республики Казахстан распространяются положения Закона Республики Казахстан "Об органах национальной безопасности Республики Казахстан" в части, касающейся условий, порядка и пределов применения физической силы, специальных средств, оружия и использования боевой техники в зоне проведения антитеррористической операции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 14-1 в соответствии с Законом РК от 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными законами РК от 10.01.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 23.02.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z225" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 14-2. Пресечение актов терроризма в воздушном пространстве</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z226" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Вооруженные Силы Республики Казахстан применяют оружие и боевую технику в целях устранения угрозы акта терроризма в воздушном пространстве или в целях его пресечения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z227" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В случае, если воздушное судно не реагирует на радиокоманды наземных пунктов управления прекратить нарушение правил использования воздушного пространства Республики Казахстан и (или) на радиокоманды и визуальные сигналы поднятых на его перехват летательных аппаратов Вооруженных Сил Республики Казахстан либо отказывается подчиниться радиокомандам и визуальным сигналам без объяснения причин, Вооруженные Силы Республики Казахстан применяют оружие и боевую технику для пресечения полета указанного воздушного судна путем принуждения его к посадке. Если воздушное судно не подчиняется требованиям о посадке и существует реальная опасность гибели людей либо наступления техногенной катастрофы, оружие и боевая техника применяются для пресечения полета указанного воздушного судна путем его уничтожения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z228" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В случае, если имеется достоверная информация об использовании воздушного судна для совершения акта терроризма или о захвате воздушного судна и при этом были исчерпаны все обусловленные сложившимися обстоятельствами меры, необходимые для его посадки, и существует реальная опасность гибели людей либо наступления техногенной катастрофы, Вооруженные Силы Республики Казахстан применяют оружие и боевую технику для пресечения полета указанного воздушного судна путем его уничтожения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 14-2 в соответствии с Законом РК от 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z229" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 14-3. Пресечение актов терроризма во внутренних и территориальных водах, в рыболовной зоне, на континентальном шельфе Республики Казахстан и при обеспечении безопасности мореплавания</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 14-3 с изменением, внесенным Законом РК от 23.02.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z230" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Вооруженные Силы Республики Казахстан применяют оружие, боевую технику и специальные средства в целях устранения угрозы акта терроризма во внутренних и территориальных водах, в рыболовной зоне, на континентальном шельфе Республики Казахстан и при обеспечении безопасности мореплавания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z231" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В случае, если морские или речные суда и корабли (плавательные средства) не реагируют на команды и (или) сигналы прекратить нарушение правил использования водного пространства Республики Казахстан либо отказываются подчиниться требованиям об остановке, оружие военных кораблей (летательных аппаратов) Вооруженных Сил Республики Казахстан применяется для принуждения к остановке плавательного средства в целях устранения угрозы акта терроризма. Если плавательное средство не подчиняется требованиям об остановке и (или) невозможно принудить его к остановке и при этом были исчерпаны все обусловленные сложившимися обстоятельствами меры, необходимые для его остановки, и существует реальная опасность гибели людей либо наступления экологической катастрофы, оружие военных кораблей (летательных аппаратов) Вооруженных Сил Республики Казахстан применяется для пресечения движения плавательного средства путем его уничтожения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 14-3 в соответствии с Законом РК от 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными Законом РК от 23.02.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 15. Правовой режим в зоне проведения антитеррористической операции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z168" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В целях пресечения и раскрытия акта терроризма, минимизации его последствий, обеспечения безопасности охраняемых лиц, перечень которых установлен Законом Республики Казахстан "О Службе государственной охраны Республики Казахстан", а также защиты жизненно важных интересов личности, общества и государства по решению руководителя антитеррористической операции в пределах ее проведения может вводиться правовой режим антитеррористической операции на период ее проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z169" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Решение о введении правового режима антитеррористической операции (включая определение зоны (перечня объектов), в пределах которой (на которых) такой режим вводится, и перечня применяемых мер и временных ограничений) и решение об его отмене незамедлительно доводятся до населения, местных исполнительных органов и органов местного самоуправления, администрации организаций, руководителей объектов соответствующей территории через средства массовой информации и сети телекоммуникаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 15 в редакции Закона РК от 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменением, внесенным Законом РК от 04.07.2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 233-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z170" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 15-1. Меры и временные ограничения, применяемые на период проведения антитеррористической операции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z171" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В зоне проведения антитеррористической операции лица, участвующие в антитеррористической операции, имеют право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z172" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) производить проверку документов, удостоверяющих личность, а в случае их отсутствия осуществлять в установленном законодательством Республики Казахстан порядке задержание физических лиц и доставлять их в органы внутренних дел или другие государственные органы для установления личности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z173" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) производить личный досмотр и досмотр вещей, находящихся при физическом лице, досмотр транспортных средств, в том числе с применением технических средств, без участия понятых;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z174" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в установленном законодательством Республики Казахстан порядке задерживать и доставлять в органы внутренних дел лиц, совершивших или совершающих правонарушения или иные действия, направленные на воспрепятствование законным требованиям лиц, участвующих в антитеррористической операции, а также за действия, связанные с несанкционированным проникновением или попыткой проникновения в зону проведения антитеррористической операции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z175" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) удалять физических лиц с отдельных объектов, участков местности и водного пространства, временно ограничивать или запрещать движение транспортных средств, включая их отбуксирование, в том числе транспортных средств дипломатических и консульских представительств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z176" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) использовать в служебных целях средства связи, включая специальные, для ведения мониторинга радиоэфира, контроля телефонных переговоров и иной информации, передаваемой по каналам телекоммуникационных систем, а также для осуществления поиска на каналах электрической связи и в почтовых отправлениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z177" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) использовать транспортные средства (кроме транспортных средств представительств иностранных государств и международных организаций, обладающих дипломатическим иммунитетом) для доставления лиц, нуждающихся в экстренной медицинской помощи, в лечебные учреждения, проезда к месту совершения акта терроризма, а также для преследования и задержания лиц, подозреваемых в совершении акта терроризма, если промедление может создать реальную угрозу жизни или здоровью людей, с возмещением материального ущерба собственникам в случае его причинения в порядке, определяемом Правительством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z178" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) применять в отношении террористов физическую силу, служебных собак, боевую и иную технику, оружие и специальные средства без предупреждений и ограничений, предусмотренных законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z179" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) беспрепятственно проникать в жилые и иные помещения, находящиеся в собственности или во владении и в пользовании физических и юридических лиц, и на земельные участки, принадлежащие им на праве частной собственности или праве землепользования, если промедление может создать реальную угрозу жизни и здоровью людей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z180" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      О случаях проникновения в жилище граждан руководитель оперативного штаба либо уполномоченное им лицо уведомляют прокурора в течение двадцати четырех часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z181" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В зоне проведения антитеррористической операции по решению руководителя оперативного штаба могут применяться следующие временные ограничения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z182" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) приостановление деятельности опасных производственных объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z183" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) приостановление оказания услуг связи физическим и (или) юридическим лицам и (или) ограничение использования сети и средств связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z184" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) усиление охраны общественного порядка, объектов, подлежащих государственной охране, и объектов, обеспечивающих жизнедеятельность населения и функционирование транспорта, а также объектов, имеющих особую материальную, историческую, научную, художественную или культурную ценность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z185" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) временное отселение физических лиц, проживающих в зоне проведения антитеррористической операции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z186" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) введение карантина, проведение санитарно-противоэпидемических, ветеринарных мероприятий и мероприятий по карантину растений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z187" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ограничение или запрещение на торговлю оружием, боеприпасами, взрывчатыми веществами, сильнодействующими химическими и ядовитыми веществами, установление особого режима оборота лекарственных средств, наркотических средств, психотропных веществ и прекурсоров, этилового спирта и алкогольной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z232" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) приостановление охранной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z188" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В зоне проведения антитеррористической операции могут устанавливаться (вводиться) как весь комплекс мер и временных ограничений, предусмотренных пунктами 1 и 2 настоящей статьи, так и отдельные меры и временные ограничения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z189" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Нахождение в зоне проведения антитеррористической операции представителей средств массовой информации и осуществление ими звукозаписи, фото- и видеосъемки допускаются только с разрешения руководителя оперативного штаба.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z190" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Действия лиц, участвующих в проведении антитеррористической операции от ее начала и до момента завершения, считаются действиями, совершаемыми в состоянии необходимой обороны или крайней необходимости</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена статьей 15-1 в соответствии с Законом РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен.</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменениями, внесенными законами РК от 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 244-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 12.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 180-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...544 lines deleted...]
-    <w:bookmarkStart w:name="z121" w:id="76"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Возмещение вреда и социальная реабилитация лиц, </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>потерпевших в результате акта терроризма</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z35" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 16. Возмещение вреда, причиненного в результате акта терроризма или при его пресечении</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z36" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Мемлекеттік органдардың терроризмге қарсы іс-қимыл саласындағы шешімдерін іске асыру үшін аталған органдардың нормативтік құқықтық және құқықтық актілері шығарылуы мүмкін. </w:t>
-[...202 lines deleted...]
-    <w:bookmarkEnd w:id="86"/>
+      1. Возмещение имущественного вреда, причиненного физическим и юридическим лицам в результате акта терроризма, осуществляется в порядке, установленном Правительством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z233" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Компенсация морального вреда, причиненного в результате акта терроризма, осуществляется за счет лиц, его совершивших.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z234" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Вред, причиненный при пресечении акта терроризма здоровью и имуществу лица (лиц), совершающего акт терроризма, а также вред, вызванный смертью этого лица (лиц), возмещению не подлежат. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z235" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Возмещение вреда физическим и юридическим лицам, причиненного при пресечении акта терроризма, осуществляется за счет бюджетных средств в порядке, установленном Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-бап жаңа редакцияда - ҚР 2010.04.08 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Сноска. Статья 16 в редакции Закона РК от 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 17. Социальная реабилитация лиц, потерпевших от акта терроризма</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z38" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Социальная реабилитация лиц, потерпевших от акта терроризма, включает в себя бесплатную необходимую правовую помощь, психологическую и медицинскую реабилитацию в порядке, установленном Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17-1. Социальная реабилитация детей, пострадавших от террористической деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z258" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Детям, пострадавшим от террористической деятельности, обеспечивается социальная реабилитация в порядке и сроки, определяемые уполномоченным органом в области образования и науки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z259" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Социальная реабилитация детей, пострадавших от террористической деятельности, включает в себя правовые, образовательные, психологические, медицинские, культурные и социально-бытовые услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 17-1 в соответствии с Законом РК от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 326-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 18. Защита лиц, участвующих в противодействии терроризму </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 18 в редакции Закона РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен, өзгерістер енгізілді - ҚР 2012.02.13 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2010.04.08 </w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       Сотрудникам государственных органов Республики Казахстан, осуществляющим противодействие терроризму, а также лицам, оказывающим содействие в противодействии терроризму, и членам их семей в случае угрозы жизни и здоровью могут осуществляться по их просьбе изменение облика, фамилии, имени и отчества, а также места работы и места жительства за счет средств, выделяемых на содержание этих органов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 18 с изменениями, внесенными Законом РК от 08.04.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 2013.01.08 </w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z41" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...15 lines deleted...]
-          <w:color w:val="ff0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 19. Освобождение от ответственности за причинение вреда террористу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z42" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тақырыпқа өзгерту енгізілді - ҚР 2010.04.08 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+      При проведении антитеррористической операции на основании и в пределах, установленных настоящим Законом, допускается вынужденное причинение вреда здоровью и имуществу террориста, а также иным правоохраняемым интересам. При этом военнослужащие, специалисты и другие лица, участвующие в противодействии терроризму, освобождаются от ответственности за вред, причиненный при проведении антитеррористической операции, или за принятие решения о ликвидации террориста в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 19 с изменениями, внесенными Законом РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен.</w:t>
-[...79 lines deleted...]
-    <w:bookmarkEnd w:id="89"/>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Ответственность за участие в террористической</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z44" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 20. Ответственность лиц за участие в террористической деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z45" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Лица, участвующие в террористической деятельности, несут уголовную ответственность, предусмотренную Уголовным кодексом Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Лицо, участвовавшее в подготовке акта терроризма, освобождается от уголовной ответственности, если оно своевременным предупреждением государственных органов или иным способом способствовало предотвращению акта терроризма и если в его действиях не содержится состава иного преступления. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-бапқа өзгерту енгізілді - ҚР 2010.04.08 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Сноска. Статья 20 с изменениями, внесенными Законом РК от 10.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 21. Ответственность организаций за террористическую деятельность</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Деятельность организации, а также ее структурного подразделения (филиала и представительства) в случае осуществления ею террористической деятельности запрещается посредством признания ее террористической и ликвидации в порядке, предусмотренном законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При ликвидации организации, признанной террористической, принадлежащее ей (филиалу и представительству) имущество, находящееся на территории Республики Казахстан, конфискуется и обращается в доход государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 21 в редакции Закона РК от 03.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 244-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z236" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 21-1. Порядок погребения лиц, смерть которых наступила в результате совершения ими акта терроризма, а также при пресечении совершаемого ими акта терроризма</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z237" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Погребение лиц, уголовное преследование в отношении которых в связи с их участием в террористической деятельности прекращено из-за их смерти, наступившей в результате совершения ими акта терроризма, а также при пресечении совершаемого ими акта терроризма, осуществляется в порядке, установленном Правительством Республики Казахстан. Тела указанных лиц для захоронения не выдаются, и о месте их захоронения не сообщается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 6 дополнена статьей 21-1 в соответствии с Законом РК от 08.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 7. Материально-техническое обеспечение</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>подразделений специального назначения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>государственных органов Республики Казахстан,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>осуществляющих противодействие терроризму</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 7 с изменениями, внесенными Законом РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен.</w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 22. Материально-техническое обеспечение подразделений специального назначения государственных органов Республики Казахстан, осуществляющих противодействие терроризму</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок статьи 22 с изменениями, внесенными Законом РК от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Материально-техническое обеспечение подразделений специального назначения государственных органов Республики Казахстан, осуществляющих противодействие терроризму, производится за счет бюджетных средств. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 22 с изменениями, внесенными законами РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 1 января 2005 г.); от 08.04.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 266-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z49" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-    </w:p>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 8. Контроль и надзор за законностью осуществления</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>деятельности в сфере противодействия терроризму</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тақырыпқа өзгерту енгізілді - ҚР 2010.04.08 </w:t>
+      Сноска. Заголовок главы 8 в редакции Закона РК от 08.04.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен.</w:t>
-[...37 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 23. Контроль за осуществлением деятельности в сфере противодействия терроризму</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z195" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Контроль за осуществлением деятельности в сфере противодействия терроризму в Республике Казахстан осуществляет уполномоченный государственный орган по координации деятельности в сфере противодействия терроризму.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-бапқа өзгерістер енгізілді - ҚР 2010.04.08 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 23 в редакции Закона РК от 08.04.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен; 28.12.2016 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін екі ай өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="90"/>
+    <w:bookmarkStart w:name="z238" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Қазақстан Республикасының терроризмге қарсы іс-қимылды</w:t>
+        <w:t xml:space="preserve"> Статья 23-1. Государственный контроль за соблюдением требований законодательства Республики Казахстан о противодействии терроризму в части обеспечения антитеррористической защищенности объектов, уязвимых в террористическом отношении</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z293" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Предметом государственного контроля является соблюдение субъектами контроля требований законодательства Республики Казахстан о противодействии терроризму в части обеспечения антитеррористической защищенности объектов, уязвимых в террористическом отношении, за исключением воинских частей и учреждений Вооруженных Сил Республики Казахстан, других войск и воинских формирований, объектов специальных государственных органов, органов внутренних дел Республики Казахстан, а также охраняемых объектов и загранучреждений Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z294" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Государственный контроль осуществляется в форме проверки сотрудниками органов внутренних дел Республики Казахстан, за исключением контроля за состоянием антитеррористической защищенности воинских частей и учреждений Вооруженных Сил Республики Казахстан, других войск и воинских формирований, объектов специальных государственных органов, органов внутренних дел Республики Казахстан, а также охраняемых объектов и загранучреждений Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z295" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Порядок проведения проверки определяется </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 23-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z296" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Контроль за состоянием антитеррористической защищенности воинских частей и учреждений Вооруженных Сил Республики Казахстан, других войск и воинских формирований, объектов специальных государственных органов, органов внутренних дел Республики Казахстан, загранучреждений Республики Казахстан, уязвимых в террористическом отношении, осуществляется в порядке, определяемом первыми руководителями соответствующих государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z297" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Контроль за состоянием антитеррористической защищенности охраняемых объектов осуществляется в порядке, определяемом начальником Службы государственной охраны Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 8 дополнена статьей 23-1 в соответствии с Законом РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); в редакции Закона РК от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z240" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>жүзеге асыратын мемлекеттік органдарының құзыреті</w:t>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> Статья 23-2. Порядок проведения проверки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z298" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-тараудың тақырыбы жаңа редакцияда - ҚР 2010.04.08 </w:t>
-[...26 lines deleted...]
-        <w:jc w:val="both"/>
+      1. Проверка субъектов (объектов) контроля проводится органами внутренних дел Республики Казахстан на периодической основе и внепланово в рабочее время субъекта (объекта) контроля. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z299" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Проверка на периодической основе проводится один раз в два года путем посещения объекта контроля. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z300" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Внеплановая проверка осуществляется путем посещения объекта контроля на основании:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z301" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) контроля исполнения выданных предписаний об устранении выявленных нарушений; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z302" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) решения руководителя республиканского, областного, города республиканского значения, столицы оперативного штаба по борьбе с терроризмом при введении уровня террористической опасности на всей территории, территории регионов или населенных пунктов Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z303" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) решения председателя антитеррористической комиссии области, города республиканского значения, столицы в случае поступления информации о возможных угрозах акта терроризма на объектах, уязвимых в террористическом отношении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z304" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Внеплановая проверка, осуществляемая на основании подпункта 1) пункта 3 настоящей статьи, назначается органами внутренних дел Республики Казахстан с целью проверки фактов и обстоятельств, послуживших основанием для назначения внеплановой проверки, и не позднее истечения тридцати рабочих дней по окончании срока устранения нарушений, указанного в предписании об устранении выявленных нарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z305" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Проверка на периодической основе после проведения внеплановой проверки назначается по истечении двух лет со дня окончания внеплановой проверки в случае устранения выявленных нарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z306" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Проверка проводится на основании акта о назначении проверки без предварительного уведомления субъекта контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z307" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Сотрудник (сотрудники) органов внутренних дел Республики Казахстан при проверке объектов, уязвимых в террористическом отношении, обязан (обязаны) предъявить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z308" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) акт о назначении проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z309" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) служебное удостоверение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z310" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Срок проведения проверки устанавливается с учетом объема предстоящих работ, поставленных задач и не должен превышать семь рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z311" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Срок проведения проверки может быть продлен только один раз руководителем органа внутренних дел Республики Казахстан либо лицом, его замещающим, только в случае необходимости проведения сложных и (или) длительных экспертиз. Срок продления проверки не должен превышать три рабочих дня со дня получения результатов экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z312" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продление срока проведения проверки оформляется дополнительным актом о продлении проверки с обязательным уведомлением субъекта контроля или его уполномоченного лица. В дополнительном акте о продлении проверки указываются номер и дата регистрации предыдущего акта о назначении проверки и причина продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z313" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Уведомление о продлении срока проведения проверки вручается сотрудником (сотрудниками) органов внутренних дел Республики Казахстан не менее чем за один рабочий день до продления. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z314" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Началом проведения проверки считается дата вручения субъекту контроля либо его уполномоченному лицу акта о назначении проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z315" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. В акте о назначении проверки указываются: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z316" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер и дата акта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z317" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование подразделения органа внутренних дел Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z318" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность сотрудника (сотрудников) органов внутренних дел Республики Казахстан, уполномоченного (уполномоченных) на проведение проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z319" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сведения о специалистах, консультантах и экспертах государственных органов и организаций, привлекаемых для проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z320" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наименование субъекта контроля (наименование юридического лица или его филиала и (или) представительства) или фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица, в отношении которого назначено проведение проверки, бизнес-идентификационный номер или индивидуальный идентификационный номер субъекта контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z321" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) наименование объекта контроля с указанием места нахождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z322" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) предмет назначенной проверки, в том числе нормативные правовые акты, обязательные требования которых подлежат проверке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z323" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) срок проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z324" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) правовые основания проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z325" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) права и обязанности субъекта контроля, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 23-5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z326" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) сотрудника (сотрудников) органов внутренних дел Республики Казахстан, уполномоченного (уполномоченных) подписывать акт, печать органа внутренних дел Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z327" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) подпись субъекта контроля (руководителя юридического лица, физического лица) или уполномоченного лица о получении или об отказе в получении акта о назначении проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z328" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Акт о назначении проверки, дополнительный акт о продлении проверки регистрируется в журнале регистрации проверок в подразделениях органов внутренних дел Республики Казахстана, назначивших проверку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z329" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сотрудник органов внутренних дел Республики Казахстан акт о назначении проверки регистрирует в уполномоченном органе в области правовой статистики и специальных учетов в течение следующего рабочего дня после начала проверки, дополнительный акт продлении проверки регистрирует в течение следующего рабочего дня после уведомления субъекта контроля или его уполномоченного лица о продлении проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z330" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В случаях отказа в принятии акта о назначении проверки либо воспрепятствования доступу сотрудника (сотрудников) органов внутренних дел Республики Казахстан к объекту контроля, непредставления материалов и сведений, необходимых для проведения проверки, принимаются меры в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z331" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. По результатам проверки сотрудником (сотрудниками) органа внутренних дел Республики Казахстан, осуществляющим (осуществляющими) проверку, составляются в двух экземплярах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z332" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) акт о результатах проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z333" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) предписание об устранении выявленных нарушений в случаях выявления нарушения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z334" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. В акте о результатах проверки указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z335" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер, дата, время и место составления акта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z336" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование подразделения органа внутренних дел Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z337" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дата и номер акта о назначении проверки, на основании которого проведена проверка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z338" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность сотрудника (сотрудников) органов внутренних дел Республики Казахстан, проводившего (проводивших) проверку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z339" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сведения о специалистах, консультантах и экспертах государственных органов и организаций, привлекаемых для проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z340" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) наименование субъекта контроля (наименование юридического лица или его филиала и (или) представительства) или фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица, в отношении которого назначено проведение проверки, должность (при наличии) уполномоченного лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z341" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) наименование объекта контроля с указанием места нахождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z342" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) дата, место и период проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z343" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) сведения о результатах проверки, в том числе о выявленных нарушениях, их характере;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z344" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) сведения об ознакомлении или об отказе в ознакомлении с актом о результатах проверки субъекта контроля или уполномоченного лица субъекта контроля, их подписи или отказ от подписи, а также отметка о наличии замечаний и (или) возражений по результатам проведенной проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z345" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) подпись сотрудника (сотрудников) органов внутренних дел Республики Казахстан, проводившего (проводивших) проверку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z346" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Завершением срока проверки считается день вручения субъекту контроля или его уполномоченному лицу второго экземпляра акта о результатах проверки не позднее срока окончания проверки, указанного в акте о назначении проверки либо в дополнительном акте о продлении проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z347" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. В случае отсутствия нарушения при проведении проверки в акте о результатах проверки производится соответствующая запись.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z348" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Предписание об устранении выявленных нарушений в случаях выявления нарушений вручается в течение десяти рабочих дней после окончания проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z349" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. В предписании об устранении выявленных нарушений указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z350" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дата, время и место составления предписания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z351" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) и должность сотрудника (сотрудников) органов внутренних дел Республики Казахстан, проводившего (проводивших) проверку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z352" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наименование субъекта контроля (наименование юридического лица или его филиала и (или) представительства) или фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) физического лица, в отношении которого назначено проведение проверки, должность (при наличии) уполномоченного лица, присутствовавшего при проведении проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z353" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) наименование объекта контроля с указанием места нахождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z354" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) номер и дата акта о результатах проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z355" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) перечень выявленных нарушений и требования об устранении выявленных нарушений с указанием срока их устранения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z356" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сведения об ознакомлении или об отказе в ознакомлении с предписанием об устранении выявленных нарушений субъекта контроля или его уполномоченного лица, их подписи или отказ от подписи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z357" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) подпись сотрудника (сотрудников) органов внутренних дел Республики Казахстан, проводившего (проводивших) проверку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z358" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Сроки устранения выявленных нарушений, указанных в предписании об устранении выявленных нарушений, определяются с учетом обстоятельств, оказывающих влияние на реальную возможность его исполнения, но не менее тридцати календарных дней и не более двенадцати месяцев со дня вручения предписания об устранении выявленных нарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z359" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При определении сроков устранения выявленных нарушений, указанных в предписании об устранении выявленных нарушений, учитываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z360" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие у субъекта контроля организационных, технических возможностей по устранению нарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z361" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) особенности технического состояния инженерно-технических средств защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z362" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сроки получения в государственных органах, местных исполнительных органах обязательных заключений, согласований и других документов, установленных законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z363" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) своевременность, полнота выделения или отсутствие поступления из государственного бюджета денег на организацию антитеррористической защиты объектов, уязвимых в террористическом отношении, финансируемого из государственного бюджета, при наличии подтверждающих документов, оформленных в соответствии с нормативными правовыми актами в области бюджетного планирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z364" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Если в результате проведения проверки будут выявлены факты неисполнения и (или) ненадлежащего исполнения субъектом контроля обязанностей, установленных настоящим Законом и нормативными правовыми актами о противодействии терроризму в части обеспечения антитеррористической защищенности объектов, уязвимых в террористическом отношении, за исключением обстоятельств, обусловленных подпунктами 3) и 4) пункта 20 настоящей статьи, сотрудник (сотрудники) органов внутренних дел Республики Казахстан в пределах полномочий обязан (обязаны) принять меры по привлечению субъекта контроля к ответственности, установленной законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z365" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. В случае наличия замечаний и (или) возражений по результатам проверки субъект контроля излагает их в письменном виде. Замечания и (или) возражения прилагаются к акту о результатах проверки, о чем делается соответствующая отметка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z366" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Акт о результатах проверки и (или) предписание об устранении выявленных нарушений могут быть обжалованы вышестоящему подразделению органа внутренних дел Республики Казахстан либо в суд в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z367" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Акт о результатах проверки и (или) предписание об устранении выявленных нарушений, признанные вышестоящим подразделением органов внутренних дел Республики Казахстан либо судом недействительными, не могут являться доказательством нарушения субъектом контроля требований законодательства Республики Казахстан о противодействии терроризму в части обеспечения антитеррористической защищенности объектов, уязвимых в террористическом отношении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z368" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. К грубым нарушениям требований к организации и проведению проверок относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z369" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отсутствие оснований проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z370" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отсутствие акта о назначении проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z371" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначение проверки по вопросам, не входящим в компетенцию органа внутренних дел Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z372" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нарушение срока проведения проверки, предусмотренного настоящей статьей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 8 дополнена статьей 23-2 в соответствии с Законом РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); в редакции Закона РК от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z251" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...365 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 23-3. Результаты контроля за состоянием антитеррористической защищенности объектов, уязвимых в террористическом отношении</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      күзетілетін объектілердің терроризмге қарсы қорғалу паспорттарын келіседі, есепке алуды, сақтауды және (немесе) жоюды жүргізеді. </w:t>
-[...93 lines deleted...]
-    </w:p>
+      Сноска. Глава 8 дополнена статьей 23-3 в соответствии с Законом РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); исключена Законом РК от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z373" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 23-4. Права и обязанности сотрудников органов внутренних дел Республики Казахстан при проведении проверки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z374" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сотрудник (сотрудники) органов внутренних дел Республики Казахстан при проведении проверки имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z375" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) беспрепятственного доступа на территорию и в помещения субъекта (объекта) контроля при предъявлении документов, указанных в пункте 7 статьи 23-2 настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z376" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получать материалы и сведения на бумажных и (или) электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к инженерно-техническим средствам защиты, информационным системам и автоматизированным базам данных в соответствии с предметом проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z377" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) привлекать специалистов, консультантов и экспертов государственных органов и организаций в соответствии с назначением объекта контроля по согласованию с соответствующими государственными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z378" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществлять аудио-, фото- и видеосъемку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z379" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При проведении проверки сотрудник (сотрудники) органов внутренних дел Республики Казахстан не вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z380" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проверять выполнение требований, не установленных законодательством Республики Казахстан о противодействии терроризму в части обеспечения антитеррористической защищенности объектов, уязвимых в террористическом отношении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z381" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) требовать представления материалов и сведений, если они не относятся к предмету проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z382" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) изымать инженерно-технические средства защиты (их элементы, носители информации) без оформления протокола об изъятии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z383" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) превышать установленный срок проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z384" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) проводить в соответствии с предметом проверки мероприятия, носящие затратный характер, за счет субъекта контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z385" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) разглашать и (или) распространять информацию, полученную в результате проведения проверки, составляющую коммерческую, налоговую или иную охраняемую законом тайну, за исключением случаев, предусмотренных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z386" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сотрудник (сотрудники) органов внутренних дел Республики Казахстан при проведении проверки обязан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z387" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соблюдать законодательство Республики Казахстан, права и законные интересы субъектов контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z388" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проводить проверки на основании и в соответствии с порядком, определяемым настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z389" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не препятствовать установленному режиму работы субъекта (объекта) контроля в период проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z390" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не препятствовать субъекту контроля или его уполномоченному лицу присутствовать при проведении проверки, давать разъяснения по вопросам, относящимся к предмету проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z391" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) предоставлять субъекту контроля необходимую информацию, относящуюся к предмету проверки, при ее проведении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z392" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обеспечить сохранность материалов и сведений, полученных в результате проведения проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 8 дополнена статьей 23-4 в соответствии с Законом РК от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="96"/>
+    <w:bookmarkStart w:name="z410" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 23-5. Права и обязанности субъекта контроля или его уполномоченного лица при проведении проверки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z393" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Субъект контроля или его уполномоченное лицо при осуществлении проверки вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z394" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не допускать сотрудника (сотрудников) органов внутренних дел Республики Казахстан, прибывшего (прибывших) для проведения проверки на объект контроля, в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z395" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6) Қазақстан Республикасының қаржы мониторингі жөніндегі уәкілетті органы қаржы мониторингін жүзеге асырады және "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының </w:t>
-[...202 lines deleted...]
-    <w:bookmarkEnd w:id="105"/>
+      отсутствия документов, предусмотренных пунктом 7 статьи 23-2 настоящего Закона; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z396" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      истечения срока проверки, указанного в акте о назначении проверки, либо срока, указанного в дополнительном акте о продлении проверки в случае продления проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z397" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не представлять материалы и сведения, если они не относятся к предмету проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z398" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обжаловать акт о назначении проверки, акт о результатах проверки, предписание об устранении выявленных нарушений и действия (бездействие) сотрудника (сотрудников) органов внутренних дел Республики Казахстан в порядке, определяемом законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z399" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не исполнять не предусмотренные законами Республики Казахстан требования сотрудника (сотрудников) органов внутренних дел Республики Казахстан, ограничивающие деятельность субъектов (объектов) контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z400" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) фиксировать процесс осуществления проверки, отдельные действия сотрудника (сотрудников) органов внутренних дел Республики Казахстан, привлекаемых специалистов, консультантов и экспертов государственных органов и организаций с помощью средств аудио-, фото- и видеотехники, не создавая препятствий их деятельности, без права свободного распространения полученной информации, в том числе в средствах массовой информации и Интернете;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z401" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) привлекать третьих лиц к проводимой проверке в целях представления своих прав и законных интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z402" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Субъект контроля или его уполномоченное лицо при проведении проверки обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z403" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) обеспечить беспрепятственный доступ на территорию и в помещения субъекта (объекта) контроля сотруднику (сотрудникам) органов внутренних дел Республики Казахстан при предъявлении документов, указанных в пункте 7 статьи 23-2 настоящего Закона, а также специалистам, консультантам и экспертам государственных органов и организаций, привлекаемым для проведения проверки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z404" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечить безопасность сотрудника (сотрудников) органов внутренних дел Республики Казахстан, прибывшего (прибывших) для проведения проверки, а также специалистов, консультантов и экспертов, привлекаемых для проведения проверки, от вредных и опасных производственных факторов воздействия в соответствии с установленными для данного объекта нормативами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z405" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) представлять сотруднику (сотрудникам) органов внутренних дел Республики Казахстан материалы и сведения на бумажных и (или) электронных носителях либо их копии для приобщения к акту о результатах проверки и предписанию об устранении выявленных нарушений, а также доступ к инженерно-техническим средствам защиты объектов, уязвимых в террористическом отношении, в том числе к информационным системам и автоматизированным базам данных, в соответствии с предметом проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z406" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сделать отметку о получении на втором экземпляре акта о назначении проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z407" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сделать отметку о получении на втором экземпляре акта о результатах проверки в день окончания проверки и во втором экземпляре предписания об устранении выявленных нарушений при его получении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z408" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) не допускать внесения изменений и дополнений в материалы, а также изменений в конфигурацию и характеристики инженерно-технических средств, информационных систем и автоматизированных баз данных, относящиеся к предмету проверки в период проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z409" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) исполнять предписание об устранении выявленных нарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 8 дополнена статьей 23-5 в соответствии с Законом РК от 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z196" w:id="106"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z72" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 24. Надзор за соблюдением законности в сфере противодействия терроризму</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z196" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Высший надзор за соблюдением законности при осуществлении деятельности в сфере противодействия терроризму осуществляют Генеральный Прокурор Республики Казахстан и подчиненные ему прокуроры.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...285 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 11.07.2017 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 24 в редакции Закона РК от 11.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 26.12.2017 </w:t>
-[...8585 lines deleted...]
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -13149,71 +13776,50 @@
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -13225,51 +13831,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Президенті</w:t>
+              <w:t>      Президент</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -13278,51 +13908,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>