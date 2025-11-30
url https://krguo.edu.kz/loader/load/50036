--- v0 (2025-10-11)
+++ v1 (2025-11-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="729853c" w14:textId="729853c">
+    <w:p w14:paraId="8655c15" w14:textId="8655c15">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,7191 +76,7406 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Дербес деректер және оларды қорғау туралы</w:t>
-[...16 lines deleted...]
-        <w:t>Қазақстан Республикасының 2013 жылғы 21 мамырдағы № 94-V Заңы.</w:t>
+        <w:t>О персональных данных и их защите</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 21 мая 2013 года N 94-V.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Қолданушылар назарына!</w:t>
+        <w:t>      Вниманию пользователей!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Қолданушыларға ыңғайлы болуы үшін ЗҚАИ мазмұнды жасады. </w:t>
-[...23 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ОГЛАВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящий Закон регулирует общественные отношения в сфере персональных данных, а также определяет цель, принципы и правовые основы деятельности, связанные со сбором, обработкой и защитой персональных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) биометрические данные – персональные данные, которые характеризуют физиологические и биологические особенности субъекта персональных данных, на основе которых можно установить его личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) персональные данные – сведения, относящиеся к определенному или определяемому на их основании субъекту персональных данных, зафиксированные на электронном, бумажном и (или) ином материальном носителе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z121" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) государственный сервис контроля доступа к персональным данным (далее – государственный сервис) – услуга, обеспечивающая информационное взаимодействие собственников и (или) операторов, третьих лиц с субъектом персональных данных и уполномоченным органом при доступе к персональным данным, содержащимся в объектах информатизации государственных органов и (или) государственных юридических лиц, включая получение от субъекта персональных данных согласия на сбор, обработку персональных данных или их передачу третьим лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z122" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2) негосударственный сервис контроля доступа к персональным данным (далее – негосударственный сервис) – услуга, обеспечивающая информационное взаимодействие собственников и (или) операторов, третьих лиц с субъектом персональных данных при доступе к персональным данным, содержащимся в негосударственных объектах информатизации, включая получение от субъекта персональных данных согласия на сбор, обработку персональных данных или их передачу третьим лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) блокирование персональных данных – действия по временному прекращению сбора, накопления, изменения, дополнения, использования, распространения, обезличивания и уничтожения персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) накопление персональных данных – действия по систематизации персональных данных путем их внесения в базу, содержащую персональные данные;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сбор персональных данных – действия, направленные на получение персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) уничтожение персональных данных – действия, в результате совершения которых невозможно восстановить персональные данные;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обезличивание персональных данных – действия, в результате совершения которых определение принадлежности персональных данных субъекту персональных данных невозможно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) база, содержащая персональные данные (далее – база), – совокупность упорядоченных персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) собственник базы, содержащей персональные данные (далее – собственник), – государственный орган, физическое и (или) юридическое лицо, реализующие в соответствии с законами Республики Казахстан право владения, пользования и распоряжения базой, содержащей персональные данные; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) оператор базы, содержащей персональные данные (далее – оператор), – государственный орган, физическое и (или) юридическое лицо, осуществляющие сбор, обработку и защиту персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) защита персональных данных – комплекс мер, в том числе правовых, организационных и технических, осуществляемых в целях, установленных настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-1) уполномоченный орган в сфере защиты персональных данных (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство в сфере защиты персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-2) Исключен Законом РК от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) обработка персональных данных – действия, направленные на накопление, хранение, изменение, дополнение, использование, распространение, обезличивание, блокирование и уничтожение персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) использование персональных данных – действия с персональными данными, направленные на реализацию целей деятельности собственника, оператора и третьего лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) хранение персональных данных – действия по обеспечению целостности, конфиденциальности и доступности персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) распространение персональных данных – действия, в результате совершения которых происходит передача персональных данных, в том числе через средства массовой информации или предоставление доступа к персональным данным каким-либо иным способом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) субъект персональных данных (далее – субъект) – физическое лицо, к которому относятся персональные данные;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) третье лицо – лицо, не являющееся субъектом, собственником и (или) оператором, но связанное с ними (ним) обстоятельствами или правоотношениями по сбору, обработке и защите персональных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Осы Заңның қолданысқа енгізілу тәртібін </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 1 с изменениями, внесенными законами РК от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>31-баптан</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қараңыз.</w:t>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 2. Цель настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Целью настоящего Закона является обеспечение защиты прав и свобод человека и гражданина при сборе и обработке его персональных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 3. Действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящим Законом регулируются отношения, связанные со сбором, обработкой и защитой персональных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Особенности сбора, обработки и защиты персональных данных могут регулироваться иными законами и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Действие настоящего Закона не распространяется на отношения, возникающие при: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сборе, обработке и защите персональных данных субъектами исключительно для личных и семейных нужд, если при этом не нарушаются права других физических и (или) юридических лиц и требования законов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) формировании, хранении и использовании документов Национального архивного фонда Республики Казахстан и других архивных документов, содержащих персональные данные, в соответствии с законодательством Республики Казахстан о Национальном архивном фонде и архивах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сборе, обработке и защите персональных данных, отнесенных к государственным секретам в соответствии с Законом Республики Казахстан "О государственных секретах";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сборе, обработке и защите персональных данных в ходе разведывательной, контрразведывательной, оперативно-розыскной деятельности, а также осуществлении охранных мероприятий по обеспечению безопасности охраняемых лиц и объектов в пределах, установленных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 4. Законодательство Республики Казахстан о персональных данных и их защите</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Законодательство Республики Казахстан о персональных данных и их защите основывается на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5. Принципы сбора, обработки и защиты персональных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сбор, обработка и защита персональных данных осуществляются в соответствии с принципами:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) соблюдения конституционных прав и свобод человека и гражданина; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) законности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) конфиденциальности персональных данных ограниченного доступа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) равенства прав субъектов, собственников и операторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обеспечения безопасности личности, общества и государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="0"/>
+        <w:t xml:space="preserve"> Глава 2. СБОР И ОБРАБОТКА ПЕРСОНАЛЬНЫХ ДАННЫХ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-бап. Осы Заңда пайдаланылатын негiзгi ұғымдар</w:t>
-[...216 lines deleted...]
-      8) дербес деректерді қамтитын база (бұдан әрі – база) – ретке келтірілген дербес деректердің жиынтығы;</w:t>
+        <w:t>Статья 6. Доступность персональных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Персональные данные по доступности подразделяются на общедоступные и ограниченного доступа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z85" w:id="11"/>
-[...15 lines deleted...]
-      9) дербес деректерді қамтитын базаның меншік иесі (бұдан әрі – меншік иесі) – дербес деректерді қамтитын базаны Қазақстан Республикасының заңдарына сәйкес иелену, пайдалану және оған билік ету құқығын іске асыратын мемлекеттік орган, жеке және (немесе) заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общедоступными персональными данными являются персональные данные или сведения, на которые в соответствии с законодательством Республики Казахстан не распространяются требования соблюдения конфиденциальности, доступ к которым является свободным с согласия субъекта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z86" w:id="12"/>
-[...15 lines deleted...]
-      10) дербес деректерді қамтитын базаның операторы (бұдан әрі – оператор) – дербес деректерді жинауды, өңдеуді және қорғауды жүзеге асыратын мемлекеттік орган, жеке және (немесе) заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о субъекте, сбор и обработка которых произведены с нарушением законодательства Республики Казахстан, исключаются из общедоступных источников персональных данных в течение одного рабочего дня по требованию субъекта или его законного представителя либо по решению суда или иных уполномоченных государственных органов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z87" w:id="13"/>
-[...15 lines deleted...]
-      11) дербес деректерді қорғау – осы Заңда белгіленген мақсаттарда жүзеге асырылатын шаралар, оның ішінде құқықтық, ұйымдастырушылық және техникалық шаралар кешені;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом расходы, возникающие при уничтожении персональных данных с общедоступных источников персональных данных, возлагаются на собственника и (или) оператора, третье лицо.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z97" w:id="14"/>
-[...15 lines deleted...]
-      11-1) дербес деректерді қорғау саласында уәкілетті орган (бұдан әрі - уәкілетті орган) - дербес деректерді қорғау саласындағы басшылықты жүзеге асыратын орталық атқарушы орган;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Объем расходов, возникающих при отзыве согласия субъекта или его законного представителя на распространение его персональных данных в общедоступных источниках персональных данных, связанных с уничтожением персональных данных с общедоступных источников персональных данных, а также лица, на которые возлагаются данные расходы, в случае возникновения необходимости определяются в судебном порядке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z88" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Персональными данными ограниченного доступа являются персональные данные, доступ к которым ограничен законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 6 в редакции Закона РК от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными Законами РК от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 7. Условия сбора, обработки персональных данных и особенности сбора, обработки персональных данных из общедоступных источников</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Сбор, обработка персональных данных осуществляются собственником и (или) оператором, а также третьим лицом с согласия субъекта или его законного представителя в порядке, определяемом уполномоченным органом, за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящей статьи и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z350" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сбор, обработка персональных данных умершего (признанного судом безвестно отсутствующим или объявленного умершим) субъекта осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z351" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Распространение персональных данных в общедоступных источниках допускается при наличии согласия субъекта или его законного представителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z352" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Требования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящей статьи не распространяются на обладателей информации в случаях публикации информации, обязанность размещения которой установлена законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z353" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Допускается повторный сбор, обработка и распространение третьими лицами персональных данных, опубликованных на основании </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктов 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящей статьи, при условии наличия ссылки на источник информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z354" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Обработка персональных данных в виде трансграничной передачи персональных данных, за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, распространения персональных данных в общедоступных источниках, а также их передачи третьим лицам осуществляется при условии согласия субъекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z355" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Особенности сбора, обработки персональных данных в электронных информационных ресурсах, содержащих персональные данные, устанавливаются в соответствии с законодательством Республики Казахстан об информатизации с учетом положений настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z356" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Обработка персональных данных должна ограничиваться достижением конкретных, заранее определенных и законных целей. Не допускается обработка персональных данных, несовместимая с целями сбора персональных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z357" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Не подлежат обработке персональные данные, содержание и объем которых являются избыточными по отношению к целям их обработки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 - в редакции Закона РК от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8. Порядок дачи (отзыва) согласия субъекта на сбор, обработку персональных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Субъект или его законный представитель дает (отзывает) согласие на сбор, обработку персональных данных письменно, посредством государственного сервиса, негосударственного сервиса либо иным способом, позволяющим подтвердить получение согласия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z361" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При сборе и (или) обработке персональных данных, содержащихся в объектах информатизации государственных органов и (или) государственных юридических лиц, согласие предоставляется посредством государственного сервиса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z20" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Субъект или его законный представитель не может отозвать согласие на сбор, обработку персональных данных в случаях, если это противоречит законам Республики Казахстан, либо при наличии неисполненного обязательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">11-2) алып тасталды – ҚР 30.12.2021 </w:t>
+        <w:t xml:space="preserve">3. Исключен Законом РК от 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 96-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="15"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z362" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Согласие на сбор и обработку персональных данных включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z363" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наименование (фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность), бизнес-идентификационный номер (индивидуальный идентификационный номер) оператора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z364" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) фамилию, имя, отчество (если оно указано в документе, удостоверяющем личность) субъекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z365" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) срок или период, в течение которого действует согласие на сбор, обработку персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z366" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сведения о возможности оператора или ее отсутствии передавать персональные данные третьим лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z367" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сведения о наличии либо отсутствии трансграничной передачи персональных данных в процессе их обработки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z368" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сведения о распространении персональных данных в общедоступных источниках;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z369" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) перечень собираемых данных, связанных с субъектом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z370" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) иные сведения, определяемые собственником и (или) оператором.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-бапқа өзгеріс енгізілді - ҚР 25.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменениями, внесенными законами РК от 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 25.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 347-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2021 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 96-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-бап. Осы Заңның мақсаты</w:t>
-[...17 lines deleted...]
-      Осы Заңның мақсаты адамның және азаматтың дербес деректерiн жинау және өңдеу кезiнде оның құқықтары мен бостандықтарын қорғауды қамтамасыз ету болып табылады.</w:t>
+        <w:t>Статья 8-1. Государственный сервис</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z372" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Собственники и (или) операторы, третьи лица в случае взаимодействия с объектами информатизации государственных органов и (или) государственных юридических лиц, содержащими персональные данные, обеспечивают интеграцию собственных объектов информатизации, задействованных в процессах сбора и обработки персональных данных, с государственным сервисом, за исключением случаев, предусмотренных подпунктами 1), 2), 9) и 9-2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z373" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Интеграция осуществляется с соблюдением норм законодательства Республики Казахстан по представлению сведений, отнесенных к государственным секретам, личной, семейной, банковской, коммерческой тайне, тайне медицинского работника и иным охраняемым законом тайнам, а также другой конфиденциальной информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z374" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В иных случаях интеграция с государственным сервисом осуществляется на добровольной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z375" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок интеграции с государственным сервисом определяется уполномоченным органом и правилами интеграции объектов информатизации "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z376" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Посредством государственного сервиса обеспечиваются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z377" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предоставление субъектом или его законным представителем согласия (отказа) на сбор и (или) обработку персональных данных, содержащихся в объектах информатизации государственных органов и (или) государственных юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z378" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отзыв субъектом или его законным представителем согласия на сбор и (или) обработку персональных данных, содержащихся в объектах информатизации государственных органов и (или) государственных юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z379" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уведомление субъекта о действиях с его персональными данными, содержащимися в объектах информатизации государственных органов и (или) государственных юридических лиц (доступ, просмотр, изменение, дополнение, передача, блокирование, уничтожение);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z380" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) представление субъекту сведений о собственниках и (или) операторах, имеющих согласие на сбор и (или) обработку его персональных данных, содержащихся в объектах информатизации государственных органов и (или) государственных юридических лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z381" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. В случаях, предусмотренных подпунктами 4), 6), 8) и 9-3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, обеспечивается уведомление субъекта об инициаторах запросов на доступ (сбор и обработку) к его персональным данным, содержащимся в объектах информатизации государственных органов и (или) государственных юридических лиц, через государственный сервис.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 8-1 в соответствии с Законом РК от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3-бап. Осы Заңның қолданылуы</w:t>
-[...95 lines deleted...]
-      2) Қазақстан Республикасының Ұлттық мұрағат қоры және мұрағаттар туралы заңнамасына сәйкес дербес деректердi қамтитын Қазақстан Республикасы Ұлттық мұрағат қорының құжаттарын және басқа да мұрағаттық құжаттарды қалыптастыру, сақтау және пайдалану;</w:t>
+        <w:t>Статья 8-2. Негосударственный сервис</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z383" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Собственники и (или) операторы, третьи лица в целях оптимизации процедур по получению согласия субъекта или его законного представителя на сбор и (или) обработку персональных данных в случае отсутствия взаимодействия с объектами информатизации государственных органов и (или) государственных юридических лиц, содержащими персональные данные, вправе использовать негосударственные сервисы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z384" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Посредством негосударственного сервиса обеспечиваются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z385" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предоставление субъектом или его законным представителем согласия (отказа) на сбор и (или) обработку персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z386" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уведомление субъекта о действиях с его персональными данными (просмотр, изменение, дополнение, передача, блокирование, уничтожение);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z387" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уведомление субъекта о доступе третьих лиц к его персональным данным.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 8-2 в соответствии с Законом РК от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9. Сбор, обработка персональных данных без согласия субъекта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сбор, обработка персональных данных производятся без согласия субъекта или его законного представителя в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществления деятельности правоохранительных органов, судов и иных уполномоченных государственных органов, которые возбуждают и рассматривают дела об административных правонарушениях, исполнительного производства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществления государственной статистической деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) использования государственными органами персональных данных для статистических целей с обязательным условием их обезличивания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) реализации международных договоров, ратифицированных Республикой Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) защиты конституционных прав и свобод человека и гражданина, если получение согласия субъекта или его законного представителя невозможно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществления законной профессиональной деятельности журналиста и (или) деятельности теле-, радиоканалов, периодических печатных изданий, информационных агентств, сетевых изданий либо научной, литературной или иной творческой деятельности при условии соблюдения требований законодательства Республики Казахстан по обеспечению прав и свобод человека и гражданина;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) опубликования персональных данных в соответствии с законами Республики Казахстан, в том числе персональных данных кандидатов на выборные государственные должности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) неисполнения субъектом своих обязанностей по представлению персональных данных в соответствии с законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) "Мемлекеттік құпиялар туралы" Қазақстан Республикасының </w:t>
-[...37 lines deleted...]
-      4) Қазақстан Республикасының заңдарында белгіленген шектерде барлау, қарсы барлау, жедел-іздестіру қызметі, сондай-ақ қорғалатын тұлғалар мен объектілердің қауіпсіздігін қамтамасыз ету жөніндегі күзет іс-шараларын жүзеге асыру барысында дербес деректерді жинау, өңдеу және қорғау кезiнде туындайтын қатынастарға қолданылмайды.</w:t>
+      9) получения государственным органом, осуществляющим регулирование, контроль и надзор финансового рынка и финансовых организаций, информации от физических и юридических лиц в соответствии с законодательством Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1) получения органами государственных доходов для осуществления налогового (таможенного) администрирования и (или) контроля информации от физических и юридических лиц в соответствии с законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-2) передачи на хранение резервной копии электронных информационных ресурсов, содержащих персональные данные ограниченного доступа, на единую национальную резервную платформу хранения электронных информационных ресурсов в случаях, предусмотренных законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z120" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-3) использования персональных данных субъектов предпринимательства, относящихся непосредственно к их предпринимательской деятельности, для формирования реестра бизнес-партнеров при условии соблюдения требований законодательства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) в иных случаях, установленных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными законами РК от 03.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4-бап. Қазақстан Республикасының дербес деректер және оларды қорғау туралы заңнамасы</w:t>
-[...1969 lines deleted...]
-        <w:t>10-бап. Дербес деректерге қол жеткізу</w:t>
+        <w:t>Статья 10. Доступ к персональным данным</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z23" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, дербес деректерге қол жеткізу субъектінің немесе оның заңды өкілінің меншік иесіне және (немесе) операторға оларды жинауға, өңдеуге берген келісімінің шарттарымен айқындалады.</w:t>
+      1. Доступ к персональным данным определяется условиями согласия субъекта или его законного представителя, предоставленного собственнику и (или) оператору на их сбор и обработку, если иное не предусмотрено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Егер меншік иесі және (немесе) оператор және (немесе) үшінші тұлға осы Заңның талаптарын орындауды қамтамасыз ету жөніндегі міндеттемелерді өзіне алудан бас тартса немесе оларды қамтамасыз ете алмаса, дербес деректерге қол жеткізуге тыйым салынуға тиіс.</w:t>
+      Доступ к персональным данным должен быть запрещен, если собственник и (или) оператор, и (или) третье лицо отказываются принять на себя обязательства по обеспечению выполнения требований настоящего Закона или не могут их обеспечить.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z24" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. Субъектінің немесе оның заңды өкілінің өз дербес деректеріне қол жеткізуге қатысты өтініш жасауы (сұрау салуы) меншік иесіне және (немесе) операторға жазбаша немесе электрондық құжат нысанында не Қазақстан Республикасының заңнамасына қайшы келмейтін қорғау іс-әрекеттерінің элементін қолдану арқылы өзге де тәсілмен беріледі.</w:t>
+        <w:t xml:space="preserve">
+      2. Обращение (запрос) субъекта или его законного представителя относительно доступа к своим персональным данным подается собственнику и (или) оператору письменно или в форме электронного документа либо иным способом с применением элементов защитных действий, не противоречащих законодательству Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z25" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Меншік иесінің және (немесе) оператордың және (немесе) үшінші тұлғаның арасындағы дербес деректерге қол жеткізуге қатысты қатынастар Қазақстан Республикасының заңнамасымен реттеледі.</w:t>
+      3. Отношения между собственником и (или) оператором, и (или) третьим лицом относительно доступа к персональным данным регулируются законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z95" w:id="56"/>
-[...15 lines deleted...]
-      4. Үшінші тұлғалар мемлекеттік органдардың және (немесе) мемлекеттік заңды тұлғалардың ақпараттандыру объектілеріндегі дербес деректерді субъектінің мемлекеттік сервис арқылы расталған келісімі болған жағдайда "электрондық үкіметтің" веб-порталы арқылы ала алады.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Третьи лица могут получать персональные данные, содержащиеся в объектах информатизации государственных органов и (или) государственных юридических лиц, через веб-портал "электронного правительства" при условии согласия субъекта, подтвержденного через государственный сервис.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгерістер енгізілді - ҚР 17.11.2015 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменениями, внесенными законами РК от 17.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 408-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.03.2016 бастап </w:t>
-[...9 lines deleted...]
-        <w:t>қолданысқа</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі); 25.06.2020 </w:t>
+        <w:t xml:space="preserve"> в действие с 01.03.2016); от 25.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 347-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2021 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 96-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>11-бап. Дербес деректердiң құпиялылығы</w:t>
+        <w:t>Статья 11. Конфиденциальность персональных данных</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z27" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Қолжетімділігі шектеулі дербес деректерге қол жеткізе алатын меншік иелері және (немесе) операторлар, сондай-ақ үшiншi тұлғалар субъектінің немесе оның заңды өкілінің келісімі не өзге де заңды негіздер болмағанда оларды таратуға жол бермеу талаптарын сақтау арқылы олардың құпиялылығын қамтамасыз етедi.</w:t>
+      1. Собственники и (или) операторы, а также третьи лица, получающие доступ к персональным данным ограниченного доступа, обеспечивают их конфиденциальность путем соблюдения требований не допускать их распространения без согласия субъекта или его законного представителя либо наличия иного законного основания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z28" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Кәсіптік, қызметтік қажеттілікке, сондай-ақ еңбек қатынастарына байланысты қолжетімділігі шектеулі дербес деректер өздеріне белгілі болған адамдар олардың құпиялылығын қамтамасыз етуге мiндеттi.</w:t>
+      2. Лица, которым стали известны персональные данные ограниченного доступа в связи с профессиональной, служебной необходимостью, а также трудовыми отношениями, обязаны обеспечивать их конфиденциальность.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z29" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Биометриялық деректердің құпиялылығы Қазақстан Республикасының заңнамасында белгіленеді.</w:t>
+      3. Конфиденциальность биометрических данных устанавливается законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>12-бап. Дербес деректерді жинақтау және сақтау</w:t>
+        <w:t>Статья 12. Накопление и хранение персональных данных</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z31" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Дербес деректерді жинақтау меншік иесі және (немесе) оператор, сондай-ақ үшінші тұлға жүзеге асыратын міндеттерді орындау үшін қажетті және жеткілікті дербес деректерді жинау арқылы жүргізіледі.</w:t>
+        <w:t xml:space="preserve">
+      1. Накопление персональных данных производится путем сбора персональных данных, необходимых и достаточных для выполнения задач, осуществляемых собственником и (или) оператором, а также третьим лицом. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z32" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Дербес деректерді сақтауды меншік иесі және (немесе) оператор, сондай-ақ үшінші тұлға Қазақстан Республикасының аумағындағы базада жүзеге асырады.</w:t>
+      2. Хранение персональных данных осуществляется собственником и (или) оператором, а также третьим лицом в базе, находящейся на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, дербес деректерді сақтау мерзімі оларды жинау және өңдеу мақсаттарына қол жеткізген күнмен айқындалады.</w:t>
+      Срок хранения персональных данных определяется датой достижения целей их сбора и обработки, если иное не предусмотрено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгеріс енгізілді - ҚР 24.11.2015 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменениями, внесенными законами РК от 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 419-V</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 02.01.2021 </w:t>
+        <w:t xml:space="preserve"> в действие с 01.01.2016); от 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>13-бап. Дербес деректерді өзгерту және толықтыру</w:t>
-[...17 lines deleted...]
-      Дербес деректерді өзгертуді және толықтыруды меншік иесі және (немесе) оператор субъектінің немесе оның заңды өкілінің өтініш жасауы (сұрау салуы) негізінде не Қазақстан Республикасының заңдарында көзделген өзге де жағдайларда жүзеге асырады.</w:t>
+        <w:t xml:space="preserve">Статья 13. Изменение и дополнение персональных данных </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Изменение и дополнение персональных данных осуществляются собственником и (или) оператором на основании обращения (запроса) субъекта или его законного представителя либо в иных случаях, предусмотренных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>14-бап. Дербес деректерді пайдалану</w:t>
-[...17 lines deleted...]
-      Дербес деректерді пайдалануды меншік иесі, оператор және үшінші тұлға оларды жинаудың бұрын мәлімделген мақсаттары үшін ғана жүзеге асыруға тиіс.</w:t>
+        <w:t>Статья 14. Использование персональных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Использование персональных данных должно осуществляться собственником, оператором и третьим лицом только для ранее заявленных целей их сбора.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>15-бап. Дербес деректерді тарату</w:t>
+        <w:t>Статья 15. Распространение персональных данных</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z36" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Егер бұл ретте өзге де жеке және (немесе) заңды тұлғалардың заңды мүдделері қозғалмаса, субъектінің немесе оның заңды өкілінің келісімі болған жағдайда дербес деректерді таратуға жол беріледі.</w:t>
+      1. Распространение персональных данных допускается при условии согласия субъекта или его законного представителя, если при этом не затрагиваются законные интересы иных физических и (или) юридических лиц.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z37" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Дербес деректерді жинаудың бұрын мәлімделген мақсаттары шеңберінен шығатын жағдайларда оларды тарату субъектінің немесе оның заңды өкілінің келісімімен жүзеге асырылады.</w:t>
+      2. Распространение персональных данных в случаях, выходящих за рамки ранее заявленных целей их сбора, осуществляется с согласия субъекта или его законного представителя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 15-бапқа өзгеріс енгізілді – ҚР 30.12.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменением, внесенным Законом РК от 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 96-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>16-бап. Дербес деректерді трансшекаралық беру</w:t>
+        <w:t xml:space="preserve">Статья 16. Трансграничная передача персональных данных </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z39" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Дербес деректерді трансшекаралық беру – дербес деректерді шет мемлекеттердің аумағына беру.</w:t>
+        <w:t xml:space="preserve">
+      1. Трансграничная передача персональных данных – передача персональных данных на территорию иностранных государств. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkStart w:name="z40" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы Заңға сәйкес дербес деректерді шет мемлекеттердің аумағына трансшекаралық беру осы мемлекеттер дербес деректерді қорғауды қамтамасыз еткен жағдайда ғана жүзеге асырылады.</w:t>
+      2. В соответствии с настоящим Законом трансграничная передача персональных данных на территорию иностранных государств осуществляется только в случае обеспечения этими государствами защиты персональных данных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z41" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Дербес деректердің қорғалуын қамтамасыз етпейтін шет мемлекеттердің аумағына дербес деректерді трансшекаралық беру мынадай:</w:t>
+      3. Трансграничная передача персональных данных на территорию иностранных государств, не обеспечивающих защиту персональных данных, может осуществляться в случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) өзінің дербес деректерін трансшекаралық беруге субъектінің немесе оның заңды өкілінің келісімі болған;</w:t>
-[...53 lines deleted...]
-      4) егер субъектінің немесе оның заңды өкілінің келісімін алу мүмкін болмаса, адамның және азаматтың конституциялық құқықтары мен бостандықтарын қорғаған жағдайларда жүзеге асырылуы мүмкін.</w:t>
+      1) наличия согласия субъекта или его законного представителя на трансграничную передачу его персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) предусмотренных международными договорами, ратифицированными Республикой Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предусмотренных законами Республики Казахстан, если это необходимо в целях защиты конституционного строя, охраны общественного порядка, прав и свобод человека и гражданина, здоровья и нравственности населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) защиты конституционных прав и свобод человека и гражданина, если получение согласия субъекта или его законного представителя невозможно.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z42" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Дербес деректерді шет мемлекеттердің аумағына трансшекаралық беруге Қазақстан Республикасының заңдарымен тыйым салынуы немесе шектеу қойылуы мүмкін.</w:t>
+      4. Трансграничная передача персональных данных на территорию иностранных государств может быть запрещена или ограничена законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z96" w:id="68"/>
-[...15 lines deleted...]
-      5. Абоненттер және (немесе) байланыс қызметтерін пайдаланушылар туралы қызметтік ақпаратты трансшекаралық беру ерекшеліктері "Байланыс туралы" Қазақстан Республикасының Заңында айқындалады.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Особенности трансграничной передачи служебной информации об абонентах и (или) пользователях услуг связи определяются Законом Республики Казахстан "О связи".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 16-бапқа өзгеріс енгізілді - ҚР 28.12.2017 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 128-VI</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменением, внесенным Законом РК от 28.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 128-VI </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>17-бап. Дербес деректердi иесiздендiру</w:t>
-[...18 lines deleted...]
-      1. Дербес деректердi статистикалық, социологиялық, ғылыми, маркетингтік зерттеулер жүргiзу үшiн жинау, өңдеу кезінде дербес деректерді беретін меншік иесі және (немесе) оператор, сондай-ақ үшінші тұлға оларды дербес деректерді жинау және өңдеу қағидаларына сәйкес иесiздендiруге міндетті.</w:t>
+        <w:t>Статья 17. Обезличивание персональных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. При сборе, обработке персональных данных для проведения статистических, социологических, научных, маркетинговых исследований собственник и (или) оператор, а также третье лицо, передающие персональные данные, обязаны их обезличить в соответствии с правилами сбора, обработки персональных данных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z102" w:id="70"/>
-[...15 lines deleted...]
-      2. Дербес деректерді иесіздендіруді меншік иесі және (немесе) оператор жүргізген жағдайларды қоспағанда, функцияларды мемлекеттік органдардың іске асыруы мақсатында деректерді талдауды жүзеге асыру үшін дербес деректерді жинау, өңдеу кезінде дербес деректерді иесіздендіруді "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылым операторы ақпараттандыру саласындағы уәкілетті орган бекітетін, функцияларды мемлекеттік органдардың іске асыруы мақсатында деректер талдауды жүзеге асыру үшін электрондық ақпараттық ресурстарды жинау, өңдеу, сақтау, беру жөніндегі қағидаларға сәйкес жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z92" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. При сборе, обработке персональных данных для осуществления аналитики данных в целях реализации функций государственными органами обезличивание персональных данных осуществляется оператором информационно-коммуникационной инфраструктуры "электронного правительства" в соответствии с правилами по сбору, обработке, хранению, передаче электронных информационных ресурсов для осуществления аналитики данных в целях реализации функций государственными органами, утверждаемыми уполномоченным органом в сфере информатизации, за исключением случаев, когда обезличивание персональных данных произведено собственником и (или) оператором.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 17-бап жаңа редакцияда - ҚР 25.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 17 в редакции Закона РК от 25.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 347-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>18-бап. Дербес деректерді жою</w:t>
-[...17 lines deleted...]
-      Меншік иесі және (немесе) оператор, сондай-ақ үшінші тұлға дербес деректерді:</w:t>
+        <w:t>Статья 18. Уничтожение персональных данных</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) осы Заңның 12-бабының </w:t>
-[...91 lines deleted...]
-      4) осы Заңда және Қазақстан Республикасының өзге де нормативтік құқықтық актілерінде белгіленген өзге де жағдайларда жоюға тиіс.</w:t>
+      Персональные данные подлежат уничтожению собственником и (или) оператором, а также третьим лицом: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) по истечении срока хранения в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 12 настоящего Закона; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при прекращении правоотношений между субъектом, собственником и (или) оператором, а также третьим лицом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) при вступлении в законную силу решения суда; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z388" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3-1) при выявлении сбора и обработки персональных данных без согласия субъекта или его законного представителя, за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 7 и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в иных случаях, установленных настоящим Законом и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 18-бапқа өзгеріс енгізілді – ҚР 30.12.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 18 с изменением, внесенным Законом РК от 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 96-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>19-бап. Дербес деректермен іс-әрекеттер жасау туралы хабарлама</w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="72"/>
+        <w:t>Статья 19. Сообщение о действиях с персональными данными</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Осы баптың </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> талаптары:</w:t>
+      1. При наличии условия об уведомлении субъекта о передаче его персональных данных третьему лицу собственник и (или) оператор в течение десяти рабочих дней уведомляют об этом субъекта или его законного представителя, если иное не предусмотрено законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:p>
-[...35 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="73"/>
+    <w:bookmarkStart w:name="z47" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Требования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящей статьи не распространяются на случаи: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выполнения государственными органами своих функций, предусмотренных законодательством Республики Казахстан, а также осуществления деятельности частными нотариусами, частными судебными исполнителями и адвокатами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществления сбора и обработки персональных данных в статистических, социологических или научных целях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. ДЕРБЕС ДЕРЕКТЕРДІ ҚОРҒАУ</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="73"/>
+        <w:t xml:space="preserve"> Глава 3. ЗАЩИТА ПЕРСОНАЛЬНЫХ ДАННЫХ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>20-бап. Дербес деректерді қорғау кепілдігі</w:t>
-[...38 lines deleted...]
-      2. Дербес деректерді жинау және өңдеу олардың қорғалуы қамтамасыз етілген жағдайларда ғана жүзеге асырылады.</w:t>
+        <w:t>Статья 20. Гарантия защиты персональных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Персональные данные подлежат защите, которая гарантируется государством и осуществляется в порядке, определяемом Правительством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z51" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Сбор и обработка персональных данных осуществляются только в случаях обеспечения их защиты. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 20-бапқа өзгеріс енгізілді – ҚР 02.01.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 20 с изменениями, внесенными Законом РК от 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>21-бап. Дербес деректерді қорғаудың мақсаттары</w:t>
-[...107 lines deleted...]
-      5) оларды заңсыз жинауды және өңдеуді болғызбау мақсатында шаралар кешенін, оның ішінде құқықтық, ұйымдастырушылық және техникалық шаралар кешенін қолдану арқылы жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve">Статья 21. Цели защиты персональных данных </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Защита персональных данных осуществляется путем применения комплекса мер, в том числе правовых, организационных и технических, в целях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реализации прав на неприкосновенность частной жизни, личную и семейную тайну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечения их целостности и сохранности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) соблюдения их конфиденциальности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) реализации права на доступ к ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) предотвращения незаконного их сбора и обработки.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>22-бап. Меншік иесінің және (немесе) оператордың, сондай-ақ үшінші тұлғаның дербес деректерді қорғау жөніндегі міндеттері</w:t>
-[...128 lines deleted...]
-      2. Меншік иесінің және (немесе) оператордың, сондай-ақ үшінші тұлғаның дербес деректерді қорғау жөніндегі міндеттері дербес деректерді жинаған кезден бастап туындайды және олар жойылған не иесіздендірілген кезге дейін күшінде болады.</w:t>
+        <w:t xml:space="preserve">Статья 22. Обязанности собственника и (или) оператора, а также третьего лица по защите персональных данных </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Собственник и (или) оператор, а также третье лицо обязаны принимать необходимые меры по защите персональных данных в соответствии с настоящим Законом и порядком, определяемым Правительством Республики Казахстан, обеспечивающие:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предотвращение несанкционированного доступа к персональным данным;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) своевременное обнаружение фактов несанкционированного доступа к персональным данным, если такой несанкционированный доступ не удалось предотвратить;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) минимизацию неблагоприятных последствий несанкционированного доступа к персональным данным;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) предоставление доступа государственной технической службе к объектам информатизации, использующим, хранящим, обрабатывающим и распространяющим персональные данные ограниченного доступа, содержащиеся в электронных информационных ресурсах, для осуществления обследования обеспечения защищенности процессов хранения, обработки и распространения персональных данных ограниченного доступа, содержащихся в электронных информационных ресурсах в порядке, определяемом уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z389" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) регистрацию и учет действий, предусмотренных подпунктами 3), 4), 5) и 6) пункта 4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z55" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Обязанности собственника и (или) оператора, а также третьего лица по защите персональных данных возникают с момента сбора персональных данных и действуют до момента их уничтожения либо обезличивания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 22-бапқа өзгеріс енгізілді – ҚР 02.01.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 22 с изменениями, внесенными законами РК от 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2021 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 96-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>23-бап. Дербес деректерді қамтитын электрондық ақпараттық ресурстарды қорғау</w:t>
-[...19 lines deleted...]
-    </w:p>
+        <w:t>Статья 23. Защита электронных информационных   ресурсов, содержащих персональные данные</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Особенности защиты электронных информационных ресурсов, содержащих персональные данные, осуществляются в соответствии с настоящим Законом и законодательством Республики Казахстан об информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 23-бап жаңа редакцияда – ҚР 02.01.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 23 – в редакции Закона РК от 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>23-1-бап. Ерікті киберсақтандыру</w:t>
-[...59 lines deleted...]
-    </w:p>
+        <w:t>Статья 23-1. Добровольное киберстрахование</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Целью добровольного киберстрахования является возмещение имущественного вреда, причиненного субъекту, собственнику и (или) оператору, третьему лицу, в соответствии с законодательством Республики Казахстан о страховании и страховой деятельности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z95" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Добровольное киберстрахование осуществляется в силу волеизъявления сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z96" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Виды, условия и порядок добровольного киберстрахования определяются соглашением сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тарау 23-1-баппен толықтырылды - ҚР 25.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 23-1 в соответствии с Законом РК от 25.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 347-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="80"/>
+    <w:bookmarkStart w:name="z57" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. СУБЪЕКТІНІҢ, МЕНШІК ИЕСІНІҢ ЖӘНЕ (НЕМЕСЕ) ОПЕРАТОРДЫҢ ҚҰҚЫҚТАРЫ МЕН МІНДЕТТЕРІ</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Глава 4. ПРАВА И ОБЯЗАННОСТИ СУБЪЕКТА,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...241 lines deleted...]
-    <w:bookmarkEnd w:id="82"/>
+        </w:rPr>
+        <w:t>СОБСТВЕННИКА И (ИЛИ) ОПЕРАТОРА</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 24. Права и обязанности субъекта </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Субъект имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) знать о наличии у собственника и (или) оператора, а также третьего лица своих персональных данных, а также получать информацию, содержащую: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      подтверждение факта, цели, источников, способов сбора и обработки персональных данных; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      перечень персональных данных; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сроки обработки персональных данных, в том числе сроки их хранения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) требовать от собственника и (или) оператора изменения и дополнения своих персональных данных при наличии оснований, подтвержденных соответствующими документами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) требовать от собственника и (или) оператора, а также третьего лица блокирования своих персональных данных в случае наличия информации о нарушении условий сбора, обработки персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) требовать от собственника и (или) оператора, а также третьего лица уничтожения своих персональных данных, сбор и обработка которых произведены с нарушением законодательства Республики Казахстан, а также в иных случаях, установленных настоящим Законом и иными нормативными правовыми актами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) отозвать согласие на сбор, обработку, распространение в общедоступных источниках, передачу третьим лицам и трансграничную передачу персональных данных, кроме случаев, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 8 настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) дать согласие (отказать) собственнику и (или) оператору на распространение своих персональных данных в общедоступных источниках персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) на защиту своих прав и законных интересов, в том числе возмещение морального и материального вреда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) на осуществление иных прав, предусмотренных настоящим Законом и иными законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Субъект обязан представлять свои персональные данные в случаях, установленных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 24-бапқа өзгеріс енгізілді – ҚР 30.12.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 24 с изменением, внесенным Законом РК от 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 96-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>25-бап. Меншік иесінің және (немесе) оператордың, дербес деректерді өңдеуді ұйымдастыруға жауапты тұлғаның құқықтары мен міндеттері</w:t>
+        <w:t>Статья 25. Права и обязанности собственника и (или) оператора, лица, ответственного за организацию обработки персональных данных</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 25-баптың тақырыбы жаңа редакцияда - ҚР 25.06.2020 </w:t>
+      Сноска. Заголовок статьи 25 в редакции Закона РК от 25.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 347-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...41 lines deleted...]
-    <w:bookmarkEnd w:id="84"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Собственник и (или) оператор имеют право осуществлять сбор, обработку персональных данных в порядке, установленном настоящим Законом и иными нормативными правовыми актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z63" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Собственник и (или) оператор обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, өздері жүзеге асыратын міндеттерді орындауы үшін қажетті және жеткілікті дербес деректердің тізбесін </w:t>
-[...9 lines deleted...]
-        <w:t>бекітуге</w:t>
+      1) утверждать перечень персональных данных, необходимый и достаточный для выполнения осуществляемых ими задач, если иное не предусмотрено законами Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z390" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) утверждать документы, определяющие политику оператора в отношении сбора, обработки и защиты персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) принимать и соблюдать необходимые меры, в том числе правовые, организационные и технические, для защиты персональных данных в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) соблюдать законодательство Республики Казахстан о персональных данных и их защите;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z391" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3-1) предоставлять по запросу уполномоченного органа в рамках рассмотрения обращений физических и юридических лиц информацию о способах и процедурах, используемых для обеспечения соблюдения собственником и (или) оператором требований настоящего </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="85"/>
-[...315 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) меншік иесінің және (немесе) оператордың және оның жұмыскерлерінің Қазақстан Республикасының дербес деректер және оларды қорғау туралы заңнамасын, оның ішінде дербес деректерді қорғауға қойылатын талаптарды сақтауына ішкі бақылауды жүзеге асыруға;</w:t>
-[...37 lines deleted...]
-    </w:p>
+      4) принимать меры по уничтожению персональных данных в случае достижения цели их сбора и обработки, а также в иных случаях, установленных настоящим Законом и иными нормативными правовыми актами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) представлять доказательство о получении согласия субъекта на сбор и обработку его персональных данных в случаях, предусмотренных законодательством Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) по обращению субъекта сообщать информацию, относящуюся к нему, в сроки, предусмотренные законодательством Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) в случае отказа в предоставлении информации субъекту или его законному представителю представить мотивированный ответ в сроки, предусмотренные законодательством Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) в течение одного рабочего дня:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      изменить и (или) дополнить персональные данные на основании соответствующих документов, подтверждающих их достоверность, или уничтожить персональные данные при невозможности их изменения и (или) дополнения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      блокировать персональные данные, относящиеся к субъекту, в случае наличия информации о нарушении условий их сбора, обработки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уничтожить персональные данные в случае подтверждения факта их сбора, обработки с нарушением законодательства Республики Казахстан, а также в иных случаях, установленных настоящим Законом и иными нормативными правовыми актами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      снять блокирование персональных данных в случае неподтверждения факта нарушения условий сбора, обработки персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) предоставлять безвозмездно субъекту или его законному представителю возможность ознакомления с персональными данными, относящимися к данному субъекту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z98" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) назначить лицо, ответственное за организацию обработки персональных данных в случае, если собственник и (или) оператор являются юридическими лицами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z99" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Действие подпункта 10) части первой настоящего пункта не распространяется на обработку персональных данных в деятельности судов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z100" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Лицо, ответственное за организацию обработки персональных данных, обязано:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z101" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществлять внутренний контроль за соблюдением собственником и (или) оператором и его работниками законодательства Республики Казахстан о персональных данных и их защите, в том числе требований к защите персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z102" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) доводить до сведения работников собственника и (или) оператора положения законодательства Республики Казахстан о персональных данных и их защите по вопросам обработки персональных данных, требования к защите персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z103" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществлять контроль за приемом и обработкой обращений субъектов или их законных представителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 25-бапқа өзгеріс енгізілді - ҚР 25.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 25 с изменениями, внесенными законами РК от 25.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 347-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2021 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 96-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="91"/>
+    <w:bookmarkStart w:name="z64" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5-тарау. ДЕРБЕС ДЕРЕКТЕР ЖӘНЕ ОЛАРДЫ ҚОРҒАУ САЛАСЫНДАҒЫ МЕМЛЕКЕТТІК РЕТТЕУ</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Глава 5. ГОСУДАРСТВЕННОЕ РЕГУЛИРОВАНИЕ В СФЕРЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...111 lines deleted...]
-    </w:p>
+        </w:rPr>
+        <w:t>ПЕРСОНАЛЬНЫХ ДАННЫХ И ИХ ЗАЩИТЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>27-бап. Мемлекеттік органдардың құзыреті</w:t>
-[...17 lines deleted...]
-      Мемлекеттік органдар өз құзыреті шегінде:</w:t>
+        <w:t xml:space="preserve">Статья 26. Компетенция Правительства Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правительство Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разрабатывает основные направления государственной политики в сфере персональных данных и их защиты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) дербес деректер және оларды қорғау саласындағы нормативтік құқықтық актілерді әзiрлейдi және (немесе) </w:t>
-[...73 lines deleted...]
-      4) Қазақстан Республикасының заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      2) осуществляет руководство деятельностью центральных исполнительных органов, входящих в структуру Правительства Республики Казахстан, местных исполнительных органов, в сфере персональных данных и их защиты; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) утверждает порядок определения собственником и (или) оператором перечня персональных данных, необходимого и достаточного для выполнения осуществляемых ими задач;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) утверждает порядок осуществления собственником и (или) оператором, а также третьим лицом мер по защите персональных данных; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) выполняет иные функции, возложенные на него Конституцией, законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>27-1-бап. Уәкілетті органның құзыреті</w:t>
-[...297 lines deleted...]
-    <w:bookmarkEnd w:id="95"/>
+        <w:t>Статья 27. Компетенция государственных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственные органы в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разрабатывают и (или) утверждают нормативные правовые акты в сфере персональных данных и их защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рассматривают обращения физических и (или) юридических лиц по вопросам персональных данных и их защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) принимают меры по привлечению лиц, допустивших нарушения законодательства Республики Казахстан о персональных данных и их защите, к ответственности, установленной законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляют иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 27-1. Компетенция уполномоченного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уполномоченный орган в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z106" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) участвует в реализации государственной политики в сфере персональных данных и их защиты; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разрабатывает порядок осуществления собственником и (или) оператором, а также третьим лицом мер по защите персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) разрабатывает правила определения собственником и (или) оператором перечня персональных данных, необходимого и достаточного для выполнения осуществляемых ими задач;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z108" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) рассматривает обращения субъекта или его законного представителя о соответствии содержания персональных данных и способов их обработки целям их обработки и принимает соответствующее решение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z109" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) принимает меры по привлечению лиц, допустивших нарушения законодательства Республики Казахстан о персональных данных и их защите, к ответственности, установленной законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z110" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) требует от собственника и (или) оператора, а также третьего лица уточнения, блокирования или уничтожения недостоверных или полученных незаконным путем персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) осуществляет меры, направленные на совершенствование защиты прав субъектов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z392" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) создает консультативный совет по вопросам персональных данных и их защиты, а также определяет порядок его формирования и деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) утверждает правила сбора, обработки персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) утверждает правила осуществления обследования обеспечения защищенности процессов хранения, обработки и распространения персональных данных ограниченного доступа, содержащихся в электронных информационных ресурсах, по согласованию с Комитетом национальной безопасности Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z393" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-2) утверждает правила функционирования государственного сервиса контроля доступа к персональным данным;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z394" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-3) согласовывает интеграцию негосударственных объектов информатизации с объектами информатизации государственных органов и (или) государственных юридических лиц, при которой осуществляется передача персональных данных и (или) предоставляется доступ к персональным данным;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z395" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-4) утверждает правила интеграции с государственным сервисом контроля доступа к персональным данным;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z113" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z114" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В отношении персональных данных, ставших известными уполномоченному органу в ходе осуществления им своей деятельности, должна обеспечиваться конфиденциальность персональных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-тарау 27-1-баппен толықтырылды - ҚР 25.06.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 27-1 в соответствии с Законом РК от 25.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 347-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 2.01.2021 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными законами РК от 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.12.2021 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 96-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>28-бап. Осы Заңның қолданылуын қадағалау</w:t>
-[...41 lines deleted...]
-    <w:bookmarkEnd w:id="97"/>
+        <w:t xml:space="preserve">Статья 28. Надзор за применением настоящего Закона </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Органы прокуратуры осуществляют высший надзор за соблюдением законности в сфере персональных данных и их защиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z69" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Акты прокурорского надзора, вынесенные на основании и в порядке, установленных Законом Республики Казахстан "О Прокуратуре", обязательны для всех органов, организаций, должностных лиц и граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 28-бапқа өзгеріс енгізілді - ҚР 11.07.2017 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 28 с изменением, внесенным Законом РК от 11.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="98"/>
+    <w:bookmarkStart w:name="z70" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 6-тарау. ҚОРЫТЫНДЫ ЖӘНЕ ӨТПЕЛІ ЕРЕЖЕЛЕР</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="98"/>
+        <w:t xml:space="preserve"> Глава 6. ЗАКЛЮЧИТЕЛЬНЫЕ И ПЕРЕХОДНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>29-бап. Қазақстан Республикасының дербес деректер және оларды қорғау туралы заңнамасын бұзғаны үшiн жауаптылық</w:t>
-[...17 lines deleted...]
-      Қазақстан Республикасының дербес деректер және оларды қорғау туралы заңнамасын бұзу Қазақстан Республикасының заңдарына сәйкес жауаптылыққа әкеп соғады.</w:t>
+        <w:t>Статья 29. Ответственность за нарушение законодательства Республики Казахстан о персональных данных и их защите</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нарушение законодательства Республики Казахстан о персональных данных и их защите влечет ответственность в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>30-бап. Дауларға шағым жасау және оларды қарау тәртібі</w:t>
-[...35 lines deleted...]
-      Дербес деректерді жинау, өңдеу және қорғау кезінде туындайтын даулар Қазақстан Республикасының заңдарында белгіленген тәртіппен қаралуға жатады.</w:t>
+        <w:t>Статья 30. Порядок обжалования и рассмотрения споров</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Действия (бездействие) субъекта, собственника и (или) оператора, а также третьего лица при сборе, обработке и защите персональных данных могут быть обжалованы в порядке, установленном законами Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Споры, возникающие при сборе, обработке и защите персональных данных, подлежат рассмотрению в порядке, установленном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>31-бап. Осы Заңды қолданысқа енгiзу тәртiбi</w:t>
-[...61 lines deleted...]
-    <w:bookmarkEnd w:id="101"/>
+        <w:t>Статья 31. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящий Закон вводится в действие по истечении шести месяцев после его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z75" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Собственники и (или) операторы обязаны в течение трех месяцев со дня введения в действие настоящего Закона привести нормативные правовые акты и иные документы в соответствие с требованиями настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z76" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Сбор, обработка персональных данных, осуществленные согласно законодательству Республики Казахстан до введения в действие настоящего Закона, признаются соответствующими требованиям настоящего Закона, если дальнейшие их обработка и защита соответствуют целям их сбора. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-              <w:jc w:val="left"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>      Қазақстан Республикасының</w:t>
+Президент</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-              <w:jc w:val="left"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Республики Казахстан</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Н. НАЗАРБАЕВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>