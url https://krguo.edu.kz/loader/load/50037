--- v0 (2025-10-11)
+++ v1 (2025-11-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="69a1d6c" w14:textId="69a1d6c">
+    <w:p w14:paraId="7b9c187" w14:textId="7b9c187">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,7043 +76,6946 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Электрондық құжат және электрондық цифрлық қолтаңба туралы</w:t>
-[...16 lines deleted...]
-        <w:t>Қазақстан Республикасының 2003 жылғы 7 қаңтар N 370-ІІ Заңы.</w:t>
+        <w:t>Об электронном документе и электронной цифровой подписи</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 7 января 2003 года N 370.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ОГЛАВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...11 lines deleted...]
-    </w:p>
+      Настоящий Закон направлен на регулирование отношений, возникающих при создании и использовании электронных документов, удостоверенных посредством электронных цифровых подписей, предусматривающих установление, изменение или прекращение правоотношений, а также прав и обязанностей участников правоотношений, возникающих в сфере обращения электронных документов, включая совершение гражданско-правовых сделок. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 1. Основные понятия, используемые в настоящем Законе </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z33" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z34" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уполномоченный орган в сфере информатизации – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере информатизации и "электронного правительства";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z120" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) уполномоченный орган в сфере обеспечения информационной безопасности – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере обеспечения информационной безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z35" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) специальный удостоверяющий центр – уполномоченное подразделение государственного органа Республики Казахстан, удостоверяющее соответствие открытого ключа электронной цифровой подписи закрытому ключу электронной цифровой подписи, осуществляющее деятельность, связанную с использованием сведений, составляющих государственные секреты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z121" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) аккредитация специального удостоверяющего центра – официальное признание Комитетом национальной безопасности Республики Казахстан компетентности специального удостоверяющего центра в осуществлении деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z36" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уполномоченный орган в сфере архивного дела и документационного обеспечения управления – центральный исполнительный орган, осуществляющий руководство в сфере архивного дела и документационного обеспечения управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z38" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) удостоверяющий центр – юридическое лицо, удостоверяющее соответствие открытого ключа электронной цифровой подписи закрытому ключу электронной цифровой подписи, а также подтверждающее достоверность регистрационного свидетельства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z37" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) аккредитация удостоверяющего центра – официальное признание уполномоченным органом в сфере обеспечения информационной безопасности компетентности удостоверяющего центра в оказании услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z107" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) специальный корневой удостоверяющий центр Республики Казахстан – удостоверяющий центр, осуществляющий подтверждение принадлежности и действительности открытых ключей электронной цифровой подписи специальных удостоверяющих центров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z108" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-2) удостоверяющий центр государственных органов Республики Казахстан – удостоверяющий центр, обслуживающий государственные органы, должностных лиц государственных органов в информационных системах и иных государственных информационных ресурсах государственных органов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z109" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-3) корневой удостоверяющий центр Республики Казахстан – удостоверяющий центр, осуществляющий подтверждение принадлежности и действительности открытых ключей электронной цифровой подписи удостоверяющих центров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z110" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-4) доверенная третья сторона Республики Казахстан – информационная система, осуществляющая в рамках трансграничного взаимодействия подтверждение подлинности иностранной электронной цифровой подписи и электронной цифровой подписи, выданной на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z122" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-5) национальный удостоверяющий центр Республики Казахстан – удостоверяющий центр, предоставляющий средства электронной цифровой подписи и регистрационные свидетельства физическим или юридическим лицам для формирования электронных документов в государственных и негосударственных информационных системах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z39" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) подписывающее лицо – физическое или юридическое лицо, правомерно владеющее закрытым ключом электронной цифровой подписи и обладающее правом на ее использование в электронном документе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z40" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Осы Заң электрондық цифрлық қолтаңбалар арқылы куәландырылған, құқықтық қатынастардың орнатылуын, өзгертiлуiн немесе тоқтатылуын көздейтiн электрондық құжаттарды жасау және пайдалану кезiнде туындайтын қатынастарды, сондай-ақ азаматтық-құқықтық мәмiлелер жасауды қоса алғанда, құқықтық қатынастарға қатысушылардың электрондық құжаттар айналымы саласында туындайтын құқықтары мен мiндеттерiн реттеуге бағытталған. </w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+      7) электронная копия документа – документ, полностью воспроизводящий вид и информацию (данные) подлинного документа в электронно-цифровой форме; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) исключен Законом РК от 28.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 128-VI </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) регистрационное свидетельство – электронный документ, выдаваемый удостоверяющим центром для подтверждения соответствия электронной цифровой подписи требованиям, установленным настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z50" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) владелец регистрационного свидетельства – физическое или юридическое лицо, на имя которого выдано регистрационное свидетельство, правомерно владеющее закрытым ключом, соответствующим открытому ключу, указанному в регистрационном свидетельстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z51" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) электронный архив – совокупность архивных электронных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z49" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) электронный документ – документ, в котором информация представлена в электронно-цифровой форме и удостоверена посредством электронной цифровой подписи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z45" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) электронный документооборот – обмен электронными документами между государственными органами, физическими и юридическими лицами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z44" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14) система электронного документооборота – система обмена электронными документами, отношения между участниками которой регулируются настоящим Законом и иными нормативными правовыми актами Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z43" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) участник системы электронного документооборота – физическое или юридическое лицо, государственный орган или должностное лицо, участвующие в процессах сбора, обработки, хранения, передачи, поиска и распространения электронных документов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z84" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) электронная цифровая подпись – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z101" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) средства электронной цифровой подписи – совокупность программных и технических средств, используемых для создания и проверки подлинности электронной цифровой подписи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z105" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) открытый ключ электронной цифровой подписи – последовательность электронных цифровых символов, доступная любому лицу и предназначенная для подтверждения подлинности электронной цифровой подписи в электронном документе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z106" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) закрытый ключ электронной цифровой подписи – последовательность электронных цифровых символов, предназначенная для создания электронной цифровой подписи с использованием средств электронной цифровой подписи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 1 в редакции Закона РК от 24.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); с изменениями, внесенными законами РК от 28.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 128-VI </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 155-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
-[...7 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> Статья 2. Законодательство Республики Казахстан об электронном документе и электронной цифровой подписи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Законодательство Республики Казахстан об электронном документе и электронной цифровой подписи основывается на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...303 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 3. Использование иностранного регистрационного свидетельства и обмен электронными документами с участием иностранных физических и юридических лиц </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. При регулировании правоотношений, возникающих между удостоверяющим центром и владельцем иностранного регистрационного свидетельства, применяется право государства, в котором было выдано регистрационное свидетельство, если иное не установлено соглашением сторон. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. При обмене электронными документами с участием иностранных физических и юридических лиц применяется законодательство Республики Казахстан, если иное не установлено соглашением сторон. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 4. Компетенция Правительства Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z93" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правительство Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">8) алып тасталды - ҚР 28.12.2017 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">1) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) исключен Законом РК от 16.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 155-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) определяет полномочия уполномоченного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) исключен Законом РК от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-1) исключен Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-2) исключен Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) осуществляет иные полномочия, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 4 в редакции Закона РК от 15.07.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 337-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменениями, внесенными законами РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 155-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 5. Компетенция уполномоченных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z52" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уполномоченный орган в сфере информатизации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) реализует государственную политику в сфере электронного документа и электронной цифровой подписи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разрабатывает нормативные правовые акты Республики Казахстан в сфере электронного документа и электронной цифровой подписи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оказывает практическую и методическую помощь государственным органам и организациям по вопросам электронного документа и электронной цифровой подписи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) исключен Законом РК от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) утверждает типовое положение удостоверяющего центра;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) утверждает правила выдачи, хранения, отзыва регистрационных свидетельств и подтверждения принадлежности и действительности открытого ключа электронной цифровой подписи удостоверяющим центром, за исключением корневого удостоверяющего центра Республики Казахстан, удостоверяющего центра государственных органов, национального удостоверяющего центра Республики Казахстан и доверенной третьей стороны Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) утверждает правила регистрации, перерегистрации и аннулирования объектных идентификаторов в казахстанском сегменте объектных идентификаторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) исключен Законом РК от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) утверждает правила регистрации и прекращения взаимодействия удостоверяющих центров, доверенных третьих сторон иностранных государств с доверенной третьей стороной Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) утверждает правила проверки подлинности электронной цифровой подписи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) исключен Законом РК от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) утверждает правила выдачи, хранения, отзыва регистрационных свидетельств и подтверждения принадлежности и действительности открытого ключа электронной цифровой подписи корневым удостоверяющим центром Республики Казахстан, удостоверяющим центром государственных органов и национальным удостоверяющим центром Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) утверждает правила подтверждения подлинности электронной цифровой подписи доверенной третьей стороной Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1) осуществляет координацию деятельности корневого удостоверяющего центра Республики Казахстан, удостоверяющего центра государственных органов Республики Казахстан, национального удостоверяющего центра Республики Казахстан и доверенной третьей стороны Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13-2) исключен Законом РК от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-3) разрабатывает и утверждает правила создания, использования и хранения закрытых ключей электронной цифровой подписи в удостоверяющем центре по согласованию с уполномоченным органом в сфере обеспечения информационной безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Уполномоченный орган в сфере архивного дела и документационного обеспечения управления:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) осуществляет реализацию государственной политики в сфере электронного документооборота и электронных архивов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивает межотраслевое организационно-методическое руководство вопросами электронного документооборота и электронных архивов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) разрабатывает и утверждает нормативные правовые акты Республики Казахстан в сфере электронного документооборота и электронных архивов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет государственный контроль за соблюдением законодательства Республики Казахстан об электронном документе и электронной цифровой подписи в части электронного документооборота и электронных архивов в источниках комплектования Национального архива Республики Казахстан, центральных государственных архивов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) утверждает проверочные листы, критерии оценки риска, полугодовые графики проведения проверок в соответствии с Предпринимательским кодексом Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Уполномоченный орган в сфере обеспечения информационной безопасности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z125" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляет государственный контроль за соблюдением законодательства Республики Казахстан об электронном документе и электронной цифровой подписи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z126" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разрабатывает и утверждает правила проведения аккредитации удостоверяющих центров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z127" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 5 в редакции Закона РК от 24.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); с изменениями, внесенными законами РК от 28.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 128-VI </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 155-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 5-1. Государственный контроль в сфере электронного документа и электронной цифровой подписи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z103" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Государственный контроль в сфере электронного документа и электронной цифровой подписи осуществляется в форме проверки и иных формах. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z104" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Проверка осуществляется в соответствии с Предпринимательским кодексом Республики Казахстан. Иные формы государственного контроля осуществляются в соответствии с настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена статьей 5-1 в соответствии с Законом РК от 17.07.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменениями, внесенными законами РК от 06.01.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.10.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 5-2. Компетенция местных исполнительных органов области, города республиканского значения и столицы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z115" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Местные исполнительные органы области, города республиканского значения и столицы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z116" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) реализуют государственную политику в сфере электронного документооборота и электронных архивов на территории области, города республиканского значения и столицы; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z117" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляют методическое руководство вопросами электронного документооборота и электронных архивов на территории области, города республиканского значения и столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z118" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляют государственный контроль за соблюдением законодательства Республики Казахстан об электронном документе и электронной цифровой подписи в части электронного документооборота и электронных архивов на территории области, города республиканского значения и столицы, за исключением источников комплектования Национального архива Республики Казахстан и центральных государственных архивов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z119" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляют в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена статьей 5-2 в соответствии с Законом РК от 16.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 155-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 5-3. Компетенция Комитета национальной безопасности Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комитет национальной безопасности Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) утверждает правила выдачи, хранения, отзыва регистрационных свидетельств и подтверждения принадлежности и действительности открытого ключа электронной цифровой подписи специальным корневым удостоверяющим центром Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z131" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет координацию деятельности специального корневого удостоверяющего центра Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z132" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена статьей 5-3 в соответствии с Законом РК от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Электронный документ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z8" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 6. Принципы электронного документооборота </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электронный документооборот осуществляется в государственных и негосударственных информационных системах на основе следующих принципов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) функционирования различных систем электронного документооборота;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z63" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) использования электронных документов в любых сферах деятельности, где применяются информационно-коммуникационные технологии для создания, обработки, хранения и передачи данных; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z64" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) передачи электронных документов с использованием любых информационных систем. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 6 с изменениями, внесенными Законом РК от 24.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 7. Требования к электронному документообороту</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Электронный документ, соответствующий требованиям настоящего Закона и удостоверенный посредством электронной цифровой подписи лица, имеющего полномочия на его подписание, равнозначен подписанному документу на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Электронный документ считается отправленным с момента его передачи через сети телекоммуникаций. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z66" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Входящий электронный документ считается поступившим после его фиксации в информационной системе адресата. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z67" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Уведомление о получении должно содержать данные о факте и времени получения электронного документа и его отправителе. В случае непоступления его автору считается, что документ не получен адресатом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z102" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1. В случаях, установленных законодательством Республики Казахстан, для оказания государственной услуги представляется электронная копия документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z68" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Порядок электронного документооборота определяется Правительством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z69" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Порядок сбора, обработки, хранения, передачи, поиска, распространения, использования, защиты, регистрации и уничтожения электронных документов и иных данных, содержащих сведения, составляющие государственные секреты, с использованием информационных систем в защищенном исполнении, отнесенных к государственным секретам, а также порядок создания, аккредитации и прекращения деятельности специального удостоверяющего центра определяются Комитетом национальной безопасности Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 в редакции Закона РК от 04.06.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 162-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); с изменениями, внесенными законами РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 24.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 8. Хранение электронных документов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Электронные документы хранятся в государственных и (или) негосударственных информационных системах в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 9. Права и обязанности участника системы электронного документооборота </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Участник системы электронного документооборота вправе: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) обратиться в удостоверяющий центр за подтверждением принадлежности и действительности открытого ключа электронной цифровой подписи, зарегистрированного данным удостоверяющим центром; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z71" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) обслуживаться несколькими удостоверяющими центрами. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z72" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Участник системы электронного документооборота обязан соблюдать установленные правила электронного документооборота. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными Законом РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Электронная цифровая подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z13" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 10. Использование электронной цифровой подписи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z46" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Электронная цифровая подпись равнозначна собственноручной подписи подписывающего лица и влечет одинаковые юридические последствия при выполнении следующих условий: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) удостоверена подлинность электронной цифровой подписи при помощи открытого ключа, имеющего регистрационное свидетельство; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) лицо, подписавшее электронный документ, правомерно владеет закрытым ключом электронной цифровой подписи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электронная цифровая подпись используется в соответствии со сведениями, указанными в регистрационном свидетельстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) электронная цифровая подпись создана и регистрационное свидетельство выдано аккредитованным удостоверяющим центром Республики Казахстан или иностранным удостоверяющим центром, зарегистрированным в доверенной третьей стороне Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Закрытые ключи электронной цифровой подписи являются собственностью лиц, владеющих ими на законных основаниях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицо может иметь закрытые ключи электронной цифровой подписи для различных информационных систем. Закрытые ключи электронной цифровой подписи не могут быть переданы другим лицам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z133" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Допускается хранение закрытых ключей электронной цифровой подписи в удостоверяющем центре в соответствии с правилами создания, использования и хранения закрытых ключей электронной цифровой подписи в удостоверяющем центре.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Владелец регистрационного свидетельства электронной цифровой подписи юридического лица – руководитель юридического лица или лицо, его замещающее, вправе передавать работнику данного юридического лица или назначенному им лицу полномочия на использование электронной цифровой подписи от имени данного юридического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменениями, внесенными законами РК от 15.07.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 337-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>); от 24.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 11. Средства электронной цифровой подписи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Средства электронной цифровой подписи подлежат подтверждению соответствия в случаях и порядке, установленных законодательством Республики Казахстан в области технического регулирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 11 в редакции Закона РК от 29.10.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 12. Электронная цифровая подпись в системе электронного документооборота</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Электронная цифровая подпись может использоваться должностными лицами государственных органов при удостоверении электронных документов, издаваемых ими в пределах их полномочий. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В негосударственных системах электронного документооборота электронная цифровая подпись используется в порядке, установленном гражданским законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменением, внесенным Законом РК от 15.07.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 337-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 13. Признание иностранной электронной цифровой подписи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z134" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Иностранная электронная цифровая подпись, имеющая иностранное регистрационное свидетельство, признается на территории Республики Казахстан в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z135" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) удостоверена подлинность иностранной электронной цифровой подписи доверенной третьей стороной Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z136" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) лицо, подписавшее электронный документ, правомерно владеет закрытым ключом иностранной электронной цифровой подписи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z137" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) иностранная электронная цифровая подпись используется в соответствии со сведениями, указанными в регистрационном свидетельстве; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z138" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сформирована средствами электронной цифровой подписи иностранного удостоверяющего центра, зарегистрированного в доверенной третьей стороне Республики Казахстан, или иностранного удостоверяющего центра, зарегистрированного в доверенной третьей стороне иностранного государства, зарегистрированной в доверенной третьей стороне Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 13 в редакции Закона РК от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Регистрационное свидетельство</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z18" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 14. Выдача регистрационного свидетельства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Регистрационное свидетельство выдается лицу, достигшему шестнадцатилетнего возраста, в порядке, установленном уполномоченным органом в сфере информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 14 в редакции Закона РК от 24.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 14-1. Отказ в выдаче регистрационного свидетельства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Удостоверяющий центр отказывает в выдаче регистрационного свидетельства в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) неполноты представленных документов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представления недостоверных сведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в соответствии со вступившим в законную силу решением суда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) недостижения лицом шестнадцатилетнего возраста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Глава 4 дополнена статьей 14-1 в соответствии с Законом РК от 24.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 15. Содержание регистрационного свидетельства </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Регистрационное свидетельство должно содержать следующие сведения: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) номер регистрационного свидетельства и срок его действия; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) данные, позволяющие идентифицировать владельца электронной цифровой подписи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) открытый ключ электронной цифровой подписи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) исключен Законом РК от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) информацию о сферах применения и ограничениях применения электронной цифровой подписи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) реквизиты соответствующего удостоверяющего центра. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Удостоверяющий центр по согласованию с участником системы электронного документооборота включает в регистрационное свидетельство дополнительную информацию, необходимую для электронного документооборота.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменениями, внесенными законами РК от 27.04.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 16. Порядок и срок хранения регистрационных свидетельств в удостоверяющих центрах</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Копии регистрационных свидетельств хранятся в соответствующих удостоверяющих центрах в порядке, установленном уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Срок хранения отозванных регистрационных свидетельств в удостоверяющих центрах составляет не менее пяти лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. По истечении срока, указанного в пункте 2 настоящей статьи, отозванные регистрационные свидетельства поступают на архивное хранение в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 17. Права и обязанности владельца регистрационного свидетельства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Владелец регистрационного свидетельства вправе требовать от удостоверяющего центра отзыва регистрационного свидетельства в случаях, если он предполагает нарушение режима доступа к закрытому ключу электронной цифровой подписи, соответствующему открытому ключу, указанному в регистрационном свидетельстве. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Владелец регистрационного свидетельства обязан: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) предоставлять удостоверяющему центру достоверную информацию; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) пользоваться закрытым ключом, соответствующим открытому ключу, указанному в регистрационном свидетельстве; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) исключен Законом РК от 27.04.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) принимать меры для защиты принадлежащего ему закрытого ключа электронной цифровой подписи от неправомерного доступа и использования, а также хранить открытые ключи в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 17 с изменениями, внесенными законами РК от 15.07.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 337-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 27.04.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 18. Отзыв регистрационного свидетельства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z139" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Удостоверяющий центр, выдавший регистрационное свидетельство, отзывает его на основании соответствующего уведомления в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z140" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по требованию владельца регистрационного свидетельства либо его представителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z141" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при установлении факта представления недостоверных сведений либо неполного пакета документов при получении регистрационного свидетельства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z142" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) смерти владельца регистрационного свидетельства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z143" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) изменения фамилии, имени или отчества (если оно указано в документе, удостоверяющем личность) владельца регистрационного свидетельства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z144" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) смены наименования, реорганизации, ликвидации юридического лица – владельца регистрационного свидетельства, смены руководителя юридического лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z145" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) предусмотренных соглашением между удостоверяющим центром и владельцем регистрационного свидетельства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z146" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) по вступившему в законную силу решению суда. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z147" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Удостоверяющий центр отзывает регистрационное свидетельство в порядке и сроки, которые установлены законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z148" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При отзыве регистрационного свидетельства удостоверяющий центр обязан внести изменения в регистр регистрационных свидетельств в течение одного дня с момента получения соответствующей информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 18 в редакции Закона РК от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 19. Признание иностранных регистрационных свидетельств</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Статья 19 исключена Законом РК от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Удостоверяющий центр</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z25" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 20. Деятельность удостоверяющего центра</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z73" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Удостоверяющий центр является юридическим лицом, созданным в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z74" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Удостоверяющий центр может обслуживать несколько систем электронного документооборота.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 20 в редакции Закона РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 461-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 30.01.2012).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 20-1. Государственная монополия в сфере электронного документа и электронной цифровой подписи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z87" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Статья 20-1 исключена Законом РК от 28.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z55" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 20-2. Аккредитация удостоверяющих центров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z61" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Аккредитация удостоверяющих центров является обязательным условием для осуществления удостоверяющими центрами (за исключением корневого удостоверяющего центра Республики Казахстан) своей деятельности на территории Республики Казахстан. Аккредитация осуществляется уполномоченным органом в сфере обеспечения информационной безопасности в отношении удостоверяющих центров, являющихся юридическими лицами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аккредитация удостоверяющего центра осуществляется на бесплатной основе сроком на три года, если более короткий срок не указан в заявлении удостоверяющего центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аккредитация специальных удостоверяющих центров является обязательным условием осуществления специальными удостоверяющими центрами (за исключением специального корневого удостоверяющего центра Республики Казахстан) своей деятельности на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Глава 5 дополнена статьей 20-2 в соответствии с Законом РК от 24.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); с изменениями, внесенными законами РК от 28.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="16"/>
-[...218 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z26" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 21. Функции удостоверяющего центра</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z76" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Удостоверяющий центр: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z77" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) создает ключи электронных цифровых подписей по обращению участников системы электронного документооборота с принятием мер для защиты закрытых ключей электронной цифровой подписи от неправомерного доступа; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z78" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) выдает, регистрирует, отзывает, хранит регистрационные свидетельства, ведет регистр регистрационных свидетельств, выданных в установленном порядке; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) утверждает правила применения регистрационных свидетельств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осуществляет учет действующих и отозванных регистрационных свидетельств; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z80" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) подтверждает принадлежность и действительность открытого ключа электронной цифровой подписи, зарегистрированного удостоверяющим центром в порядке, установленном законодательством Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z81" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) (исключен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z82" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Удостоверяющий центр обязан принимать все необходимые меры для предотвращения утери, модификации и подделки находящихся на хранении открытых ключей и (или) закрытых ключей электронной цифровой подписи. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z83" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. За неисполнение обязанности, предусмотренной пунктом 2 настоящей статьи, удостоверяющий центр несет ответственность в соответствии с законами Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z113" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осуществление функций удостоверяющего центра государственных органов Республики Казахстан, национального удостоверяющего центра Республики Казахстан и корневого удостоверяющего центра Республики Казахстан обеспечивает оператор информационно-коммуникационной инфраструктуры "электронного правительства", определенный в соответствии с Законом Республики Казахстан "Об информатизации".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z150" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осуществление функций специального корневого удостоверяющего центра Республики Казахстан обеспечивает Комитет национальной безопасности Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-бап жаңа редакцияда - ҚР 24.11.2015 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңымен; өзгерістер енгізілді - ҚР 28.12.2017 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 21 с изменениями, внесенными законами РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); от 24.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 28.12.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.05.2018 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 25.06.2020 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 347-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z27" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-    </w:p>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 22. Прекращение деятельности удостоверяющего центра </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қазақстан Республикасының электрондық құжат және электрондық цифрлық қолтаңба туралы заңдары Қазақстан Республикасының </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="27"/>
+      1. Деятельность удостоверяющего центра прекращается в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В случае принятия решения о прекращении своей деятельности удостоверяющий центр обязан за тридцать календарных дней до прекращения деятельности проинформировать об этом всех участников обслуживаемых им систем электронного документооборота и уполномоченный орган в сфере обеспечения информационной безопасности.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Егер Қазақстан Республикасы бекiткен халықаралық шартта осы Заңдағыдан өзгеше ережелер белгiленсе, халықаралық шарттың ережелерi қолданылады. </w:t>
-[...7 lines deleted...]
-        <w:jc w:val="both"/>
+      3. При прекращении деятельности удостоверяющего центра выданные им регистрационные свидетельства и соответствующие ключи электронной цифровой подписи, сведения о владельцах регистрационных свидетельств передаются в другие удостоверяющие центры по согласованию с владельцем регистрационного свидетельства. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. По истечении срока, указанного в пункте 2 настоящей статьи, регистрационные свидетельства и соответствующие ключи электронной цифровой подписи, не переданные в другие удостоверяющие центры, прекращают свое действие и подлежат хранению в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 22 с изменением, внесенным Законом РК от 25.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 347-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-    </w:p>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 23. Защита сведений о владельцах регистрационных свидетельств, закрытых и открытых ключах электронной цифровой подписи </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Егер тараптардың келiсiмiнде өзгеше белгiленбесе, куәландырушы орталық пен шетелдiк тiркеу куәлiгi иесiнiң арасында туындайтын құқықтық қатынастарды реттеу кезiнде тiркеу куәлiгi берiлген мемлекеттiң құқығы қолданылады. </w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="28"/>
+      1. Удостоверяющий центр обеспечивает защиту сведений о владельцах регистрационных свидетельств и раскрывает их в случаях, предусмотренных законодательными актами Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Егер тараптардың келiсiмiнде өзгеше белгiленбесе, шетелдiк жеке және заңды тұлғалар қатысатын электрондық құжаттарды алмасу кезiнде Қазақстан Республикасының заңдары қолданылады. </w:t>
-[...7 lines deleted...]
-        <w:jc w:val="both"/>
+      2. Сведения о владельцах регистрационных свидетельств, являющиеся конфиденциальными в соответствии с соглашением сторон, не включаются в общедоступный регистр регистрационных свидетельств. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Заключительные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z30" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 24. Ответственность за нарушение законодательства Республики Казахстан об электронном документе и электронной цифровой подписи </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+      Лица, виновные в нарушении законодательства Республики Казахстан об электронном документе и электронной цифровой подписи, несут ответственность, предусмотренную законами Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отказ в принятии электронных документов в случаях, предусмотренных законами Республики Казахстан, не допускается.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+        <w:t>      Сноска. Статью 24 с изменениями, внесенными Законом РК от 24.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z31" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="32"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 25. Рассмотрение споров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="33"/>
+      Споры, возникающие при использовании электронного документа и электронной цифровой подписи, подлежат рассмотрению в судебном порядке в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 26. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...5548 lines deleted...]
-      Осы Заң 2003 жылғы 1 шiлдеден бастап қолданысқа енгiзiледi. </w:t>
+      Настоящий Закон вводится в действие с 1 июля 2003 года. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9852"/>
-        <w:gridCol w:w="2448"/>
+        <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9852" w:type="dxa"/>
-[...43 lines deleted...]
-            <w:tcW w:w="2448" w:type="dxa"/>
+            <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12000" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>      Президент</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...16 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>