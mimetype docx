--- v0 (2025-10-10)
+++ v1 (2025-11-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9a47967" w14:textId="9a47967">
+    <w:p w14:paraId="988e6f9" w14:textId="988e6f9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,854 +76,904 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасындағы мерекелер туралы</w:t>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="0"/>
+        <w:t>О праздниках в Республике Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 13 декабря 2001 года N 267.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Настоящий Закон определяет правовые основы праздников, отмечаемых в Республике Казахстан. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">1-бап. Қазақстан Республикасында атап өтілетін мерекелер </w:t>
-[...71 lines deleted...]
-      Кәсіби және өзге де мерекелер - ұлттық және мемлекеттік мерекелер мәртебесі берілмеген, азаматтардың жекелеген санаттары атап өтетін мерекелер. </w:t>
+        <w:t xml:space="preserve">Статья 1. Праздники, отмечаемые в Республике Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В Республике Казахстан отмечаются национальные праздники, государственные праздники, профессиональные и иные праздники. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Национальные праздники - праздники, установленные в Республике Казахстан в ознаменование событий, имеющих особое историческое значение, оказавших существенное влияние на развитие казахстанской государственности. Празднование национальных праздников сопровождается проведением официальных мероприятий в центральных и местных государственных органах. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Государственные праздники - праздники, посвященные событиям, имеющим общественно-политическое значение, а также традиционно отмечаемые гражданами Республики Казахстан. Празднование государственных праздников может сопровождаться проведением официальных мероприятий. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Профессиональные и иные праздники - праздники, не наделенные статусом национальных и государственных праздников, отмечаемые отдельными категориями граждан. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2-бап. Ұлттық мерекелер </w:t>
-[...17 lines deleted...]
-      Қазақстан Республикасындағы Ұлттық мереке - 16-17 желтоқсанда атап өтілетін 16-желтоқсан - Тәуелсіздік күні. </w:t>
+        <w:t xml:space="preserve">Статья 2. Национальные праздники </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Национальным праздником в Республике Казахстан является День Независимости 16 декабря, отмечаемый 16-17 декабря. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">3-бап. Мемлекеттік мерекелер </w:t>
-[...71 lines deleted...]
-      21-23 наурыз - Наурыз мейрамы; </w:t>
+        <w:t xml:space="preserve">Статья 3. Государственные праздники </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Государственными праздниками в Республике Казахстан являются праздники, отмечаемые в следующие дни: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Новый год - 1-2 января; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Международный женский день - 8 марта; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Наурыз мейрамы - 21-23 марта; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1 мамыр - Қазақстан халқының бірлігі мерекесі;</w:t>
+      Праздник единства народа Казахстана - 1 мая;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7 мамыр - Отан қорғаушы күні;</w:t>
-[...35 lines deleted...]
-      6 шілде - Астана күні; </w:t>
+      День защитника Отечества - 7 мая;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      День Победы - 9 мая; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      День Столицы - 6 июля; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      30 тамыз - Қазақстан Республикасының Конституциясы күні.</w:t>
+      День Конституции Республики Казахстан - 30 августа;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1 желтоқсан – Қазақстан Республикасының Тұңғыш Президенті күні.</w:t>
+      День Первого Президента Республики Казахстан - 1 декабря.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-бапқа өзгеріс енгізілді - ҚР 2008.06.25 N 47-IV (қолданысқа енгізілу тәртібін </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 3 с изменениями, внесенными законами РК от 25.06.2008 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N 47-IV </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 22.04.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N 152-IV </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 14.12.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 19.10.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 43-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">4-бап. Кәсіби және өзге де мерекелер </w:t>
-[...37 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 4. Профессиональные и иные праздники </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Профессиональные и иные праздники являются праздничными датами в Республике Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перечень праздничных дат устанавливается Правительством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-бапқа өзгеріс енгізілді - ҚР 03.07.2017 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 4 с изменением, внесенным Законом РК от 03.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Конституциялық заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">5-бап. Мереке күндері </w:t>
-[...53 lines deleted...]
-      Демалыс және мереке күндері сәйкес келген жағдайда мерекеден кейінгі жұмыс күні демалыс күні болады. </w:t>
+        <w:t xml:space="preserve">Статья 5. Праздничные дни </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Дни, в которые отмечаются национальные и государственные праздники в Республике Казахстан, признаются праздничными днями в соответствии с трудовым законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Праздничные дни в Республике Казахстан являются нерабочими днями. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При совпадении выходного и праздничного дней выходным днем является следующий после праздничного рабочий день. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">6-бап. Осы Заңды қолданысқа енгізу тәртібі </w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve">(Қазақстан Республикасы Жоғарғы Кеңесінің Жаршысы, 1995 ж., N 21, 125-құжат) күші жойылды деп танылсын. </w:t>
+        <w:t xml:space="preserve">Статья 6. Порядок введения в действие настоящего Закона </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящий Закон вводится в действие со дня его официального опубликования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Признать утратившим силу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Указ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Президента Республики Казахстан, имеющий силу Закона, от 18 октября 1995 г. N 2534 "О праздничных днях в Республике Казахстан" (Ведомости Верховного Совета Республики Казахстан, 1995 г., N 21, ст. 125). </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9852"/>
         <w:gridCol w:w="2448"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9852" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының</w:t>
+Президент</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Президенті</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2448" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -976,51 +1026,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>