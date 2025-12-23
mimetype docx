--- v0 (2025-10-11)
+++ v1 (2025-12-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="54def60" w14:textId="54def60">
+    <w:p w14:paraId="a92be78" w14:textId="a92be78">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,289 +76,289 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Орта білім беру ұйымдарында сынып жетекшілігі туралы ережені бекіту туралы</w:t>
-[...16 lines deleted...]
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 12 қаңтардағы № 18 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 15 ақпанда № 13067 болып тіркелді.</w:t>
+        <w:t>Об утверждении Положения о классном руководстве в организациях среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 12 января 2016 года № 18. Зарегистрирован в Министерстве юстиции Республики Казахстан 15 февраля 2016 года № 13067.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 5-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес </w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 12-2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған орта білім беру ұйымдарындағы сынып жетекшілігі туралы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      1. Утвердить прилагаемое </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Положение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о классном руководстве в организациях среднего образования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Мектепке дейінгі және орта білім, ақпараттық технологиялар департаменті (Ж.А. Жонтаева) заңнамада белгіленген тәртіппен:</w:t>
+      2. Департаменту дошкольного и среднего образования, информационных технологий (Жонтаева Ж.А.) в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...54 lines deleted...]
-      4) Қазақстан Республикасы Әділет министрлігінде тіркеуден өткеннен кейін он күн ішінде осы бұйрықтың 2-тармағының 1), 2) және 3) тармақшаларында көзделген шаралардың орындалуы туралы мәліметті Қазақстан Республикасының Білім және ғылым министрлігінің Заң департаментіне беруді қамтамасыз етсін.</w:t>
+        <w:t xml:space="preserve">
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан его направление на официальное опубликование в периодических печатных изданиях и в информационно-правовой системе "Әділет", а также в Республиканское государственное предприятие на праве хозяйственного введения "Республиканский центр правовой информации Министерства юстиции Республики Казахстан" для размещения в Эталонном контрольном банке нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) пункта 2 настоящего приказа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
+      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4. Осы бұйрық алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+        <w:t xml:space="preserve">
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после его первого официального опубликования. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -366,51 +366,51 @@
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының</w:t>
+Министр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -436,51 +436,51 @@
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білім және ғылым</w:t>
+образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -506,82 +506,82 @@
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-министрі</w:t>
+Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-А. Сәрінжіпов</w:t>
+А. Саринжипов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -641,2836 +641,2746 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Утверждено</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>приказом Министра образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2016 жылғы 12 қаңтардағы</w:t>
+              <w:t>и науки Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 18 бұйрығымен бекітілген</w:t>
+              <w:t>от 12 января 2016 года № 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Орта білім беру ұйымдарында сынып жетекшілігі туралы ереже</w:t>
+        <w:t xml:space="preserve"> ПОЛОЖЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>1. Жалпы ережелер</w:t>
+        <w:t>о классном руководстве в организациях среднего образования</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы орта білім беру ұйымдарындағы сынып жетекшілігі туралы ереже (бұдан әрі – Ереже) "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 5-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
+      1. Настоящее Положение о классном руководстве в организациях среднего образования (далее - Положение) разработано в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 12-2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Ереже сыныптағы білім алушылардың оқу-тәрбие процесі шеңберіндегі қызметін үйлестіру бойынша педагогке (бұдан әрі - сынып жетекшісі) жүктелген функцияларды айқындайды.</w:t>
+      2. Положение определяет функции, возложенные на педагога (далее - классный руководитель), по координации деятельности обучающихся класса в рамках учебно-воспитательного процесса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Білім және ғылым министрінің 07.04.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 в редакции приказа Министра образования и науки РК от 07.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 132</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Сынып жетекшісі өз қызметін Қазақстан Республикасының </w:t>
-[...29 lines deleted...]
-        <w:t>Білім туралы</w:t>
+      3. Классный руководитель осуществляет свою деятельность в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, законами Республики Казахстан "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об образовании</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасындағы баланың құқықтары туралы</w:t>
-[...9 lines deleted...]
-        <w:t>" заңдарына және білім беру  саласындағы Қазақстан Республикасының басқа да заңнамалық және нормативтік құқықтық актілеріне сәйкес жүзеге асырады.</w:t>
+        <w:t>О правах ребенка в Республике Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", другими законодательными и нормативными правовыми актами Республики Казахстан в сфере образования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Сынып жетекшісінің қызметі – білім беру ұйымының жарғысы, білім алушыларға білім берудің өзекті міндеттері, жаңартылған мазмұны, әдіснамасы, сондай-ақ тәрбие нысандары ескерілген тұлғалық бағдарлы тәсіл негізінде құрылған мақсатқа сай бағытталған, жүйелі, жоспарланған процесс.</w:t>
+      4. Деятельность классного руководителя – целенаправленный, системный, планируемый процесс, который строится на основе устава организации образования, личностно-ориентированного подхода к обучающимся с учетом актуальных задач, обновления содержания и методологии образования, а также форм воспитания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Сынып жетекшісі тәрбие жұмысын ұйымдастыру саласында тиісті теориялық және практикалық білімді және оқыту дағдыларын меңгеріп, жоғары өнегелілік қасиеттерге ие бола, білім алушыларды жігерлендіріп, оларға қолдау көрсетіп және биік адами мұраттарға бағыттайды.</w:t>
+      5. Классный руководитель обладает соответствующими теоретическими и практическими знаниями и навыками организации воспитательной работы, а также высокими морально-нравственными, деловыми качествами организатора, мотивировать обучающихся, поддерживать и развивать их стремление к высоким человеческим идеалам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Сынып жетекшісіне тағайындауға кандидатураларды іріктеуді білім беру ұйымының әкімшілігі жүзеге асырады, кейін басшының бұйрығымен бекітіледі.</w:t>
+        <w:t xml:space="preserve">
+      Отбор кандидатур для назначения классного руководителя осуществляется администрацией организации образования и утверждается приказом руководителя. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Сынып жетекшісі қызметіне бақылауды жалпы орта білім беру ұйымы басшысының тәрбие ісі жөніндегі орынбасары жүзеге асырады.</w:t>
+      6. Контроль за деятельностью классного руководителя осуществляет заместитель руководителя организации среднего образования по воспитательной работе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
-[...15 lines deleted...]
-      7. Білім беру процесінің қатысушылары білім беру ұйымдарының әкімшілігі, педагогтер, сынып жетекшілері, білім беру ұйымдарындағы жұмыскерлер (мектептің медициналық қызметкерлері, психологтар, логопедтер), білім алушылар, олардың ата-аналары және өзге де заңды өкілдері болып табылады.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Участниками образовательного процесса являются администрация  организации образования, педагоги, классные руководители, работники организации образования (школьные медицинские работники, психологи, логопеды), обучающиеся, их родители, и иные законные представители.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Сынып жетекшісі қызметінің мақсаты мен міндеттері</w:t>
+        <w:t xml:space="preserve"> 2. Цель и задачи деятельности классного руководителя</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
-[...15 lines deleted...]
-      8. Сынып жетекшісі қызметінің мақсаты – білім алушының азаматтық өзіндік санасын, жалпы мәдениетін, салауатты өмір салтын, өзін-өзі дамытуы мен өзін-өзі іске асыруын қалыптастыруы, оның тұлғалық өзін-өзі анықтауы, қоғамда табысты әлеуеттенуі мен бейімделуі үшін, білім алушылардың шығармашылығын дамыту, бос уақытын мазмұнды ұйымдастыру үшін жағдай жасау.</w:t>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Цель деятельности классного руководителя – создание условий для формирования гражданского самосознания, общей культуры, здорового образа жизни, саморазвития и самореализации обучающегося, его личностного самоопределения, успешной социализации и адаптации в обществе, развития творчества обучающихся, организации содержательного досуга.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жалпы орта білім беру мазмұнында базалық құндылықтар: қазақстандық патриотизм және азаматтық жауапкершілік, құрмет, ынтымақтастық, еңбек және шығармашылдық, ашықтық, өмір бойы білім алу болып табылады.</w:t>
-[...18 lines deleted...]
-      9. Сынып жетекшісі қызметінің міндеттері:</w:t>
+      Базовыми ценностями в содержании общего среднего образования являются казахстанский патриотизм и гражданская ответственность, уважение, сотрудничество, труд и творчество, открытость, образование в течение всей жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Задачи деятельности классного руководителя:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z32" w:id="16"/>
-[...15 lines deleted...]
-      1) сынып активін қалыптастыру;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формирование актива класса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) создание благоприятных психолого-педагогических условий для развития личности, самоутверждения обучающегося, раскрытия его потенциальных способностей и сохранения индивидуальности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>защита прав</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и интересов обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) организация системной работы с обучающимися в классе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) развитие творческих, духовных и физических возможностей личности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мотивирование к здоровому образу жизни;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) формирование у учащихся морально-нравственных и духовных качеств, привитие толерантности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) воспитание гражданственности и патриотизма, любви к своей Родине, уважения к государственным символам и государственному языку, почитания народных традиций, нетерпимости к любым антиконституционным и антиобщественным проявлениям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) воспитание личности с активной гражданской позицией, формирование потребностей участвовать в общественно-политической, экономической и культурной жизни республики, осознанного отношения личности к своим правам и обязанностям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) приобщение к достижениям отечественной и мировой культуры; изучение истории, обычаев и традиций казахского и других народов республики; овладение государственным, русским, иностранным языками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) привитие учащимся чувства коллективизма, ответственности за других, умения работать в команде в духе товарищества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) содействие формированию безопасной среды для детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Функции классного руководителя</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z33" w:id="17"/>
-[...15 lines deleted...]
-      2) әр білім алушының тұлғасын дамыту, өзін-өзі таныту, оның әлеуеттік қабілеттерін ашу және қайталанбастығын сақтау үшін қолайлы психологиялық-педагогикалық жағдай жасау;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Функции классного руководителя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z34" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Организационно-координирующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка плана деятельности классного руководства с учетом плана воспитательной работы организации среднего образования исходя из анализа, состояния и перспектив развития классного коллектива. Прогнозирование результатов воспитательной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействие с педагогами и иными работниками организаций образования, здравоохранения, родителями и иными законными представителями обучающихся, оказание им помощи в воспитании обучающихся (лично, через психолога, социального педагога, педагога дополнительного образования и другие);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация в классе образовательного процесса, оптимального для развития положительного потенциала личности обучающихся в рамках деятельности общешкольного коллектива;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      стимулирование и учет разнообразной деятельности обучающихся во внеурочное время, в том числе через систему дополнительного образования в организации среднего образования и внешкольных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация информационной работы с обучающимися, их родителями и иными законными представителями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выявление, учет и работа с детьми из социально уязвимой категории населения в целях эффективного проектирования учебно-воспитательного процесса и организации оказания им соответствующей помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      содействие профессиональному самоопределению обучающихся, осознанному выбору профессии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в работе методического объединения классных руководителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      планирование воспитательной работы с коллективом класса, разработка индивидуальных планов работы с обучающимися, родителями и иными законными представителями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      определение форм планирования воспитательной работы с классом с учетом выполнения основных принципов общешкольного планирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      привлечение к организации воспитательного процесса в классе учителей-предметников, родителей и иных законных представителей обучающихся, специалистов из других сфер (науки, искусства, спорта, правоохранительных органов и других);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация учебно-воспитательного процесса в классе, вовлечение обучающихся в деятельность классного и школьного коллективов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      изучение индивидуальных особенностей обучающихся, условия их жизни в семье и школе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отслеживание и своевременное выявление девиантного проявления в поведении обучающихся, осуществление необходимой педагогической и психологической помощи, информирование администрации школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказание помощи обучающимся в решении жизненных проблем и ситуаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация социальной, психологической и правовой защиты обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      создание благоприятной психологической атмосферы в коллективе класса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пропагандирование здорового образа жизни;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информирование родителей и иных законных представителей обучающихся об их успеваемости и поведении, осуществление координации деятельности родительского комитета класса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействие с педагогами по общеобразовательным предметам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение классных часов и других внеурочных, внешкольных мероприятий с коллективом класса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведение документации класса (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>личных дел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>классного журнала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, контроль за ведением дневников обучающихся), также другой документации, определенной нормативными актами организации среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      содействие формированию навыков самосохранения и общения с незнакомыми людьми;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соблюдение требований техники безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение сохранности жизни и здоровья обучающихся во время проведения внеклассных, внешкольных мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      своевременное информирование руководителя организации образования о фактах нарушения прав детей (вымогательство, шантаж, гибель детей и других несчастных случаев) и о совершении противоправных действий (бездействий) обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Коммуникативные функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регулирование межличностных отношений между обучающимися;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      содействие общему благоприятному психологическому климату в классе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказание помощи обучающимся в формировании коммуникативных качеств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Аналитические функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      изучение индивидуальных особенностей обучающегося и динамики их развития;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) білім алушылардың </w:t>
-[...19 lines deleted...]
-        <w:t>;</w:t>
+      анализ и оценка уровня воспитанности личности и коллектива; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      анализ и оценка влияния семейного воспитания на формирование личности обучающегося;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление систематического анализа состояния успеваемости и динамики общего развития обучающихся класса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Контрольные функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление контроля за успеваемостью, посещаемостью занятий, внешним видом, эмоционально-психологическим состоянием обучающихся класса обучающихся класса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 с изменениями, внесенными приказом Министра образования и науки РК от 07.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. В соответствии с функциями классный руководитель выбирает формы работы с обучающимися: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z35" w:id="19"/>
-[...15 lines deleted...]
-      4) сыныпта білім алушылармен жүйелі жұмыс ұйымдастыру;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) индивидуальные (беседы, консультации, совместный поиск решения проблем и другие);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) групповые (творческие объединения, органы самоуправления и другие);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) коллективные (конкурсы, спектакли, концерты, походы, слеты, соревнования и другие).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выборе формы работы с обучающимися целесообразно руководствоваться следующим:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      определять содержание и основные виды деятельности в соответствии с задачами организации среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      учитывать принципы организации образовательного процесса, потребности, интересы и возможности обучающихся, внешние условия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивать целостность содержания, формы и методов социально значимой, творческой деятельности обучающихся класса обучающихся класса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Организация деятельности классного руководителя</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z36" w:id="20"/>
-[...15 lines deleted...]
-      5) тұлғаның шығармашылық, рухани, табиғи мүмкіндіктерін дамыту;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Классный руководитель осуществляет следующую деятельность с коллективом класса и отдельными обучающимися:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z37" w:id="21"/>
-[...15 lines deleted...]
-      6) салауатты өмір салтына ынталандыру;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) постоянно определяет отсутствующих на занятиях и опоздавших обучающихся, выясняет причины их отсутствия или опоздания, проводит профилактическую работу по предупреждению опозданий и пропуска учебных занятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) организует дежурство обучающихся в классном кабинете; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) организует различные формы индивидуальной работы с обучающимися, в том числе, в случае возникновения девиации в их поведении. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Классный руководитель еженедельно:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z38" w:id="22"/>
-[...15 lines deleted...]
-      7) оқушыларда адамгершілік-өнегелік және рухани қасиеттерді қалыптастыру, толеранттылыққа баулу;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) проверяет ведение обучающимися дневников и выставление оценок за неделю; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) проводит час классного руководителя (классный час) в соответствии с планом воспитательной работы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) проводит не менее двух воспитательных мероприятий в месяц (кроме классных часов); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) организует работу с родителями и иными законными представителями обучающихся (по ситуации). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Классный руководитель ежемесячно:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z39" w:id="23"/>
-[...15 lines deleted...]
-      8) азаматтық пен патриотизмге, өз Отаны - Қазақстан Республикасына сүйіспеншілікке, мемлекеттік рәміздер мен мемлекеттік тілді құрметтеуге, халық дәстүрлерін қастерлеуге, Конституцияға қайшы және қоғамға жат кез келген көріністерге төзбеуге тәрбиелеу;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) посещает уроки в классе; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получает консультации психолога и отдельных педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) организует работу классного коллектива и его актива.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 с изменением, внесенным приказом Министра образования и науки РК от 07.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Классный руководитель в течение учебной четверти:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z40" w:id="24"/>
-[...15 lines deleted...]
-      9) белсенді азаматтық ұстанымы бар жеке адамды тәрбиелеу, республиканың қоғамдық-саяси, экономикалық және мәдени өміріне қатысу қажеттігін, жеке адамның өз құқықтары мен міндеттеріне саналы көзқарасын қалыптастыру;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) обеспечивает ведение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>классного журнала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) участвует в работе методического объединения классных руководителей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) проводит анализ выполнения плана воспитательной работы за четверть, состояние успеваемости и уровня воспитанности обучающихся; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) составляет план воспитательной работы на новую четверть; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) проводит классное родительское собрание; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) представляет в учебную часть отчет об успеваемости обучающихся класса за четверть.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Классный руководитель ежегодно:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z41" w:id="25"/>
-[...15 lines deleted...]
-      10) отандық және әлемдік мәдениеттің жетістіктеріне баулу; қазақ халқы мен республиканың басқа да халықтарының тарихын, әдет-ғұрпы мен дәстүрлерін зерделеу; мемлекеттік тілді, орыс, шетел тілдерін меңгерту;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оформляет личные дела обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) анализирует состояние воспитательной работы в классе и уровень воспитанности обучающихся в течение года; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) составляет план воспитательной работы в классе (план классного руководителя); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) собирает и предоставляет руководителю организации образования статистическую отчетность об обучающихся класса. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Документация классного руководителя</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z42" w:id="26"/>
-[...15 lines deleted...]
-      11) оқушылардың бойында ұжымдық пен басқаларға жауапкершілік, және сезімдік, достық тұрғысынан топта жұмыс істеуде қабілеттілігін қалыптастыру;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Классный руководитель ведет следующую документацию:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z43" w:id="27"/>
-[...15 lines deleted...]
-      12) балаларға арналған қауіпсіз ортаны қалыптастыру.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) план воспитательной работы класса на основе учебно-воспитательного плана работы организации среднего образования. Форма плана и анализа воспитательной работы определяется школьным методическим объединением классных руководителей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) социальный паспорт класса по утвержденной руководителем организации образования форме; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) результаты педагогического, социологического, психологического, физического исследования обучающихся класса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) протоколы заседаний родительских комитетов и родительских собраний, материалы для подготовки родительских собраний; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) материалы воспитательных мероприятий, проводимых с детьми; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) материалы методической работы по классному руководству; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) анализ воспитательной работы за четверть, полугодие и год; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) отчеты, аналитические и другие материалы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Критерии эффективности воспитательной деятельности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>классного руководителя</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z19" w:id="28"/>
+    <w:bookmarkStart w:name="z21" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Эффективность воспитательной деятельности классного руководителя определяются следующими критериями:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) результативность работы классного руководителя анализируется и оценивается администрацией организации образования и другими участниками образовательного процесса. С этой целью в каждой организации образования разрабатывается система критериев работы, а также приемов оценочно-аналитической деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) контроль за деятельностью классного руководителя осуществляет, как правило, заместитель директора по учебно-воспитательной работе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) эффективность работы классного руководителя оценивается на основании критериев, которые характеризуют: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уровни развития личностных качеств и индивидуальных способностей воспитанников,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      успешность усвоения обучающимися образовательной программы со стабильной или положительной динамикой успеваемости,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сформированность классного коллектива, воспитательной системы класса,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      удовлетворенность родителей жизнедеятельностью обучающихся в классе и результатами классного руководства,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличие у воспитанников достижений в различных видах деятельности,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      комфортность пребывания ребенка в классном сообществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) данная система критериев при необходимости дополняется показателями, отражающими специфические особенности классного коллектива и воспитательной деятельности в нем (отсутствие правонарушений, общественная и творческая активность обучающихся).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В соответствии с избранными критериями подбираются и используются методики психолого-педагогической диагностики, методы и приемы оценочно-аналитической деятельности.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...808 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...487 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...736 lines deleted...]
-        <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>