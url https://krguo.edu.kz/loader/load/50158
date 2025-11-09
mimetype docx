--- v0 (2025-10-08)
+++ v1 (2025-11-09)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ed64b9f" w14:textId="ed64b9f">
+    <w:p w14:paraId="918f0b8" w14:textId="918f0b8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,387 +76,387 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Педагогикалық әдептің кейбір мәселелері туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>О некоторых вопросах педагогической этики</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 11 мая 2020 года № 190. Зарегистрирован в Министерстве юстиции Республики Казахстан 12 мая 2020 года № 20619.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 5-бабының </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> негізінде БҰЙЫРАМЫН:</w:t>
+      В соответствии с подпунктом 34-1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 27 июля 2007 года "Об образовании", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 16 Закона Республики Казахстан от 27 декабря 2019 года "О статусе педагога" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
-[...15 lines deleted...]
-      1. Қоса беріліп отырған:</w:t>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Утвердить прилагаемые:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Педагогикалық әдеп қағидалары;</w:t>
+      1) Правила педагогической этики согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Педагогикалық әдеп жөніндегі кеңестің жұмысын ұйымдастырудың үлгілік қағидалары бекітілсін.</w:t>
+      2) Типовые правила организации работы совета по педагогической этике согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. "Педагогикалық әдеп қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрі міндетін атқарушының 2016 жылғы 8 қаңтардағы № 9 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13038 болып тіркелген, 2017 жылғы 1 қаңтарда Қазақстан Республикасы нормативтік құқықтық актілерінің электрондық түрдегі эталондық бақылау банкінде жарияланған) күші жойылды деп танылсын.</w:t>
+      2. Признать утратившим силу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра образования и науки Республики Казахстан от 8 января 2016 года № 9 "Об утверждении Правил педагогической этики" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 13038, опубликован 1 января 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...15 lines deleted...]
-      3. Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаменті (Н.Ә. Байжанов) Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Юридическому департаменту Министерства образования и науки Республики Казахстан (Байжанов Н.А.) в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
-[...15 lines deleted...]
-      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...15 lines deleted...]
-      4. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Білім және ғылым вице-министрі Ш.Т. Кариноваға жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Контроль за исполнением настоящего приказа возложить на вице-министра Каринову Ш.Т.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
-[...15 lines deleted...]
-      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7795"/>
         <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -474,64 +474,74 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Министр образования и науки </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -633,1356 +643,1367 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 1 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2020 жылғы 11 мамырдағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 190 Бұйрыққа</w:t>
-[...12 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>от 11 мая 2020 года  № 190</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Педагогикалық әдеп қағидалары</w:t>
+        <w:t xml:space="preserve"> Правила педагогической этики </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Педагогикалық әдеп қағидалары (бұдан әрі - Педагогикалық әдеп) "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> ережелеріне сәйкес әзірленді, сондай-ақ Қазақстан Республикасының жалпыға бірдей танылған адамгершілік қағидаттары мен нормаларына негізделген.</w:t>
+      1. Настоящие Правила педагогической этики (далее - педагогическая этика) разработаны в соответствии с положениями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 27 июля 2007 года "Об образовании" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 27 декабря 2019 года "О статусе педагога", а также основаны на общепризнанных нравственных принципах, а также нормах Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
-[...15 lines deleted...]
-      2. Педагогикалық әдеп білім беру ұйымдарының педагогтері басшылыққа алатын педагогикалық әдеп қағидаттары мен нормаларының жалпы жиынтығын білдіреді.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Педагогическая этика представляет собой свод общих принципов и норм педагогической этики, которыми руководствуются педагоги организаций образования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
-[...15 lines deleted...]
-      3. Педагогикалық әдеп ережелерін педагогтердің білуі және сақтауы олардың кәсіби қызметі мен еңбек тәртібі сапасын бағалау өлшемшарттарының бірі болып табылады.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Знание и соблюдение педагогами положений педагогической этики является одним из критериев оценки качества их профессиональной деятельности и трудовой дисциплины.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
-[...15 lines deleted...]
-      4. Педагогикалық әдеп мәтіні білім беру процесінің қатысушылары үшін белгілі бір қолжетімді орында орналастырылады.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Текст педагогической этики размещается в доступном для участников образовательного процесса месте.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
-[...15 lines deleted...]
-      5. Педагогке қатысты талқылаулар және олардың негізінде қабылданған шешімдер педагогтің жазбаша келісімімен ғана жария етілуі мүмкін.</w:t>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Разбирательства в отношении педагога и принятые на их основании решения могут быть преданы гласности только с его письменного согласия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Педагогикалық әдептің негізгі қағидаттары</w:t>
+        <w:t xml:space="preserve"> Глава 2. Основные принципы педагогической этики</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
-[...15 lines deleted...]
-      6. Педагогикалық әдептің негізгі қағидаттары мыналар болып табылады:</w:t>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Основными принципами педагогической этики являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
-[...15 lines deleted...]
-      1) адалдық:</w:t>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) добросовестность:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:p>
-[...33 lines deleted...]
-      2) әділдік:</w:t>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      добросовестность педагога предполагает его ответственность за результат обучения и воспитания, умение осуществлять коррективы в своей деятельности, развитую способность к критике и рефлексии, открытость для любых мнений, обучающихся и воспитанников, их родителей (законных представителей), коллег;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:p>
-[...33 lines deleted...]
-      3) жеке тұлғаның абыройын және қадір-қасиетін құрметтеу:</w:t>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) честность:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:p>
-[...35 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      честность педагога предполагает открытость его оценочной деятельности, прозрачность создаваемой им образовательной среды. Честность запрещает педагогу нарушать права обучающихся и воспитанников, их родителей (законных представителей), коллег;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уважение чести и достоинства личности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагог уважает честь и достоинство обучающихся и воспитанников, их родителей (законных представителей), людей, которые становятся объектами его профессионального внимания, тактичен в общении с ними. Он искренне желает развития ребенка, проявляет готовность всегда прийти ему на помощь, обеспечивает деликатность в оценке успехов (неуспехов) обучающегося и воспитанника с целью способствования развитию его личностного роста.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускается применение методов физического, морального и психологического насилия по отношению к участникам образовательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) патриотизм:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-[...37 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагог преданно и с любовью относится к своей Родине - Республике Казахстан, истории, традициям и языку. Сохраняет культурные и исторические традиции Республики Казахстан, передает это отношение обучающимся и воспитанникам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уважение общечеловеческих ценностей и толерантность:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Признавая приоритет общечеловеческих ценностей, педагог с уважением относится к особенностям, ценностям и достоинству каждой национальной культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагог воспитывает культуру межнациональных отношений, пробуждает у обучающихся уважение прав и достоинства всех наций и всех людей вне зависимости от возраста, пола, языка, национальности, вероисповедания, гражданства, происхождения, социального, должностного и имущественного положения или любых иных обстоятельств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Толерантность педагога предполагает терпимость к обучающимся и воспитанникам, их родителям (законным представителям), терпимость к их социальному, должностному и имущественному положению, полу, расе, национальности, языку, отношению к религии, культуре, убеждениям, месту рождения и жительства, а также умение понимать и учитывать в работе несовершенства обучающихся и воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагог способствует созданию климата доверия и уважения в школьном коллективе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) профессиональная солидарность:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагог заботится о престиже профессии, уважает честь и достоинство коллег, не допускает действий, наносящих ущерб авторитету учительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускается в какой бы то ни было форме злоупотреблять доверием своих коллег, мешать им выполнять профессиональные обязанности, наносить им какой-либо ущерб. Педагог оказывает содействие коллегам в повышении уровня теоретического и методического мастерства, в развитии творческих способностей, приходит на помощь к коллегам, попавшим в беду. Профессиональная солидарность не может служить оправданием неправды и несправедливости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) непрерывность профессионального развития:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагог совершенствует свое профессиональное мастерство, интеллектуальный, творческий и общенаучный уровень.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Основные нормы педагогической этики</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Педагоги в служебное и неслужебное время:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соблюдают основные принципы педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) способствуют воспитанию обучающихся и воспитанников в духе высокой нравственности, уважения к родителям, этнокультурным ценностям, бережного отношения к окружающему миру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) прививают обучающимся уважительное отношение к Родине - Республики Казахстан, вселяют дух патриотизма.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не допускают совершения действий, способных дискредитировать высокое звание педагога Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) добросовестно и качественно исполняют свои служебные обязанности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) непрерывно совершенствуют свое профессиональное мастерство, активно занимаются самообразованием и самосовершенствованием;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) неукоснительно соблюдают трудовую дисциплину;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) бережно относятся к имуществу организации образования и не используют его в личных целях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) принимают меры по предупреждению коррупции, своим личным поведением подают пример честности, беспристрастности и справедливости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) не допускают использования служебной информации в корыстных и иных личных целях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) личным примером способствуют созданию устойчивой и позитивной морально-психологической обстановки в коллективе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Педагог жалпы адами құндылықтардың басымдылығын мойындай отырып, әрбір ұлт мәдениетінің ерекшелігіне, құндылығына және қадір-қасиетіне құрметпен қарайды. </w:t>
-[...664 lines deleted...]
-      4) өз іс-әрекетімен қоғам тарапынан дәлелді сындарға жол бермейді, оған сабырлылықпен қарайды, өзінің кәсіби қызметіндегі кемшіліктерді жою және оны жақсарту үшін сындарлы сынды пайдаланады;</w:t>
+      12) придерживаются делового стиля в одежде в период исполнения своих служебных обязанностей; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z54" w:id="52"/>
-[...15 lines deleted...]
-      5) білім беру процесінің қатысушыларына кәсіби қолдау көрсетеді;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) избегают использование своего статуса педагога в корыстных и иных личных целях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z55" w:id="53"/>
-[...15 lines deleted...]
-      6) педагогикалық әдептің бұзылуына шағым жасаған адамдарды кемсітпейді.</w:t>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) в своей деятельности неукоснительно соблюдают принципы академической честности, в том числе обеспечение академической честности как основной институциональной ценности, формирующей честность и взаимоуважение в академической среде, проявлять уважение педагогом к своим обучающимся и воспитанникам как наставник, способствующий формированию академической культуры, поощрять и стимулировать участников образовательного процесса к продвижению и защите высоких стандартов академической честности, определение педагогом четкой политики дисциплины, ожидаемых требований от обучающихся, обеспечение ответственности обучающихся и принятие действующих мер за нарушение ими принципов и стандартов академической честности, создание академической среды, которая оказывает образовательную, социальную и психологическую поддержку обучающимся и не позволяет проявлять академическую нечестность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z56" w:id="54"/>
-[...15 lines deleted...]
-      9. Әріптестермен қарым-қатынас жасауда педагогтер:</w:t>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) публикуют материалы в СМИ, в том числе интернет-изданиях, выступают публично только от собственного имени как частного лица, при этом обеспечивают ведение дискуссии в корректной форме, воздерживаются от неконструктивной критики и неэтичных высказываний, не разглашают служебную информацию, которая не разрешена к обнародованию, не подрывают высокого звания педагога в обществе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z57" w:id="55"/>
-[...15 lines deleted...]
-      1) жалпы қабылданған моральдық-әдептілік нормаларын, сыпайылық пен биязылықты сақтайды;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) публичные выступления, публикации СМИ от имени организации образования согласовывают с руководителем данной организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z58" w:id="56"/>
-[...15 lines deleted...]
-      2) басқа педагогтің кәсіби біліктілігіне көпшілік алдында күмән келтірмейді;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) в социальных сетях не распространяют непроверенную и (или) недостоверную, и (или) неэтичную информацию, способствуют укреплению в обществе высокого звания педагога;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z59" w:id="57"/>
-[...15 lines deleted...]
-      3) дәйексіз және дәлелсіз шағымдардан бас тартады, педагогикалық әдіптің бұзылғанына шағым жасаған адамға қарсы жауап шараларын қабылдамайды.</w:t>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) способствуют реализации государственной политики в области образования и науки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z60" w:id="58"/>
-[...15 lines deleted...]
-      10. Педагогикалық этиканы бұзғаны үшін педагогтер Қазақстан Республикасының заңнамасына сәйкес жауапкершілікке тартылады.</w:t>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) обеспечивают конфиденциальность успехов (неуспехов) обучающегося и воспитанника, его социального положения, места работы родителей (законных представителей), и данные сведения разглашаются только с письменного согласия родителей (законных представителей) несовершеннолетнего обучающегося и (или) воспитанника, либо с письменного согласия совершеннолетнего обучающегося и (или) воспитанника.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В отношениях с участниками образовательного процесса педагоги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уважают права, честь и достоинство человека независимо от возраста, пола, национальности, вероисповедания, гражданства, происхождения, социального, должностного и имущественного положения или любых иных обстоятельств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обращаются к участникам образовательного процесса по имени, в уважительной форме, а также с соблюдением общепринятых морально-этических норм, не допускают фактов произвольного искажения в написании и произношении имен участников образовательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не допускают фактов финансовых и иных вымогательств по отношению к участникам образовательного процесса, прилагают усилия по пресечению таких действий со стороны своих коллег;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) своими действиями не дают повода для обоснованной критики со стороны общества, терпимо относиться к ней, используют конструктивную критику для устранения недостатков и улучшения своей профессиональной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) оказывают профессиональную поддержку участникам образовательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       6) не подвергают дискриминации лиц, обратившихся с жалобой на нарушение педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В отношениях с коллегами педагоги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соблюдают общепринятые морально-этические нормы, вежливы и корректны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не ставят публично под сомнение профессиональную квалификацию другого педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      11. Педагогикалық әдепті сақтау мониторингі Қазақстан Республикасының заңнамасында белгіленген тәртіппен білім беру ұйымдарының тиісті Педагогикалық әдеп жөніндегі кеңестері жүзеге асырады. </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="59"/>
+      3) воздерживаются от голословных и бездоказательных жалоб и обращений, не принимают ответных мер против лица, который обратился с жалобой на нарушение педагогической этики. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. За нарушение педагогической этики педагоги в соответствии с законодательством Республики Казахстан привлекаются к ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Мониторинг соблюдения педагогической этики осуществляют соответствующие Советы по педагогической этике организации образования в порядке, определенном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2016,2111 +2037,2038 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
-[...38 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>к приказу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z63" w:id="60"/>
+    <w:bookmarkStart w:name="z79" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Педагогикалық әдеп жөніндегі кеңестің жұмысын ұйымдастырудың үлгілік қағидалары</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="61"/>
+        <w:t xml:space="preserve"> Типовые правила организации работы совета по педагогической этике</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z80" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="64"/>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z81" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящие Правила определяют организацию деятельности совета по педагогической этике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z82" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Совет по педагогической этике (далее – Совет) является коллегиальным органом, создаваемый в организациях образования, рассматривающий вопросы, соблюдения педагогами педагогической этики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В Совет по педагогической этике организации образования могут обращаться физические и юридические лица по вопросам соблюдения педагогами педагогической этики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Совет осуществляет свою деятельность в соответствии с Законами Республики Казахстан "Об образовании", "О статусе педагога", настоящими Правилами, иными нормативными правовыми актами и руководствуется принципами объективности и справедливости, этичности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z85" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Кеңестің негізгі міндеттері мен өкілеттіктері</w:t>
-[...279 lines deleted...]
-      8) тараптарды татуластыру бойынша жұмыс жүргізеді.</w:t>
+        <w:t xml:space="preserve"> Глава 2. Основные задачи и полномочия Совета</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z82" w:id="79"/>
+    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Основными задачами Совета являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мониторинг, профилактика и предупреждение нарушений педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) способствование улучшению нравственно-психологического климата коллектива организации образования, урегулированию конфликтных ситуаций, связанных с нарушениями педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) всестороннее, полное и объективное исследование обстоятельств, необходимых и достаточных для правильного рассмотрения вопроса об ответственности педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) рассмотрение причин и условий, способствующих нарушению педагогической этики, и выработка на их основе рекомендаций руководителю организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Совет в пределах своей компетенции: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z92" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) заслушивает на своих заседаниях педагогов и лиц причастных к рассматриваемым вопросам; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z93" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) запрашивает документы, материалы и информацию организации образования, необходимые для выполнения стоящих перед ним задач; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z94" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) истребует объяснения и (или) пояснения у педагогов и лиц причастных к рассматриваемым вопросам; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z95" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) вносит предложения руководителю организации образования о проведении проверки фактов нарушения педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z96" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) вносит руководителю организации образования рекомендации по укреплению дисциплины труда, профилактике нарушений педагогической этики; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z97" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) вносит на рассмотрение руководителю организации образования, рекомендации об ответственности за нарушения педагогической этики; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z98" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) обращается к компетентным государственным органам или соответствующим должностным лицам с предложениями о рассмотрении ответственности должностных лиц организации образования, не рассмотревших надлежащим образом рекомендации Совета. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z99" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) проводит работу по примирению сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z100" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Кеңес қызметін ұйымдастыру</w:t>
-[...221 lines deleted...]
-    <w:bookmarkStart w:name="z93" w:id="90"/>
+        <w:t xml:space="preserve"> Глава 3. Организация деятельности Совета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Срок полномочий Совета составляет три года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Совет состоит из председателя, секретаря и других членов Совета. Число членов Совета должно быть нечетным и составлять не менее 7 человек (без учета секретаря Совета).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z103" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) бұрын сотталған немесе қылмыс жасағаны үшін қылмыстық жауаптылықтан Қазақстан Республикасы Қылмыстық-процестік кодексінің </w:t>
-[...159 lines deleted...]
-      3) Кеңес жұмысына жағдай жасайды және жәрдем көрсетеді.</w:t>
+      7. В Совет входят следующие лица: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z100" w:id="97"/>
-[...15 lines deleted...]
-      11. Кеңес құрамы білім беру ұйымы басшысының бұйрығымен бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z104" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представители управлений (отделов) образования, представители профсоюзов и (или) неправительственных организаций и (или) общественных объединений, осуществляющих деятельность в отрасли образования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z101" w:id="98"/>
-[...15 lines deleted...]
-      12. Кеңестің төрағасы мен хатшысы бірінші отырыста Кеңес құрамынан көпшілік дауыспен сайланады.</w:t>
+    <w:bookmarkStart w:name="z105" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не менее двух педагогов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z102" w:id="99"/>
-[...15 lines deleted...]
-      13. Кеңес хатшысы Кеңестің дауыс беруіне және кеңес отырысына шығарылатын мәселелерді талқылауға қатыспайды.</w:t>
+    <w:bookmarkStart w:name="z106" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) педагоги, вышедшие на заслуженный отдых.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:p>
-[...51 lines deleted...]
-      14. Кеңес төрағасы Кеңес отырыстарын шақырады және күн тәртібін белгілейді.</w:t>
+    <w:bookmarkStart w:name="z107" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель организации образования, работники управленческого, административного, вспомогательного персонала организации образования, родители обучающихся и воспитанников данной организации образования не могут быть включены в состав Совета в качестве его членов. При этом в качестве секретаря Совета допускаются работники управленческого, административного, вспомогательного персонала организации образования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:p>
-[...33 lines deleted...]
-      1) отырыстардың күн тәртібі бойынша ұсыныстар енгізеді;</w:t>
+    <w:bookmarkStart w:name="z108" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. В состав Совета не входят лица: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z105" w:id="102"/>
-[...15 lines deleted...]
-      2) Кеңес отырыстарына материалдар мен оның шешімдерінің жобаларын дайындауға қатысады;</w:t>
+    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) признанные судом недееспособным или ограниченно дееспособным;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z106" w:id="103"/>
-[...15 lines deleted...]
-      3) Кеңес қарайтын мәселелерді талқылауға қатысады.</w:t>
+    <w:bookmarkStart w:name="z110" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) лишенные судом права занимать государственные должности в течение определенного срока;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z111" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уволенные за дисциплинарный проступок, дискредитирующий государственную службу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z112" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ранее судимые или освобожденные от уголовной ответственности за совершение преступления на основании пунктов 3), 4), 9), 10) и 12) части первой статьи 35 или статьи 36 Уголовно-процессуального кодекса Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z113" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уволенные по отрицательным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мотивам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из правоохранительных органов, специальных государственных органов и судов, воинской службы, за исключением случаев увольнения лица на основании отсутствия на работе (службе) без уважительной причины в течение трех и более часов подряд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z114" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Кеңестің кезектен тыс отырысы төрағаның шешімі бойынша және (немесе) білім беру ұйымы басшысының ұсынысы бойынша және (немесе) Кеңес мүшелерінің жалпы санының үштен бірінен астамының бастамасы бойынша өткізілуі мүмкін. </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z108" w:id="105"/>
+      9. Совет избирается на педагогическом совете организации образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z115" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Руководитель организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z116" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивает соблюдение требований законодательства при формировании Совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z117" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) қаралып отырған мәселе туралы ақпаратты жазбаша түрде алуға; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z109" w:id="106"/>
+      2) обеспечивает проведение процедур, необходимых для своевременного избрания Совета; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z118" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) создает условия и оказывает содействие в работе Совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z119" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Состав Совета утверждается приказом руководителя организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z120" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Председатель и секретарь Совета избираются большинством голосов из состава Совета на первом заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z121" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) қаралып отырған мәселе бойынша барлық материалдармен танысуға; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z110" w:id="107"/>
+      13. Секретарь Совета не принимает участие в голосовании Совета и обсуждении вопросов, выносимых на заседание Совета. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z122" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) өз құқықтары мен заңды мүдделерін Қазақстан Республикасының заңнамасында белгіленген тәртіппен жеке өзі немесе өкілі арқылы заңға қайшы келмейтін барлық тәсілдермен қорғауға; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z111" w:id="108"/>
+      Секретарь Совета является лицом, обеспечивающим ведение делопроизводства Совета: извещение членов и приглашенных лиц, о дате и месте проведения заседания Совета, составление проекта плана работы Совета, ведение протокола и ее хранение, прием заявлений и предложений, а также регистрацию писем, поступающих на имя Совета. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z123" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) шешімді жазбаша түрде алуға; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z112" w:id="109"/>
+      Секретарь Совета обеспечивает мониторинг исполнения решений Совета и доводит об их результатах исполнения членам Совета. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z124" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Председатель Совета созывает заседания Совета и определяет повестку дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z125" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Члены Совета:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z126" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) қабылданған шешімге Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағым жасауға құқығы бар. </w:t>
-[...199 lines deleted...]
-      2) жұмыс жоспарына сәйкес, бірақ тоқсанына бір реттен кем емес, сондай-ақ өтініштер мен шағымдардың түсуіне қарай өткізіледі;</w:t>
+      1) вносят предложения по повестке дня заседания; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z123" w:id="120"/>
-[...15 lines deleted...]
-      3) Кеңестің күн тәртібі мен күні туралы қызметкерлерді, сондай-ақ мүдделі тұлғаларды Кеңес хатшысы оны өткізгенге дейін күнтізбелік 7 күннен кешіктірмей хабардар етеді.</w:t>
+    <w:bookmarkStart w:name="z127" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) участвуют в подготовке материалов к заседаниям Совета и проектов его решений; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:p>
-[...33 lines deleted...]
-      19. Кеңес мүшесі, егер ол не онымен бірге тұратын жақын туыстары өзіне қатысты іс қаралатын адаммен туыстық қатынастармен байланысты болса, не аталған адамға қызметтік немесе өзге де тәуелді болса, іс бойынша талқылауға және дауыс беруге қатыса алмайды. Кеңес мүшесі тиісті іс бойынша талқыланғанға және Кеңес дауыс бергенге дейін осы мән-жайлар туралы Кеңес мүшелеріне хабарлайды.</w:t>
+    <w:bookmarkStart w:name="z128" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) принимают участие в обсуждении вопросов, рассматриваемых Советом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z125" w:id="122"/>
-[...15 lines deleted...]
-      20. Кеңес отырысқа қатысып отырған Кеңес мүшелері санының қарапайым көпшілік дауысымен шешім қабылдайды. Дауыстар тең болған жағдайда төрағалық етушінің дауысы шешуші болып табылады. Кеңес мүшелері дауыс беру кезінде қалыс қала алмайды.</w:t>
+    <w:bookmarkStart w:name="z129" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внеочередное заседание Совета, может быть проведено по решению председателя и (или) по предложению руководителя организации образования, и (или) по инициативе более одной трети от общего числа членов Совета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z126" w:id="123"/>
-[...15 lines deleted...]
-      21. Кеңес төрағасы болмаған жағдайда оның тапсырмасы бойынша Кеңес мүшелерінің бірі төрағаның міндеттерін атқарады.</w:t>
+    <w:bookmarkStart w:name="z130" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. При рассмотрении вопроса о соблюдении педагогической этики педагог имеет право на:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z127" w:id="124"/>
-[...15 lines deleted...]
-      22. Кеңес отырысы хаттама түрінде ресімделеді, оған Кеңестің төрағасы мен хатшысы қол қояды. Кеңес отырысының хаттамасы - Кеңес отырысының барысын және онда қабылданған ұсынымдарды көрсететін ресми жазбаша құжат. Хаттама білім беру ұйымында сақталуы тиіс және білім беру ұйымының істер номенклатурасына енгізілуі тиіс.</w:t>
+    <w:bookmarkStart w:name="z131" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получение в письменном виде информации о рассматриваемом вопросе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z128" w:id="125"/>
-[...15 lines deleted...]
-      23. Қарау үшiн өзге субъектiлерден, лауазымды адамдардан ақпарат алу талап етiлмейтiн жеке және (немесе) заңды тұлғаның өтiнiшi келіп түскен күнінен бастап күнтiзбелiк он бес күн iшiнде Кеңесте қаралады.</w:t>
+    <w:bookmarkStart w:name="z132" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ознакомление со всеми материалами по рассматриваемому вопросу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:p>
-[...51 lines deleted...]
-      24. Педагогке қатысты істі қарау:</w:t>
+    <w:bookmarkStart w:name="z133" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) защиту своих прав и законных интересов всеми не противоречащими закону способами лично или через представителя в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z130" w:id="127"/>
-[...15 lines deleted...]
-      1) еңбекке уақытша жарамсыздық;</w:t>
+    <w:bookmarkStart w:name="z134" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) получение решения в письменном виде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z131" w:id="128"/>
-[...15 lines deleted...]
-      2) демалыста немесе іссапарда болған;</w:t>
+    <w:bookmarkStart w:name="z135" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обжалование принятого решения в порядке, установленном законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z132" w:id="129"/>
-[...15 lines deleted...]
-      3) мемлекеттік немесе қоғамдық міндеттерді орындау уақытында өзінің лауазымдық міндеттерін атқарудан босатылған;</w:t>
+    <w:bookmarkStart w:name="z136" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Деятельность члена Совета прекращается в случае наступления обстоятельств, предусмотренные пунктом 8 настоящего Положения, а также в случае смерти члена Совета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z133" w:id="130"/>
-[...15 lines deleted...]
-      4) даярлауда, қайта даярлауда, біліктілікті арттыру курстарында және тағылымдамада болған кезеңде тоқтатылады.</w:t>
+    <w:bookmarkStart w:name="z137" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. По решению Совета, член Совета может быть выведен из его состава в случаях: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z134" w:id="131"/>
-[...15 lines deleted...]
-      25. Хатшы жауапкершілікке тартылатын адамдарға Кеңес отырысының өткізілетін орны мен уақыты туралы күнтізбелік 7 күннен кешіктірмей хабарлау жөнінде шаралар қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z138" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) непосещения заседаний Совета более трех раз в течение года, за исключением времени нахождения в состоянии временной нетрудоспособности, освобождения от работы для выполнения государственных или общественных обязанностей, нахождения в отпуске, командировке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z139" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) подачи заявления члена Совета о выходе из состава Совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z140" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в случае разглашения деталей разбирательства в отношении педагога без его письменного согласия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z141" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) предусмотренных пунктом 16 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z142" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Кеңес отырысында істі қарау, егер жауапкершілікке тартылатын адамдарға Кеңес отырысының уақыты мен орны туралы отырыс өткізілгенге дейін кемінде үш күн бұрын тиісті түрде хабарланған болса, олардың қатысуынсыз жүргізілуі мүмкін. </w:t>
-[...78 lines deleted...]
-      2) бұл іс-әрекет (әрекетсіздік) әдепті бұзу болып табылады ма;</w:t>
+      5) нарушения требований пункта 19 настоящих Правил. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z139" w:id="136"/>
+    <w:bookmarkStart w:name="z143" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) бұл әдепті бұзу педагог тарапынан жасалды ма; </w:t>
+      18. Заседания Совета: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z140" w:id="137"/>
-[...15 lines deleted...]
-      4) педагогтің осы бұзушылықты жасауда кінәсі бар ма.</w:t>
+    <w:bookmarkStart w:name="z144" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) считаются правомочными, если на них присутствует не менее двух третей от общего числа членов Совета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z141" w:id="138"/>
+    <w:bookmarkStart w:name="z145" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проводятся согласно Плану работы, но не реже одного раза в квартал, а также по мере поступления обращений и жалоб.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z146" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) о дате и повестке дня Совета уведомляются работники, а также заинтересованные лица секретарем Совета не позднее 7 календарных дней до его проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z147" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Члены Совета участвуют на его заседаниях без права замены.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z148" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Член Совета не может участвовать в обсуждении и голосовании по делу, если он либо совместно проживающие с ним близкие родственники связаны с лицом, в отношении которого рассматривается дело, родственными отношениями либо находятся в служебной или иной зависимости от указанного лица. Член Совета извещает членов Совета о данных обстоятельствах до обсуждения и голосования Совета по соответствующему делу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z149" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      28. Істі қарау қорытындылары бойынша Кеңес білім беру ұйымының басшысына педагогке тиісті жаза қолдануды және (немесе) қолданбауды ұсынады. </w:t>
-[...80 lines deleted...]
-    </w:p>
+      20. Совет принимает решения простым большинством голосов от числа присутствующих на заседании членов Совета. При равенстве голосов голос председательствующего является решающим. Члены Совета не могут воздерживаться при голосовании. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z150" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. В отсутствие председателя Совета по его поручению исполняет обязанности председателя один из членов Совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z151" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Заседание Совета оформляется в виде протокола, который подписывается председателем и секретарем Совета. Протокол заседания Совета - официальный письменный документ, отражающий ход заседания Совета и принятые на нем рекомендации. Протокол должен храниться в организации образования и должен быть включен в номенклатуру дел организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z152" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Обращение физического и (или) юридического лица, для рассмотрения которого не требуется получение информации от иных субъектов, должностных лиц, рассматривается Советом в течение пятнадцати календарных дней со дня поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z153" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обращение физического и (или) юридического лица, для рассмотрения которого требуются получение информации от иных субъектов, должностных лиц, рассматривается Советом и по нему принимается решение в течение тридцати календарных дней со дня поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z154" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Об итогах его рассмотрения должно быть незамедлительно сообщено заявителю на самом заседании либо по итогам его рассмотрения секретарем Совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z155" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Бұл ретте, өтініш берушіні "Педагог мәртебесі туралы" Қазақстан Республикасы Заңының 16-бабы </w:t>
-[...21 lines deleted...]
-    </w:p>
+      24. Рассмотрение дела в отношении педагога приостанавливается на период: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z156" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) временной нетрудоспособности; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z157" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) нахождения в отпуске или командировке; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z158" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) освобождения от исполнения своих должностных обязанностей на время выполнения им государственных или общественных обязанностей; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z159" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) нахождения на подготовке, переподготовке, курсах повышения квалификации и стажировке. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z160" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25. Секретарем принимаются меры по извещению лиц, привлекаемых к ответственности, о месте и времени проведения заседания Совета не позднее, чем за 7 календарных дней. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z161" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рассмотрение дела на заседании Совета может происходить без участия лиц, привлекаемых к ответственности, если они были надлежащим образом извещены о времени и месте заседания Совета не менее чем за три дня до проведения заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z162" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26. Надлежащим извещением в настоящих Правилах признается извещение лица письмом, заказным письмом или телеграммой, которые вручаются ему лично или кому-то из совместно проживающих с ним совершеннолетних членов семьи под расписку либо с использованием иных средств связи, обеспечивающих фиксирование извещения или вызова. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z163" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27. При рассмотрении вопроса ответственности педагога на заседании Совет разрешает следующие вопросы: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z164" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) имело ли место конкретное действие (бездействие), являющееся основанием для рассмотрения ответственности педагога; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z165" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) является ли это действие (бездействие) нарушением этики; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z166" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) совершено ли это нарушение этики педагогом; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z167" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) усматривается ли вина педагога в совершении нарушения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z168" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. По итогам рассмотрения дела Совет рекомендует руководителю организации образования налагать и (или) не налагать соответствующее взыскание на педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z169" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Решение Совета носит рекомендательный характер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z170" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Руководитель организации образования при рассмотрении рекомендации Совета принимает решение в соответствии с требованиями трудового и иного законодательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z171" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Разбирательства в отношении педагога и принятые на их основании решения могут быть преданы гласности только с его письменного согласия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z172" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Секретарь Совета письменно сообщает заявителю результаты рассмотрения его обращения в установленные законодательством сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z173" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, заявителя информируют о необходимости соблюдения требований пункта 4 статьи 16 Закона Республики Казахстан "О статусе педагога" и пункта 31 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>