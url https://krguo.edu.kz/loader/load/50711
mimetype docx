--- v0 (2025-10-08)
+++ v1 (2025-11-29)
@@ -1,17130 +1,30439 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w14:paraId="307372c" w14:textId="307372c">
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-[...1 lines deleted...]
-        <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...8 lines deleted...]
-      <w:r>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="0" name="" descr=""/>
+            <wp:docPr id="1" name=""/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks noChangeAspect="true"/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3"/>
+                    <a:blip r:embed="rId4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...3 lines deleted...]
-        <w:t>"Психологиялық-педагогикалық қолдау саласындағы жергілікті атқарушы органдар көрсететін мемлекеттік көрсетілетін қызметтерді көрсету тәртібін бекіту туралы"</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении правил оказания государственных услуг в сфере психолого-педагогической поддержки, оказываемых местными исполнительными органами"</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 27 мамырдағы № 223 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 28 мамырда № 20744 болып тіркелді.</w:t>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 27 мая 2020 года № 223. Зарегистрирован в Министерстве юстиции Республики Казахстан 28 мая 2020 года № 20744.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      <w:bookmarkStart w:id="0" w:name="z4"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В соответствии с подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      1. Қоса беріліп отырған:</w:t>
+      <w:bookmarkStart w:id="1" w:name="z5"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Утвердить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік көрсетілетін қызметті көрсету қағидалары;</w:t>
+      <w:bookmarkStart w:id="2" w:name="z6"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) правила оказания государственной услуги "Обследование и оказание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультативной помощи детям с ограниченными возможностями" </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно приложения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік көрсетілетін көрсету қағидалары;</w:t>
+      <w:bookmarkStart w:id="3" w:name="z7"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) правила оказания государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии" </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно приложения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау" мемлекеттік көрсетілетін көрсету қағидалары;</w:t>
+      <w:bookmarkStart w:id="4" w:name="z8"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) правила оказания государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно приложения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына қабылдау" мемлекеттік көрсетілетін көрсету қағидалары бекітілсін.</w:t>
+      <w:bookmarkStart w:id="5" w:name="z9"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) правила оказания государственной услуги "Прием документов и зачисление в специальные организации образования детей с ограниченными возможностями для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по специальным общеобразовательным учебным программам" согласно приложения 4 к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="000406B7" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Білім және ғылым министрінің кейбір бұйрықтарының күші жойылды деп танылсын. </w:t>
+      <w:bookmarkStart w:id="6" w:name="z10"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Признать утратившими силу некоторые приказы Министра образования и науки Республики Казахстан согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5 к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      3. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      <w:bookmarkStart w:id="7" w:name="z11"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      <w:bookmarkStart w:id="8" w:name="z12"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      2) осы бұйрықты Қазақстан Республикасы Білім және ғылым министрлігі интернет-ресурсында орналастыруды;</w:t>
+      <w:bookmarkStart w:id="9" w:name="z13"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) размещение настоящего приказа на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаментіне осы тармақтың 1), 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      <w:bookmarkStart w:id="10" w:name="z14"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
+      <w:bookmarkStart w:id="11" w:name="z15"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Контроль за исполнением настоящего приказа возложить </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>курирующего</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вице-министра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и науки Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      <w:bookmarkStart w:id="12" w:name="z16"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="6033"/>
+        <w:gridCol w:w="13"/>
+        <w:gridCol w:w="3449"/>
+        <w:gridCol w:w="282"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="380" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7795" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...11 lines deleted...]
-                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министр образования и науки </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:b w:val="false"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...11 lines deleted...]
-</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...11 lines deleted...]
-                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>А. Аймагамбетов</w:t>
-[...11 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">А. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аймагамбетов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...17 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1 к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...20 lines deleted...]
-              <w:t>1-қосымша</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 27 мая 2020 года № 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="13" w:name="z19"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік көрсетілетін қызмет қағидасы (бұдан әрі – Қағида)</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Обследование и оказание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультативной помощи детям с ограниченными возможностями" (далее - Правила)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="14" w:name="z20"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z21"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Настоящие Правила оказания государственной услуги "Обследование и оказание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультативной помощи детям с ограниченными возможностями" (далее – Правила) разработаны в соответствии с подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее – Закон) и определяют порядок ее предоставления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z22"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В настоящих Правилах используется следующее понятие:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z23"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) стандарт государственной услуги – перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат, а также иные сведения с учетом особенностей предоставления государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z24"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Государственная услуга "Обследование и оказание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультативной помощи детям с ограниченными возможностями" (далее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственная услуга) оказывается </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медик</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогическими консультациями (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z25"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z26"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Для получения государственной услуги физическое лицо (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) обращается в канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и/или через </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00DC5B7E" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z27"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. При обращении через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистратор назначает дату </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогического</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обследования и вносит данные в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Журнал предварительной записи детей на консультацию согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 к настоящим Правилам и уведомляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Пакет документов согласно приложению 2 к настоящим Правилам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставляет в назначенный день </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогического</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обследования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z28"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предусмотрена предварительная запись по телефону и (или) при непосредственном обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z29"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. При обращении через </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет выбор электронной государственной услуги в разделе "Семья", заполнение полей электронного запроса и прикрепление пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="000406B7" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z30"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> двух рабочих дней осуществляет обработку (проверку, регистрацию) электронного запроса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и направляет уведомление о статусе электронного запроса и дате </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогического</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обследования в "личный кабинет" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на портале согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z31"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Время ожидания в очереди на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогическое</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обследование составляет до тридцати календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z32"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Истребование от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="000406B7" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z33"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. При представлении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 к настоящим Правилам и направляет в "личный кабинет" портала. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="000406B7" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z34"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. При предоставлении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> полного пакета документов регистратор в назначенный день при явке </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вносит данные </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Журнал учета обследования детей в ПМПК согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5 к настоящим Правилам, передает пакет документов специалистам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z35"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. После получения пакета документов специалистами проводится </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогическое</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обследование ребенка в присутствии родителей (законных представителей) и консультирование специалистами </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z36"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. После </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогического</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обследования специалистами </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формируется письменное заключение с указанием рекомендуемых </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>образовательных, медицинских и социальных услуг, типа образовательной программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және оны қалыптастыру тәртібін анықтайды.</w:t>
+      <w:bookmarkStart w:id="31" w:name="z37"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Письменное заключение подписывается руководителем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выдается </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в день обследования и/или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направляет в "личный кабинет" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на портале в форме электронного документа в течение двух рабочих дней по форме согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>настоящим</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z38"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 статьи 5 Закона.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      1) мемлекеттік көрсетілетін қызмет стандарты – мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып, қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін, сондай-ақ өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі.</w:t>
+      <w:bookmarkStart w:id="33" w:name="z39"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Порядок обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в местные исполнительные органы города республиканского значения и столицы, района (города областного значения), и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      3. "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) психологиялық-медициналық-педагогикалық консультациялар көрсетеді.</w:t>
+      <w:bookmarkStart w:id="34" w:name="z40"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Жалоба на решение, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг может быть подана на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мемлекеттік қызмет көрсетудің тәртібі</w:t>
+      <w:bookmarkStart w:id="35" w:name="z41"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес непосредственно оказывающего государственную услугу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, в соответствии с пунктом 2 статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      4. Мемлекеттік көрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне және/немесе "электрондық үкіметтің" www.egov.kz веб-порталына жүгінеді. </w:t>
+      <w:bookmarkStart w:id="36" w:name="z42"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...48 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес құжаттар пакетін психологиялық-медициналық-педагогикалық тексерудің белгіленген күні ұсынады.</w:t>
+      <w:bookmarkStart w:id="37" w:name="z43"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. В случаях несогласия с результатами оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вправе обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-[...427 lines deleted...]
-    <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5925"/>
+        <w:gridCol w:w="3852"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="37"/>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Обследование и оказание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медик</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической консультативной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">помощи детям </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...33 lines deleted...]
-              <w:t>1-қосымша</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      Балаларды консультацияға алдын ала жазу журналы</w:t>
+      <w:bookmarkStart w:id="38" w:name="z46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Журнал предварительной записи детей на консультацию</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1415"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2686"/>
+        <w:gridCol w:w="566"/>
+        <w:gridCol w:w="828"/>
+        <w:gridCol w:w="1362"/>
+        <w:gridCol w:w="156"/>
+        <w:gridCol w:w="2838"/>
+        <w:gridCol w:w="416"/>
+        <w:gridCol w:w="732"/>
+        <w:gridCol w:w="843"/>
+        <w:gridCol w:w="1884"/>
+        <w:gridCol w:w="37"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="39" w:name="z47"/>
+            <w:bookmarkEnd w:id="38"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тексеру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обследования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="40" w:name="z48"/>
+            <w:bookmarkEnd w:id="39"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тексеру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уақыты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Время</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обследования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4499" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="41" w:name="z49"/>
+            <w:bookmarkEnd w:id="40"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Баланың ТАӘ (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ол</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> болған жағдайда)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-ФИО ребенка(при его наличии)</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ФИО ребенк</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="42" w:name="z50"/>
+            <w:bookmarkEnd w:id="41"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Баланың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-ЖСН</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖСН</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...7 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ИИН </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ребенка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="870" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="43" w:name="z52"/>
+            <w:bookmarkEnd w:id="42"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Жасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Возраст</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2686" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="44" w:name="z53"/>
+            <w:bookmarkEnd w:id="43"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ПМП</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>К-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>келу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>себептері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-Основание обращения в ПМПК</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Основание </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>обращения в ПМПК</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="44"/>
       </w:tr>
-    </w:tbl>
-[...17 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="6"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...4 lines deleted...]
-              </w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Обследование и оказание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медик</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической консультативной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">помощи детям </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...20 lines deleted...]
-              <w:t>2-қосымша</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...19 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-"Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Стандарт государственной услуги "Обследование и оказание </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медико-педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> консультативной помощи детям с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-11</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Психолого-медико-педагогическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>консультация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...20 lines deleted...]
-2</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызметті ұсыну тәсілдері (қол жеткізу арналары)</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Способы предоставления государственной услуги (каналы доступа) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="45" w:name="z55"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медико-педагогическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> консультация;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-- "электрондық үкімет" веб-порталы: www.egov.kz;</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>еб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства": </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="45"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...20 lines deleted...]
-3</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="46" w:name="z56"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Время ожидания в очереди на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медико-педагогическое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обследование составляет до тридцати календарных дней. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дата </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медико-педагогического</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обследования назначается в день обращения. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении через портал дата </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медико-педагогического</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обследования назначается в течение 2 (двух) рабочих дней.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При этом </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медико-педагогическое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обследование проводится в назначенный день.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-Көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 (он бес) минуттан аспайды.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимально допустимое время ожидания для сдачи пакета документов к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – не более 15 (пятнадцать) минут.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимально</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>допустимое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>время</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обслуживания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 15 (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пятнадцать</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>минут</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="46"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-44</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет көрсетудің нысаны</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма оказания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Электрондық (ішінара автоматтандырылған)</w:t>
+            <w:bookmarkStart w:id="47" w:name="z61"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>частично</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автоматизированная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бумажная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="47"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-55</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="48" w:name="z62"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Результат оказания государственной услуги заключение согласно приложению </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC5B7E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6 либо мотивированный ответ об отказе в оказании государственной услуги согласно приложению </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000406B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 к настоящим Правилам. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000406B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-Порталда мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" электрондық құжат нысанында жолданады және сақталады.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в форме электронного документа.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="48"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-66</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственная услуга оказывается бесплатно физическим лицам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-77</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...30 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="49" w:name="z64"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: с понедельника по пятницу включительно, кроме выходных и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">праздничных дней, согласно Трудовому кодексу Республики Казахстан и в соответствии установленным графиком работы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, указанным на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в разделе "Государственная услуга".</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием заявления и выдача результата осуществляется в порядке очереди в день обращения с 9.00 до 17.30 часов в соответствии установленным графиком работы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...30 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан и статьи 5 Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан" прием заявок и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предусмотрена предварительная запись по телефону и (или) при непосредственном обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-2) www.egov.kz порталында орналасқан.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) портале </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="49"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-88</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="50" w:name="z70"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) свидетельство о рождении (оригинал для сверки);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) заключение об инвалидности (при наличии); </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) заключение врачебно-консультационной комиссии о необходимости обучения на дому по состоянию здоровья (для статистического учета детей, обучающихся на дому) (при наличии). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При необходимости </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для углубленного обследования дополнительно запрашивает следующие документы:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) формы первичной медицинской документации организаций здравоохранения:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">форму № 112/у "История развития ребенка"; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>форму № 027/у "Выписка из медицинской карты амбулаторного, стационарного больного", утвержденные приказом и.о. Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 6697);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) психолого-педагогическую характеристику из организации образования;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) письменные работы по языку обучения, математике, рисунки и другие результаты деятельности.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Документы, перечисленные в подпунктах 1), 2) предоставляются в подлинниках и копиях, после </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сверки</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> которых подлинники возвращаются </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> через портал:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) свидетельство о рождении (оригинал для сверки);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) заключение об инвалидности (при наличии); </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) заключение врачебно-консультационной комиссии о необходимости обучения на дому по состоянию здоровья (для статистического учета детей, обучающихся на дому) (при наличии). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При необходимости </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для углубленного обследования дополнительно запрашивает следующие документы:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) формы первичной медицинской документации организаций здравоохранения:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">форму № 112/у "История развития ребенка"; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>форму № 027/у "Выписка из медицинской карты амбулаторного, стационарного больного", утвержденные приказом и.о. Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 6697);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) психолого-педагогическую характеристику из организации образования;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) письменные работы по языку обучения, математике, рисунки и другие результаты деятельности.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Истребование от </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-Көрсетілген қызметті беруші мемлекеттік қызметтерді көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиялардың қатарына кіретін мәліметтерді пайдалануға көрсетілетін қызметтерді алушының келісімін, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, алады.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получает согласие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="50"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-99</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Көрсетілетін қызметті алушы мемлекеттік қызметті алу үшін құжаттардың толық емес тізбесін және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған кезде көрсетілетін қызметті беруші көрсетілген мерзімде өтінішті одан әрі қараудан дәлелді бас тартуды осы Қағидаларға 4-қосымшаға сәйкес нысан бойынша дайындайды және көрсетілетін қызметті алушының порталдағы "жеке кабинетіне" жібереді.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> При представлении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно приложению </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>настоящим</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Правилам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>направляет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>личный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кабинет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>портала</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-110</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="51" w:name="z92"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по вопросам оказания государственных услуг. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные телефоны справочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, а также Единого </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "1414", 8-800-080-7777.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="51"/>
       </w:tr>
-    </w:tbl>
-[...17 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="6"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Обследование и оказание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медик</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической консультативной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">помощи детям </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...20 lines deleted...]
-              <w:t>3-қосымша</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      _____________________________________________</w:t>
+      <w:bookmarkStart w:id="52" w:name="z97"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наименование организации образования</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      Білім беру ұйымының атауы</w:t>
+      <w:bookmarkStart w:id="53" w:name="z98"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уведомление о приеме документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="33"/>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Құжаттарды қабылдау туралы хабарлама</w:t>
+      <w:bookmarkStart w:id="54" w:name="z99"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Уважаемый</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________ваши</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документы приняты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...242 lines deleted...]
-      Күні:</w:t>
+      <w:bookmarkStart w:id="55" w:name="z100"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Фамилия Имя Отчество</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">апоминаем вам о необходимости пройти обследование. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Вид обследования: _______________________ первичное/повторное</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата обследования: _______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Место проведения: _________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Наименование организации ПМПК, КППК, РЦ, ОО</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Адрес:_____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адрес организации</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сп.: _______________________________ Тел.:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фамилия, Имя, Отчество: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5901"/>
+        <w:gridCol w:w="3876"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="55"/>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 4 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Обследование и оказание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...59 lines deleted...]
-              <w:t>4-қосымша</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медико</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Нысан</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической консультативной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">помощи детям </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...86 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...251 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(Фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA7545">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...98 lines deleted...]
-              <w:t>5-қосымша</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>либо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA7545">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>) ____________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA7545">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>адрес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="56" w:name="z108"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              _______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Наименование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z109"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ФИО: ___________</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ИИН:_________________Адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z110"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УВЕДОМЛЕНИЕ об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z111"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руководствуясь подпунктом 2 статьи 20 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", (Наименование организации образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тказывает в приеме документов на оказание государственной услуги (Наименование государственной услуги) в соответствии со стандартом государственной услуги ввиду</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z112"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> причины отказа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z113"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Исп.: Фамилия, Имя, Отчество</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z114"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Тел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z115"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5925"/>
+        <w:gridCol w:w="3852"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="63"/>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 5 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Обследование и оказание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медик</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической консультативной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">помощи детям </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с ограниченными возможностями"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z117"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Журнал учета обследования детей в ПМПК</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="803"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="805"/>
+        <w:gridCol w:w="361"/>
+        <w:gridCol w:w="1789"/>
+        <w:gridCol w:w="974"/>
+        <w:gridCol w:w="1239"/>
+        <w:gridCol w:w="257"/>
+        <w:gridCol w:w="1334"/>
+        <w:gridCol w:w="1127"/>
+        <w:gridCol w:w="1278"/>
+        <w:gridCol w:w="1282"/>
+        <w:gridCol w:w="21"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="64"/>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-№</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4155" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="65" w:name="z118"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Баланың ТАӘ (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ол</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> болған жағдайда)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-ФИО ребенка (при его наличии)</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ФИО ребенка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="66" w:name="z119"/>
+            <w:bookmarkEnd w:id="65"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Туылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рождения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="67" w:name="z120"/>
+            <w:bookmarkEnd w:id="66"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тексерілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обследования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="68" w:name="z121"/>
+            <w:bookmarkEnd w:id="67"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бастапкы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Диагнозы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предварительный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>диагноз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1308" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="69" w:name="z123"/>
+            <w:bookmarkEnd w:id="68"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Домашний</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>адрес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1308" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="70" w:name="z124"/>
+            <w:bookmarkEnd w:id="69"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПМПК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қорытындысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-Заключение ПМПК</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заключение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ПМПК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="805" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="71" w:name="z125"/>
+            <w:bookmarkEnd w:id="70"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсынымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="71"/>
       </w:tr>
-    </w:tbl>
-[...17 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 6 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Обследование и оказание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медик</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической консультативной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">помощи детям </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...20 lines deleted...]
-              <w:t>6-қосымша</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      Психологиялық-медициналық-педагогикалық консультация __________ </w:t>
+      <w:bookmarkStart w:id="72" w:name="z127"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Психолого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>медико</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – педагогическая консультация __________ адрес</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-                                                            мекенжайы</w:t>
+      <w:bookmarkStart w:id="73" w:name="z128"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заключение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Психологиялық-медициналық-педагогикалық консультация қорытындысы</w:t>
+      <w:bookmarkStart w:id="74" w:name="z129"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ФИО:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      ТАӘ:</w:t>
+      <w:bookmarkStart w:id="75" w:name="z130"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН: </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      ЖСН: </w:t>
+      <w:bookmarkStart w:id="76" w:name="z131"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в том, что был (а) консультирован (а) __________________</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      Кеңестен өткені жайлы__________________ тексерілген күні</w:t>
+      <w:bookmarkStart w:id="77" w:name="z132"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дата обследования</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      1. Қорытынды </w:t>
+      <w:bookmarkStart w:id="78" w:name="z133"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заключение </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      __________________________________________________________________________</w:t>
+      <w:bookmarkStart w:id="79" w:name="z134"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Рекомендации по обучению и воспитанию, психолого-педагогической поддержке</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      __________________________________________________________________________</w:t>
+      <w:bookmarkStart w:id="80" w:name="z135"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-       2. Оқыту және тәрбиелеу, түзеу-педагогикалық қолдау бойынша ұсынымдар</w:t>
+      <w:bookmarkStart w:id="81" w:name="z136"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заведующий/руководитель ПМПКФИО </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      ____________________________________________________________________</w:t>
+      <w:bookmarkStart w:id="82" w:name="z137"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Должность и подпись специалиста 1</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      ПМПК меңгерушісі/басшысы ТАӘ</w:t>
+      <w:bookmarkStart w:id="83" w:name="z138"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Должность и подпись специалиста 2</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...44 lines deleted...]
-      Күні:</w:t>
+      <w:bookmarkStart w:id="84" w:name="z139"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дата:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5989"/>
+        <w:gridCol w:w="3788"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="84"/>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2 к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...20 lines deleted...]
-              <w:t>2-қосымша</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 27 мая 2020 года № 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="37"/>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="85" w:name="z141"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> "Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік көрсетілетін қызмет қағидасы</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии" (далее - Правила)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="86" w:name="z142"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z143"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Настоящие Правила оказания государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии" (далее – Правила) разработаны в соответствии с подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее – Закон) и определяют порядок ее предоставления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z144"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. В настоящих Правилах используется следующее понятие:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z145"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) стандарт государственной услуги – перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>форму, содержание и результат, а также иные сведения с учетом особенностей предоставления государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z146"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Государственная услуга "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии" (далее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственная услуга) оказывается реабилитационными центрами, кабинетами психолого-педагогической коррекции (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z147"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="000406B7" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z148"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Для получения государственной услуги физическое лицо (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) представляет через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и/или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пакет документов согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z149"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При предоставлении документов непосредственно в канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в день обращения сотрудник канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принимает и регистрирует документы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и передает документы руководителю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z150"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Предусмотрена предварительная запись по телефону и/или при непосредственном обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z151"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. При обращении через </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет выбор электронной государственной услуги в разделе "Семья", заполнение полей электронного запроса и прикрепление пакета документов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="000406B7" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z152"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> двух рабочих дней осуществляет обработку (проверку, регистрацию) электронного запроса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и направляет в "личный кабинет" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на портале уведомление о приеме документов согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 к настоящим Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z153"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Истребование от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="000406B7" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z154"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При предоставлении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z155"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Документы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассматриваются руководителем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Руководитель после рассмотрения передает документы специалистам для организации психолого-педагогической поддержки и реабилитации ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z156"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводит курс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поддержки и реабилитации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Курс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поддержки и реабилитации составляет от 90 до 365 дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="000406B7" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z157"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">После завершения курса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается справка о результатах курса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поддержки и реабилитации детей с особыми образовательными потребностями на основании командной оценки специалистов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по форме, согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 к настоящим Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және оны қалыпастыру тәртібін анықтайды.</w:t>
+      <w:bookmarkStart w:id="102" w:name="z158"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Справка о результатах курса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поддержки и реабилитации подписывается руководителем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выдается </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в день завершения курса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поддержки и реабилитации и/или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направляет в "личный кабинет" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на портале в форме электронного документа в течение двух рабочих дней по форме согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>настоящим</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="103" w:name="z159"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 статьи 5 Закона.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      1) мемлекеттік көрсетілетін қызмет стандарты – мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып, қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін, сондай-ақ өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі. </w:t>
+      <w:bookmarkStart w:id="104" w:name="z160"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Порядок обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в местные исполнительные органы города республиканского значения и столицы, района (города областного значения), и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      3. "Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) оңалту орталықтары, психологиялық-педагогикалық түзету кабинеттері (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      <w:bookmarkStart w:id="105" w:name="z161"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Жалоба на решение, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг может быть подана на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мемлекеттік қызмет көрсетудің тәртібі</w:t>
+      <w:bookmarkStart w:id="106" w:name="z162"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес непосредственно оказывающего государственную услугу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, в соответствии с пунктом 2 статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті берушінің кеңсесі және/немесе "электрондық үкіметтің" www.egov.kz веб-порталы арқылы құжаттар пакетін ұсынады.</w:t>
+      <w:bookmarkStart w:id="107" w:name="z163"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      Құжаттарды тікелей көрсетілетін қызметті берушінің кеңсесіне ұсынған кезде көрсетілетін қызметті беруші кеңсесінің қызметкері көрсетілетін қызметті алушының құжаттарын қабылдайды және тіркейді және көрсетілетін қызметті берушінің басшысына береді.</w:t>
+      <w:bookmarkStart w:id="108" w:name="z164"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. В случаях несогласия с результатами оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вправе обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...406 lines deleted...]
-    <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="446"/>
+        <w:gridCol w:w="2011"/>
+        <w:gridCol w:w="3619"/>
+        <w:gridCol w:w="3640"/>
+        <w:gridCol w:w="61"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="108"/>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Реабилитация и социальная </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">адаптация детей и подростков </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...33 lines deleted...]
-              <w:t>1-қосымша</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">с проблемами в развитии" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...19 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-"Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Стандарт государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-11</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Психологиялық-педагогикалық түзету кабинеттері, оңалту орталықтары</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кабинеты психолого-педагогической коррекции, реабилитационные центры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-22</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызметті ұсыну тәсілдері (қолжеткізу арналары)</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Способы предоставления государственной услуги (каналы доступа) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="109" w:name="z166"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>–Кабинеты психолого-педагогической коррекции, реабилитационные центры;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-2)- "электрондық үкіметтің" веб-порталы: www.egov.kz;</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>еб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства": </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="109"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-33</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="110" w:name="z167"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) Срок оказания – от 90 календарных дней до 365 календарных дней;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) максимально допустимое время ожидания для сдачи документов - не более 15 минут;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-3) Қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 (он бес) минуттан аспайды. </w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) максимально допустимое время обслуживания - не более 15 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="110"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...20 lines deleted...]
-4</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет көрсетудің нысаны</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма оказания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Электрондық (ішінара автоматтандырылған)</w:t>
+            <w:bookmarkStart w:id="111" w:name="z169"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>частично</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автоматизированная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бумажная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="111"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-55</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="112" w:name="z170"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Выдача справки по форме, согласно приложению </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC5B7E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 к настоящему к настоящим Правилам. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC5B7E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-Порталда мемлекеттік қызметті көрсету нәтижесі электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне" жолданады және сақталады.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в форме электронного документа.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="112"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-66</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственная услуга оказывается бесплатно физическим лицам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-77</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...30 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="113" w:name="z172"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>: с понедельника по пятницу включительно, кроме выходных и праздничных дней, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 до 14.30 часов, согласно Трудовому кодексу Республики Казахстан.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предусмотрена предварительная запись по телефону и/или при непосредственном обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...30 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан и статьи 5 Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан" прием заявок и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-2) www.egov.kz порталында орналасқан.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">2) портале </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="113"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-88</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="114" w:name="z178"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление родителя (законного представителя) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в произвольной форме; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) заключение </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медико-педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> консультации.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> через портал:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление родителя (законного представителя) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в произвольной форме; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) заключение </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медико-педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> консультации.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Истребование от </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілетін қызметті беруші Мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алады.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получает согласие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="114"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-99</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Көрсетілетін қызметті алушы мемлекеттік қызметті алу үшін құжаттардың толық емес тізбесін және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған кезде көрсетілетін қызметті беруші көрсетілген мерзімде өтінішті одан әрі қараудан дәлелді бас тартуды осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша жібереді.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При предоставлении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно приложению </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>настоящим</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Правилам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-110</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9678" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="115" w:name="z185"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по вопросам оказания государственных услуг. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные телефоны справочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, а также Единого </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "1414", 8-800-080-7777.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="115"/>
       </w:tr>
-    </w:tbl>
-[...17 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Реабилитация и социальная </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">адаптация детей и подростков </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...20 lines deleted...]
-              <w:t>2-қосымша</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с проблемами в развитии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      __________________________________</w:t>
+      <w:bookmarkStart w:id="116" w:name="z190"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наименование организации образования</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...152 lines deleted...]
-      Тегі Аты Әкесінің аты</w:t>
+      <w:bookmarkStart w:id="117" w:name="z191"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Уведомление о приеме документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Уважаемый</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________ваши</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документы приняты. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Фамилия Имя Отчество</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>апоминаем вам о необходимости явиться с ребенком для получения курса психолого-педагогической</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поддержки по адресу _________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Адрес организации КППК, РЦ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исп.: _______________________________ Тел.: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата Фамилия, Имя, Отчество: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5901"/>
+        <w:gridCol w:w="3876"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="117"/>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Реабилитация и социальная </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">адаптация детей и подростков </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...20 lines deleted...]
-              <w:t>3-қосымша</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с проблемами в развитии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...86 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(Фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...271 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...86 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>либо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Нысан</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>) ________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...233 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...57 lines deleted...]
-              <w:t>3-қосымша</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>адрес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z72" w:id="58"/>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="118" w:name="z198"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Наименование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      <w:bookmarkStart w:id="119" w:name="z199"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ФИО: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және оны қалыпастыру тәртібін анықтайды.</w:t>
+      <w:bookmarkStart w:id="120" w:name="z200"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ИИН: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      2. Осы қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
+      <w:bookmarkStart w:id="121" w:name="z201"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="122" w:name="z202"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УВЕДОМЛЕНИЕ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="123" w:name="z203"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руководствуясь подпунктом 2 статьи 20 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", (Наименование организации образования) отказывает в приеме документов на оказание государственной услуги (Наименование государственной услуги) в соответствии со стандартом государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ввиду</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="z204"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> причины отказа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="125" w:name="z205"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Исп.: Фамилия, Имя, Отчество</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      1) мемлекеттік көрсетілетін қызмет стандарты – мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып, қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін, сондай-ақ өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі. </w:t>
+      <w:bookmarkStart w:id="126" w:name="z206"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Тел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      3. "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) бастауыш, негізгі орта, жалпы орта білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді. </w:t>
+      <w:bookmarkStart w:id="127" w:name="z207"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-[...403 lines deleted...]
-    <w:bookmarkEnd w:id="72"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5929"/>
+        <w:gridCol w:w="3848"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="127"/>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Реабилитация и социальная </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">адаптация детей и подростков </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с проблемами в развитии"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA7545">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...125 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="128" w:name="z210"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>                                     С П Р А В К А</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="129" w:name="z211"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дана ____________________________________________________________________, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Ф.И.О. (при его наличии) ребенка)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"__" _______ 20_ г.р., в том, что о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а) действительно посещал(а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование РЦ, КППК)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="130" w:name="z212"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с "__" ______ 20_ года по "__" _______ 20_ г.,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="131" w:name="z213"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (дата оказание услуги)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="132" w:name="z214"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заключение _______________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. (при его наличии) руководителя организации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="133" w:name="z215"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>М.П.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="547"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9832"/>
+        <w:gridCol w:w="5989"/>
+        <w:gridCol w:w="3788"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="133"/>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRPr="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="000406B7" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000406B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 3 к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000406B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000406B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000406B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000406B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000406B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000406B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 27 мая 2020 года № 223</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="000406B7" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="134" w:name="z217"/>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" (далее – Правила)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="135" w:name="z218"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="136" w:name="z219"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящие Правила оказания государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" (далее – Правила) разработаны в соответствии с подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее – Закон) и определяют порядок ее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="137" w:name="z220"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В настоящих Правилах используется следующее понятие:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="138" w:name="z221"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) стандарт государственной услуги – перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат, а также иные сведения с учетом особенностей предоставления государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="139" w:name="z222"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Государственная услуга "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" (далее – государственная услуга) оказывается организациями начального, основного среднего, общего среднего образования (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="140" w:name="z223"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="000406B7" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="141" w:name="z224"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Для получения государственной услуги физическое лицо (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) представляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, либо через – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – портал)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пакет документов согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="142" w:name="z225"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При предоставлении пакета документов через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принимает заявление и пакет документов и передает документы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководителю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Сотрудником канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о приеме документов (в произвольной форме) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="143" w:name="z226"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При предоставлении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> готовит </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>настоящим</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="144" w:name="z227"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. При обращении через </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучательь</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет выбор электронной государственной услуги в разделе "Образование", заполнение полей электронного запроса и прикрепление пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="000406B7" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="145" w:name="z228"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> двух рабочих дней осуществляет обработку (проверку, регистрацию) электронного запроса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и направляет в "личный кабинет" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на портале уведомление о приеме документов согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 к настоящим Правилам либо готовит мотивированный ответ о дальнейшем рассмотрении заявления по форме согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2 к настоящим Правилам и направляет в "личный кабинет" портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="146" w:name="z229"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Истребование от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="147" w:name="z230"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Документы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассматриваются руководителем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для определения класса, языка обучения. Руководитель после рассмотрения передает документы специалистам для организации индивидуального бесплатного обучения на дому ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="148" w:name="z231"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формирует приказ о зачислении на индивидуальное бесплатное обучение на дому.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="149" w:name="z232"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 статьи 5 Закона.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="150" w:name="z233"/>
+      <w:bookmarkEnd w:id="149"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Порядок обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в местные исполнительные органы, города республиканского значения и столицы, района (города областного значения), и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="151" w:name="z234"/>
+      <w:bookmarkEnd w:id="150"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Жалоба на решение, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг может быть подана на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="152" w:name="z235"/>
+      <w:bookmarkEnd w:id="151"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес непосредственно оказывающего государственную услугу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, в соответствии с пунктом 2 статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="153" w:name="z236"/>
+      <w:bookmarkEnd w:id="152"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="154" w:name="z237"/>
+      <w:bookmarkEnd w:id="153"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. В случаях несогласия с результатами оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вправе обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="484"/>
+        <w:gridCol w:w="2433"/>
+        <w:gridCol w:w="3066"/>
+        <w:gridCol w:w="3758"/>
+        <w:gridCol w:w="36"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="154"/>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов для организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">индивидуального бесплатного обучения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на дому детей, которые по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">состоянию здоровья в течение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>длительного времени не могут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">посещать организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">начального, основного среднего, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общего среднего образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-"Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау" мемлекеттік көрсетілетін қызметі стандарты</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Стандарт государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-1</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Көрсетілетін қызметті берушінің атауы</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-"Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Организации начального, основного среднего и общего среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-2</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызметті ұсыну тәсілдері (қолжеткізуарналары)</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Способы предоставления государственной услуги (каналы доступа) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="155" w:name="z239"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>–Организации начального, основного среднего и общего среднего образования;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-- "электронды үкіметтің" веб-порталы: www.egov.kz;</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>еб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства": </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="155"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-3</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="156" w:name="z240"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Срок оказания – 2 рабочих дней. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Максимально допустимое время ожидания для сдачи пакета документов – не более 15 (пятнадцать) минут.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-Көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 ( он бес) минуттан аспайды.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимально</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>допустимое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>время</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обслуживания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 15 (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пятнадцать</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>минут</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="156"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-4</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет көрсетудің нысаны</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма оказания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Электрондық (ішінара автоматтандырылған)</w:t>
+            <w:bookmarkStart w:id="157" w:name="z242"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>частично</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автоматизированная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бумажная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="157"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-5</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="158" w:name="z243"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Результат оказания государственной услуги: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) расписка о приеме документов (в произвольной форме);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) приказ о зачислении на индивидуальное бесплатное обучение на дому.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-Порталда мемлекеттік қызметті көрсету нәтижесі электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетінде" жолданады және сақталады.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в форме электронного документа.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="158"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-6</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственная услуга оказывается бесплатно физическим лицам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-7</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="159" w:name="z247"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: с понедельника по субботу включительно, кроме выходных и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>праздничных дней, с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, согласно Трудовому кодексу Республики Казахстан.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предварительная запись и ускоренное обслуживание не </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>предусмотрены</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...30 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан и статьи 5 Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан" прием заявок и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адреса мест оказания государственной услуги размещены на: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-2) www.egov.kz. </w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) портале </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="159"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-8</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="160" w:name="z253"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление (в произвольной форме);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) заключение врачебно-консультационной комиссии с рекомендацией по обучению на дому.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> через портал:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление (в произвольной форме);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) заключение врачебно-консультационной комиссии с рекомендацией по обучению на дому.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Истребование от </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-Көрсетілген қызметті беруші мемлекеттік қызметтерді көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиялардың қатарына кіретін мәліметтерді пайдалануға көрсетілетін қызметтерді алушының келісімін, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, алады.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получает согласие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="160"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-9</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы құжаттардың толық емес тізбесін және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші өтініштерді қабылдаудан бас тартады және осы мемлекеттік көрсетілетін қызмет қағидаларының 3-қосымшасына сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы хабарлама береді.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В случае предоставления </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия для получения государственной услуги </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отказывает в оказании государственной услуги и выдает уведомление об отказе в приеме документов по форме согласно приложению </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>настоящим</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>правилам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-10</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызметті, оның ішінд еэлектрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="161" w:name="z260"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по вопросам оказания государственных услуг. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные телефоны справочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, а также Единого </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "1414", 8-800-080-7777.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="161"/>
       </w:tr>
-    </w:tbl>
-[...17 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...4 lines deleted...]
-              </w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+          </w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов для организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">индивидуального бесплатного обучения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на дому детей, которые по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">состоянию здоровья в течение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>длительного времени не могут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">посещать организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">начального, основного среднего, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>2-қосымша</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...213 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Фамилия, имя, отчество </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>либо наименование организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) ________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...72 lines deleted...]
-              <w:t>3-қосымша</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(адрес </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="162" w:name="z267"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> ________________________________________________________________________  [МО атауы]</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Наименование ГО]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="74"/>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="163" w:name="z268"/>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Құжаттарды қабылдау және оқуға қабылдау туралы хабарлама</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уведомление об отказе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="164" w:name="z269"/>
+      <w:bookmarkEnd w:id="163"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уважаемый: [ФИО школьника]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="165" w:name="z270"/>
+      <w:bookmarkEnd w:id="164"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документы для зачисления в [Наименование организации образования], в [класс, язык обучения] НЕ ПРИНЯТЫ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="166" w:name="z271"/>
+      <w:bookmarkEnd w:id="165"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Причина_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      [білім беру ұйымының атауы]</w:t>
+      <w:bookmarkStart w:id="167" w:name="z272"/>
+      <w:bookmarkEnd w:id="166"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для разъяснения просим обратиться в приемную комиссию </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...62 lines deleted...]
-      Мекенжай____________________</w:t>
+      <w:bookmarkStart w:id="168" w:name="z273"/>
+      <w:bookmarkEnd w:id="167"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="3857"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="168"/>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов для организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">индивидуального бесплатного обучения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>4-қосымша</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на дому детей, которые по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">состоянию здоровья в течение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>длительного времени не могут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">посещать организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">начального, основного среднего, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z93" w:id="75"/>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="169" w:name="z275"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына қабылдау" мемлекеттік көрсетілетін қызмет қағидасы</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Наименование ГО]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="170" w:name="z276"/>
+      <w:bookmarkEnd w:id="169"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уведомление о приеме документов и зачислении в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [наименование организации образования]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="171" w:name="z277"/>
+      <w:bookmarkEnd w:id="170"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уважаемый: [ФИО школьника]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="172" w:name="z278"/>
+      <w:bookmarkEnd w:id="171"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документы в [Наименование организации образования] приняты. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Вы зачислены в [класс, литера, язык обучения], согласно Приказу № [номер приказа] от [дата].</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="173" w:name="z279"/>
+      <w:bookmarkEnd w:id="172"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Просим Вас подойти в [Наименование школы] ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және оны қалыпастыру тәртібін анықтайды.</w:t>
+      <w:bookmarkStart w:id="174" w:name="z280"/>
+      <w:bookmarkEnd w:id="173"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-[...481 lines deleted...]
-    <w:bookmarkEnd w:id="89"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5989"/>
+        <w:gridCol w:w="3788"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="174"/>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000406B7" w:rsidRDefault="000406B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 4 к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...72 lines deleted...]
-              <w:t>1-қосымша</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 27 мая 2020 года № 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="175" w:name="z282"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Прием документов и зачисление в специальные организации образования детей с ограниченными возможностями для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по специальным общеобразовательным учебным программам"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="176" w:name="z283"/>
+      <w:bookmarkEnd w:id="175"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="177" w:name="z284"/>
+      <w:bookmarkEnd w:id="176"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящие Правила оказания государственной услуги "Прием документов и зачисление в специальные организации образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам" (далее – Правила) разработаны в соответствии с подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее – Закон) и определяют порядок ее предоставления.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="178" w:name="z285"/>
+      <w:bookmarkEnd w:id="177"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В настоящих Правилах используется следующее понятие:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="179" w:name="z286"/>
+      <w:bookmarkEnd w:id="178"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) стандарт государственной услуги – перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат, а также иные сведения с учетом особенностей предоставления государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="180" w:name="z287"/>
+      <w:bookmarkEnd w:id="179"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Государственная услуга "Прием документов и зачисление в специальные организации образования детей с ограниченными возможностями для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по специальным общеобразовательным учебным программам" (далее – государственная услуга) оказывается специальными организациями образования (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="181" w:name="z288"/>
+      <w:bookmarkEnd w:id="180"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00DC5B7E" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="182" w:name="z289"/>
+      <w:bookmarkEnd w:id="181"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Для получения государственной услуги физическое лицо (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) представляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, либо через </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – портал) пакет документов согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1 к настоящим Правилам не позднее 30 августа календарного года, в первый класс – с 1 июня по 30 августа календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="183" w:name="z290"/>
+      <w:bookmarkEnd w:id="182"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При предоставлении пакета документов через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принимает заявление и пакет документов и передает документы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководителю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Сотрудником канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о приеме документов (в произвольной форме) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="000406B7" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="184" w:name="z291"/>
+      <w:bookmarkEnd w:id="183"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При предоставлении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия для получения государственной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">услуги сотрудник канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги и выдает уведомление об отказе в приеме документов по форме согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="185" w:name="z292"/>
+      <w:bookmarkEnd w:id="184"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. При обращении через </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет выбор электронной государственной услуги в разделе "Образование", заполнение полей электронного запроса и прикрепление пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="000406B7" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="186" w:name="z293"/>
+      <w:bookmarkEnd w:id="185"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> трех рабочих дней осуществляет обработку (проверку, регистрацию) электронного запроса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и направляет в "личный кабинет" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на портале уведомление о приеме документов согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5B7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 к настоящим Правилам либо готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2 к настоящим Правилам и направляет в "личный кабинет" портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="187" w:name="z294"/>
+      <w:bookmarkEnd w:id="186"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000406B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Истребование от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="188" w:name="z295"/>
+      <w:bookmarkEnd w:id="187"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Основанием для зачисления в специальную организацию образования после начала учебного года является заключение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="189" w:name="z296"/>
+      <w:bookmarkEnd w:id="188"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Документы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассматриваются руководителем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для определения класса, языка обучения. Руководитель после рассмотрения передает документы специалистам для организации обучения ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="190" w:name="z297"/>
+      <w:bookmarkEnd w:id="189"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формирует приказ о зачислении в специальную организацию образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="191" w:name="z298"/>
+      <w:bookmarkEnd w:id="190"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 статьи 5 Закона.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="192" w:name="z299"/>
+      <w:bookmarkEnd w:id="191"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Порядок обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в местные исполнительные органы города республиканского значения и столицы, района (города областного значения), и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="193" w:name="z300"/>
+      <w:bookmarkEnd w:id="192"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Жалоба на решение, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг может быть подана на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="194" w:name="z301"/>
+      <w:bookmarkEnd w:id="193"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес непосредственно оказывающего государственную услугу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, в соответствии с пунктом 2 статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="195" w:name="z302"/>
+      <w:bookmarkEnd w:id="194"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="196" w:name="z303"/>
+      <w:bookmarkEnd w:id="195"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. В случаях несогласия с результатами оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вправе обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="547"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9832"/>
+        <w:gridCol w:w="473"/>
+        <w:gridCol w:w="2330"/>
+        <w:gridCol w:w="3030"/>
+        <w:gridCol w:w="3899"/>
+        <w:gridCol w:w="45"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="196"/>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1 к правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Прием документов и зачисление в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специальные организации образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>детей с ограниченными возможностями</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по специальным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательным учебным программам"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-"Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына қабылдау" мемлекеттік көрсетілетін қызметі стандарты</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Стандарт государственной услуги "Прием документов и зачисление в специальные организации образования детей с ограниченными возможностями для </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по специальным общеобразовательным учебным программам"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-1</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Көрсетілетін қызметті берушінің атауы</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Специальные</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-2</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызметті ұсыну тәсілдері (қол жеткізу арналары)</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Способы предоставления государственной услуги (каналы доступа) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="197" w:name="z305"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>– специальные организации образования;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-- "электрондық үкіметтің" веб-порталы: www.egov.kz</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства": </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="197"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-3</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="198" w:name="z306"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с момента сдачи пакета документов:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) для зачисления в специальную организацию образования - не позднее 30 августа календарного года, в первый класс – с 1 июня по 30 августа календарного года;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) максимально допустимое время ожидания для сдачи пакета документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – не более 15 (пятнадцати) минут; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) максимально допустимое время обслуживания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – не более 15 (пятнадцати) минут.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="198"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-4</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет көрсетудің нысаны</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма оказания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Электрондық (ішінара автоматтандырылған)</w:t>
+            <w:bookmarkStart w:id="199" w:name="z309"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>частично</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автоматизированная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бумажная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="199"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-5</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="200" w:name="z310"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Результат оказания государственной услуги: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) расписка о приеме документов (в произвольной форме);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) приказ о зачислении в специальную организацию образования.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-Порталда мемлекеттік қызметті көрсету нәтижесі электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетінде" жолданады және сақталады.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в форме электронного документа.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="200"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-6</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Государственная услуга оказывается бесплатно физическим лицам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-7</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="201" w:name="z314"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>: с понедельника по субботу включительно, кроме выходных и праздничных дней, с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, согласно Трудовому кодексу Республики Казахстан.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предварительная запись и ускоренное обслуживание не </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>предусмотрены</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...30 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан и статьи 5 Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан" прием заявок и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адреса мест оказания государственной услуги размещены на: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-2) www.egov.kz порталында орналасқан.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) портале </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="201"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-8</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="202" w:name="z320"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление родителя или иного законного представителя </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о зачислении в специальную организацию образования (в произвольной форме).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="000406B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) заключение </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000406B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медико-педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000406B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> консультации.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000406B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> через портал: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление родителя или иного законного представителя </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о зачислении в специальную организацию образования (в произвольной форме);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) заключение </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медико-педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> консультации.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Истребование от </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
- Көрсетілген қызметті беруші мемлекеттік қызметтерді көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиялардың қатарына кіретін мәліметтерді пайдалануға көрсетілетін қызметтерді алушының келісімін, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, алады.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получает согласие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="202"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-9</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы құжаттардың толық емес тізбесін және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші өтініштерді қабылдаудан бас тартады және осы мемлекеттік көрсетілетін қызмет қағидаларының 2-қосымшасына сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы хабарлама береді.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При предоставлении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия для получения государственной услуги </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отказывает в оказании государственной услуги и выдает уведомление об отказе в приеме документов по форме согласно приложению </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>настоящим</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>правилам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="532" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-10</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="2156" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9832" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="203" w:name="z327"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по вопросам оказания государственных услуг. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные телефоны справочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">посредством "личного кабинета" портала, справочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, а также Единого </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "1414", 8-800-080-7777.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="203"/>
       </w:tr>
-    </w:tbl>
-[...17 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...4 lines deleted...]
-              </w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2 к правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Прием документов и зачисление в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специальные организации образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>детей с ограниченными возможностями</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по специальным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...33 lines deleted...]
-              <w:t>2-қосымша</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательным учебным программам"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...213 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(Фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>либо наименование организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) ________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...59 lines deleted...]
-              <w:t>3-қосымша</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(адрес </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="204" w:name="z334"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> _____________________________________________  [МО атауы]</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Наименование ГО]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="91"/>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="205" w:name="z335"/>
+      <w:bookmarkEnd w:id="204"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Құжаттарды қабылдау және оқуға қабылдау туралы хабарлама</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уведомление об отказе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="206" w:name="z336"/>
+      <w:bookmarkEnd w:id="205"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уважаемый: [ФИО школьника]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="207" w:name="z337"/>
+      <w:bookmarkEnd w:id="206"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документы для зачисления в [Наименование организации образования], в [класс, язык обучения] НЕ ПРИНЯТЫ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="208" w:name="z338"/>
+      <w:bookmarkEnd w:id="207"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Причина_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      [білім беру ұйымының атауы]</w:t>
+      <w:bookmarkStart w:id="209" w:name="z339"/>
+      <w:bookmarkEnd w:id="208"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для разъяснения просим обратиться в приемную комиссию </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...62 lines deleted...]
-      Мекенжай____________________</w:t>
+      <w:bookmarkStart w:id="210" w:name="z340"/>
+      <w:bookmarkEnd w:id="209"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5841"/>
+        <w:gridCol w:w="3936"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="210"/>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3 к правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Прием документов и зачисление в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специальные организации образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>5-қосымша</w:t>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>детей с ограниченными возможностями</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по специальным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательным учебным программам"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z114" w:id="92"/>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="211" w:name="z342"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Қазақстан Республикасы Білім және ғылым министрінің күші жойылатын кейбір бұйрықтарының тізімі</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Наименование ГО]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="212" w:name="z343"/>
+      <w:bookmarkEnd w:id="211"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уведомление о приеме документов и зачислении в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [наименование организации образования]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="213" w:name="z344"/>
+      <w:bookmarkEnd w:id="212"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уважаемый: [ФИО школьника]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="214" w:name="z345"/>
+      <w:bookmarkEnd w:id="213"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документы в [Наименование организации образования] приняты. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Вы зачислены в [класс, литера, язык обучения], согласно Приказу № [номер приказа] от [дата].</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="215" w:name="z346"/>
+      <w:bookmarkEnd w:id="214"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Просим Вас подойти в [Наименование школы] ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 11047 тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің "Әділет" ақпараттық-құқықтық жүйесінде 2015 жылғы 22 мамырда жарияланған).</w:t>
+      <w:bookmarkStart w:id="216" w:name="z347"/>
+      <w:bookmarkEnd w:id="215"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5989"/>
+        <w:gridCol w:w="3788"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AA7545" w:rsidRPr="000406B7">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="216"/>
+          <w:p w:rsidR="00AA7545" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 5 к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BE34F6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 27 мая 2020 года № 223</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 125325 тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің "Әділет" ақпараттық-құқықтық жүйесінде 2018 жылғы 25 қазанда жарияланған).</w:t>
+      <w:bookmarkStart w:id="217" w:name="z349"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень, утративших силу некоторых приказов Министра образования и науки Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-[...1 lines deleted...]
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...29 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="218" w:name="z350"/>
+      <w:bookmarkEnd w:id="217"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 174 "Об утверждении стандартов государственных услуг в сфере специального образования, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 11047, опубликован в информационно-правовой системе нормативных правовых актов Республики Казахстан "Әділет" 22 мая 2015 года).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:bookmarkStart w:id="219" w:name="z351"/>
+      <w:bookmarkEnd w:id="218"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 13 сентября 2018 года № 462 "О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 174 "Об утверждении стандартов государственных услуг в сфере специального образования, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 125325, опубликован в информационно-правовой</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> системе нормативных правовых актов Республики Казахстан "Әділет" 25 октября 2018 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="220" w:name="z352"/>
+      <w:bookmarkEnd w:id="219"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 14 марта 2017 года № 120 "Об утверждении стандарта государственной услуги "Выдача направления детям с ограниченными возможностями в специальные коррекционные и другие организации для получения медицинских, специальных образовательных и специальных социальных услуг" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 113285, опубликован в информационно-правовой системе нормативных правовых актов Республики Казахстан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Әділет" 17 июля 2017 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidRDefault="00DC5B7E">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-				</w:t>
+      <w:r w:rsidRPr="00BE34F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:sectPr>
+    <w:sectPr w:rsidR="00AA7545" w:rsidRPr="00BE34F6" w:rsidSect="00AA7545">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="92"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat/>
+  <w:rsids>
+    <w:rsidRoot w:val="00AA7545"/>
+    <w:rsid w:val="000406B7"/>
+    <w:rsid w:val="005B535C"/>
+    <w:rsid w:val="00972064"/>
+    <w:rsid w:val="00AA7545"/>
+    <w:rsid w:val="00BE34F6"/>
+    <w:rsid w:val="00DC5B7E"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="off"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+</w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
-[...5 lines deleted...]
-    <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
     <w:rsid w:val="004A3277"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading3Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading4Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...183 lines deleted...]
-  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA7545"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00AA7545"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="disclaimer">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00AA7545"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DocDefaults">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
+    <w:rsid w:val="00AA7545"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE34F6"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BE34F6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>8953</Words>
+  <Characters>51037</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>425</Lines>
+  <Paragraphs>119</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>59871</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
 </file>