--- v0 (2025-10-09)
+++ v1 (2026-02-03)
@@ -1,6056 +1,4441 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-[...7 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
-[...408 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="918f0b8" w14:textId="918f0b8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w15:collapsed w:val="false"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2057400" cy="571500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId3"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2057400" cy="571500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О некоторых вопросах педагогической этики</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 11 мая 2020 года № 190. Зарегистрирован в Министерстве юстиции Республики Казахстан 12 мая 2020 года № 20619.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с подпунктом 34-1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 27 июля 2007 года "Об образовании", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 16 Закона Республики Казахстан от 27 декабря 2019 года "О статусе педагога" ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Утвердить прилагаемые:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) Правила педагогической этики согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) Типовые правила организации работы совета по педагогической этике согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Признать утратившим силу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра образования и науки Республики Казахстан от 8 января 2016 года № 9 "Об утверждении Правил педагогической этики" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 13038, опубликован 1 января 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Юридическому департаменту Министерства образования и науки Республики Казахстан (Байжанов Н.А.) в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Контроль за исполнением настоящего приказа возложить на вице-министра Каринову Ш.Т.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13380" w:type="dxa"/>
-[...5 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8702"/>
-        <w:gridCol w:w="4678"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidTr="008C2D32">
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6000" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="008C2D32">
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i/>
-                <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
-            <w:r w:rsidRPr="008C2D32">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i/>
-                <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t xml:space="preserve">Министр образования и науки </w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>Білім және ғылым министрі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3225" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="008C2D32">
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i/>
-                <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
-[...10 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13380" w:type="dxa"/>
-[...5 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8420"/>
-        <w:gridCol w:w="4960"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidTr="008C2D32">
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...9 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="008C2D32">
+              <w:t>Приложение 1 к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
-            <w:r w:rsidRPr="008C2D32">
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>Білім және ғылым министрінің</w:t>
             </w:r>
-            <w:r w:rsidRPr="008C2D32">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...22 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>от 11 мая 2020 года  № 190</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
-[...1672 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила педагогической этики </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила педагогической этики (далее - педагогическая этика) разработаны в соответствии с положениями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 27 июля 2007 года "Об образовании" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 27 декабря 2019 года "О статусе педагога", а также основаны на общепризнанных нравственных принципах, а также нормах Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Педагогическая этика представляет собой свод общих принципов и норм педагогической этики, которыми руководствуются педагоги организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Знание и соблюдение педагогами положений педагогической этики является одним из критериев оценки качества их профессиональной деятельности и трудовой дисциплины.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Текст педагогической этики размещается в доступном для участников образовательного процесса месте.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Разбирательства в отношении педагога и принятые на их основании решения могут быть преданы гласности только с его письменного согласия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Основные принципы педагогической этики</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Основными принципами педагогической этики являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) добросовестность:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      добросовестность педагога предполагает его ответственность за результат обучения и воспитания, умение осуществлять коррективы в своей деятельности, развитую способность к критике и рефлексии, открытость для любых мнений, обучающихся и воспитанников, их родителей (законных представителей), коллег;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) честность:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      честность педагога предполагает открытость его оценочной деятельности, прозрачность создаваемой им образовательной среды. Честность запрещает педагогу нарушать права обучающихся и воспитанников, их родителей (законных представителей), коллег;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уважение чести и достоинства личности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагог уважает честь и достоинство обучающихся и воспитанников, их родителей (законных представителей), людей, которые становятся объектами его профессионального внимания, тактичен в общении с ними. Он искренне желает развития ребенка, проявляет готовность всегда прийти ему на помощь, обеспечивает деликатность в оценке успехов (неуспехов) обучающегося и воспитанника с целью способствования развитию его личностного роста.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускается применение методов физического, морального и психологического насилия по отношению к участникам образовательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) патриотизм:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагог преданно и с любовью относится к своей Родине - Республике Казахстан, истории, традициям и языку. Сохраняет культурные и исторические традиции Республики Казахстан, передает это отношение обучающимся и воспитанникам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уважение общечеловеческих ценностей и толерантность:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Признавая приоритет общечеловеческих ценностей, педагог с уважением относится к особенностям, ценностям и достоинству каждой национальной культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагог воспитывает культуру межнациональных отношений, пробуждает у обучающихся уважение прав и достоинства всех наций и всех людей вне зависимости от возраста, пола, языка, национальности, вероисповедания, гражданства, происхождения, социального, должностного и имущественного положения или любых иных обстоятельств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Толерантность педагога предполагает терпимость к обучающимся и воспитанникам, их родителям (законным представителям), терпимость к их социальному, должностному и имущественному положению, полу, расе, национальности, языку, отношению к религии, культуре, убеждениям, месту рождения и жительства, а также умение понимать и учитывать в работе несовершенства обучающихся и воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагог способствует созданию климата доверия и уважения в школьном коллективе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) профессиональная солидарность:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагог заботится о престиже профессии, уважает честь и достоинство коллег, не допускает действий, наносящих ущерб авторитету учительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускается в какой бы то ни было форме злоупотреблять доверием своих коллег, мешать им выполнять профессиональные обязанности, наносить им какой-либо ущерб. Педагог оказывает содействие коллегам в повышении уровня теоретического и методического мастерства, в развитии творческих способностей, приходит на помощь к коллегам, попавшим в беду. Профессиональная солидарность не может служить оправданием неправды и несправедливости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) непрерывность профессионального развития:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагог совершенствует свое профессиональное мастерство, интеллектуальный, творческий и общенаучный уровень.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Основные нормы педагогической этики</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Педагоги в служебное и неслужебное время:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соблюдают основные принципы педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) способствуют воспитанию обучающихся и воспитанников в духе высокой нравственности, уважения к родителям, этнокультурным ценностям, бережного отношения к окружающему миру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) прививают обучающимся уважительное отношение к Родине - Республики Казахстан, вселяют дух патриотизма.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не допускают совершения действий, способных дискредитировать высокое звание педагога Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) добросовестно и качественно исполняют свои служебные обязанности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) непрерывно совершенствуют свое профессиональное мастерство, активно занимаются самообразованием и самосовершенствованием;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) неукоснительно соблюдают трудовую дисциплину;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) бережно относятся к имуществу организации образования и не используют его в личных целях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) принимают меры по предупреждению коррупции, своим личным поведением подают пример честности, беспристрастности и справедливости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) не допускают использования служебной информации в корыстных и иных личных целях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) личным примером способствуют созданию устойчивой и позитивной морально-психологической обстановки в коллективе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) придерживаются делового стиля в одежде в период исполнения своих служебных обязанностей; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) избегают использование своего статуса педагога в корыстных и иных личных целях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) в своей деятельности неукоснительно соблюдают принципы академической честности, в том числе обеспечение академической честности как основной институциональной ценности, формирующей честность и взаимоуважение в академической среде, проявлять уважение педагогом к своим обучающимся и воспитанникам как наставник, способствующий формированию академической культуры, поощрять и стимулировать участников образовательного процесса к продвижению и защите высоких стандартов академической честности, определение педагогом четкой политики дисциплины, ожидаемых требований от обучающихся, обеспечение ответственности обучающихся и принятие действующих мер за нарушение ими принципов и стандартов академической честности, создание академической среды, которая оказывает образовательную, социальную и психологическую поддержку обучающимся и не позволяет проявлять академическую нечестность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) публикуют материалы в СМИ, в том числе интернет-изданиях, выступают публично только от собственного имени как частного лица, при этом обеспечивают ведение дискуссии в корректной форме, воздерживаются от неконструктивной критики и неэтичных высказываний, не разглашают служебную информацию, которая не разрешена к обнародованию, не подрывают высокого звания педагога в обществе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) публичные выступления, публикации СМИ от имени организации образования согласовывают с руководителем данной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) в социальных сетях не распространяют непроверенную и (или) недостоверную, и (или) неэтичную информацию, способствуют укреплению в обществе высокого звания педагога;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) способствуют реализации государственной политики в области образования и науки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) обеспечивают конфиденциальность успехов (неуспехов) обучающегося и воспитанника, его социального положения, места работы родителей (законных представителей), и данные сведения разглашаются только с письменного согласия родителей (законных представителей) несовершеннолетнего обучающегося и (или) воспитанника, либо с письменного согласия совершеннолетнего обучающегося и (или) воспитанника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В отношениях с участниками образовательного процесса педагоги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уважают права, честь и достоинство человека независимо от возраста, пола, национальности, вероисповедания, гражданства, происхождения, социального, должностного и имущественного положения или любых иных обстоятельств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обращаются к участникам образовательного процесса по имени, в уважительной форме, а также с соблюдением общепринятых морально-этических норм, не допускают фактов произвольного искажения в написании и произношении имен участников образовательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не допускают фактов финансовых и иных вымогательств по отношению к участникам образовательного процесса, прилагают усилия по пресечению таких действий со стороны своих коллег;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) своими действиями не дают повода для обоснованной критики со стороны общества, терпимо относиться к ней, используют конструктивную критику для устранения недостатков и улучшения своей профессиональной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) оказывают профессиональную поддержку участникам образовательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       6) не подвергают дискриминации лиц, обратившихся с жалобой на нарушение педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В отношениях с коллегами педагоги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соблюдают общепринятые морально-этические нормы, вежливы и корректны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не ставят публично под сомнение профессиональную квалификацию другого педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) воздерживаются от голословных и бездоказательных жалоб и обращений, не принимают ответных мер против лица, который обратился с жалобой на нарушение педагогической этики. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. За нарушение педагогической этики педагоги в соответствии с законодательством Республики Казахстан привлекаются к ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Мониторинг соблюдения педагогической этики осуществляют соответствующие Советы по педагогической этике организации образования в порядке, определенном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13380" w:type="dxa"/>
-[...5 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8420"/>
-        <w:gridCol w:w="4960"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidTr="008C2D32">
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...9 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="008C2D32">
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...43 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>к приказу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008C2D32" w:rsidRPr="008C2D32" w:rsidRDefault="008C2D32" w:rsidP="008C2D32">
-[...2616 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:bookmarkStart w:name="z79" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Типовые правила организации работы совета по педагогической этике</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z80" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z81" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящие Правила определяют организацию деятельности совета по педагогической этике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z82" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Совет по педагогической этике (далее – Совет) является коллегиальным органом, создаваемый в организациях образования, рассматривающий вопросы, соблюдения педагогами педагогической этики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В Совет по педагогической этике организации образования могут обращаться физические и юридические лица по вопросам соблюдения педагогами педагогической этики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Совет осуществляет свою деятельность в соответствии с Законами Республики Казахстан "Об образовании", "О статусе педагога", настоящими Правилами, иными нормативными правовыми актами и руководствуется принципами объективности и справедливости, этичности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z85" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Основные задачи и полномочия Совета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Основными задачами Совета являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мониторинг, профилактика и предупреждение нарушений педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) способствование улучшению нравственно-психологического климата коллектива организации образования, урегулированию конфликтных ситуаций, связанных с нарушениями педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) всестороннее, полное и объективное исследование обстоятельств, необходимых и достаточных для правильного рассмотрения вопроса об ответственности педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) рассмотрение причин и условий, способствующих нарушению педагогической этики, и выработка на их основе рекомендаций руководителю организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Совет в пределах своей компетенции: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z92" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) заслушивает на своих заседаниях педагогов и лиц причастных к рассматриваемым вопросам; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z93" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) запрашивает документы, материалы и информацию организации образования, необходимые для выполнения стоящих перед ним задач; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z94" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) истребует объяснения и (или) пояснения у педагогов и лиц причастных к рассматриваемым вопросам; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z95" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) вносит предложения руководителю организации образования о проведении проверки фактов нарушения педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z96" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) вносит руководителю организации образования рекомендации по укреплению дисциплины труда, профилактике нарушений педагогической этики; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z97" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) вносит на рассмотрение руководителю организации образования, рекомендации об ответственности за нарушения педагогической этики; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z98" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) обращается к компетентным государственным органам или соответствующим должностным лицам с предложениями о рассмотрении ответственности должностных лиц организации образования, не рассмотревших надлежащим образом рекомендации Совета. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z99" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) проводит работу по примирению сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z100" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Организация деятельности Совета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Срок полномочий Совета составляет три года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Совет состоит из председателя, секретаря и других членов Совета. Число членов Совета должно быть нечетным и составлять не менее 7 человек (без учета секретаря Совета).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z103" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. В Совет входят следующие лица: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z104" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представители управлений (отделов) образования, представители профсоюзов и (или) неправительственных организаций и (или) общественных объединений, осуществляющих деятельность в отрасли образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z105" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не менее двух педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z106" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) педагоги, вышедшие на заслуженный отдых.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z107" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель организации образования, работники управленческого, административного, вспомогательного персонала организации образования, родители обучающихся и воспитанников данной организации образования не могут быть включены в состав Совета в качестве его членов. При этом в качестве секретаря Совета допускаются работники управленческого, административного, вспомогательного персонала организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z108" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. В состав Совета не входят лица: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) признанные судом недееспособным или ограниченно дееспособным;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z110" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) лишенные судом права занимать государственные должности в течение определенного срока;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z111" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уволенные за дисциплинарный проступок, дискредитирующий государственную службу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z112" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ранее судимые или освобожденные от уголовной ответственности за совершение преступления на основании пунктов 3), 4), 9), 10) и 12) части первой статьи 35 или статьи 36 Уголовно-процессуального кодекса Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z113" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уволенные по отрицательным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мотивам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из правоохранительных органов, специальных государственных органов и судов, воинской службы, за исключением случаев увольнения лица на основании отсутствия на работе (службе) без уважительной причины в течение трех и более часов подряд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z114" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Совет избирается на педагогическом совете организации образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z115" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Руководитель организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z116" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивает соблюдение требований законодательства при формировании Совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z117" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) обеспечивает проведение процедур, необходимых для своевременного избрания Совета; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z118" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) создает условия и оказывает содействие в работе Совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z119" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Состав Совета утверждается приказом руководителя организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z120" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Председатель и секретарь Совета избираются большинством голосов из состава Совета на первом заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z121" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Секретарь Совета не принимает участие в голосовании Совета и обсуждении вопросов, выносимых на заседание Совета. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z122" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Секретарь Совета является лицом, обеспечивающим ведение делопроизводства Совета: извещение членов и приглашенных лиц, о дате и месте проведения заседания Совета, составление проекта плана работы Совета, ведение протокола и ее хранение, прием заявлений и предложений, а также регистрацию писем, поступающих на имя Совета. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z123" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Секретарь Совета обеспечивает мониторинг исполнения решений Совета и доводит об их результатах исполнения членам Совета. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z124" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Председатель Совета созывает заседания Совета и определяет повестку дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z125" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Члены Совета:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z126" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) вносят предложения по повестке дня заседания; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z127" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) участвуют в подготовке материалов к заседаниям Совета и проектов его решений; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z128" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) принимают участие в обсуждении вопросов, рассматриваемых Советом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z129" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внеочередное заседание Совета, может быть проведено по решению председателя и (или) по предложению руководителя организации образования, и (или) по инициативе более одной трети от общего числа членов Совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z130" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. При рассмотрении вопроса о соблюдении педагогической этики педагог имеет право на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z131" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получение в письменном виде информации о рассматриваемом вопросе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z132" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ознакомление со всеми материалами по рассматриваемому вопросу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z133" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) защиту своих прав и законных интересов всеми не противоречащими закону способами лично или через представителя в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z134" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) получение решения в письменном виде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z135" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обжалование принятого решения в порядке, установленном законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z136" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Деятельность члена Совета прекращается в случае наступления обстоятельств, предусмотренные пунктом 8 настоящего Положения, а также в случае смерти члена Совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z137" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. По решению Совета, член Совета может быть выведен из его состава в случаях: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z138" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) непосещения заседаний Совета более трех раз в течение года, за исключением времени нахождения в состоянии временной нетрудоспособности, освобождения от работы для выполнения государственных или общественных обязанностей, нахождения в отпуске, командировке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z139" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) подачи заявления члена Совета о выходе из состава Совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z140" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в случае разглашения деталей разбирательства в отношении педагога без его письменного согласия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z141" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) предусмотренных пунктом 16 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z142" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) нарушения требований пункта 19 настоящих Правил. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z143" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18. Заседания Совета: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z144" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) считаются правомочными, если на них присутствует не менее двух третей от общего числа членов Совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z145" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проводятся согласно Плану работы, но не реже одного раза в квартал, а также по мере поступления обращений и жалоб.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z146" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) о дате и повестке дня Совета уведомляются работники, а также заинтересованные лица секретарем Совета не позднее 7 календарных дней до его проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z147" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Члены Совета участвуют на его заседаниях без права замены.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z148" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Член Совета не может участвовать в обсуждении и голосовании по делу, если он либо совместно проживающие с ним близкие родственники связаны с лицом, в отношении которого рассматривается дело, родственными отношениями либо находятся в служебной или иной зависимости от указанного лица. Член Совета извещает членов Совета о данных обстоятельствах до обсуждения и голосования Совета по соответствующему делу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z149" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Совет принимает решения простым большинством голосов от числа присутствующих на заседании членов Совета. При равенстве голосов голос председательствующего является решающим. Члены Совета не могут воздерживаться при голосовании. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z150" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. В отсутствие председателя Совета по его поручению исполняет обязанности председателя один из членов Совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z151" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Заседание Совета оформляется в виде протокола, который подписывается председателем и секретарем Совета. Протокол заседания Совета - официальный письменный документ, отражающий ход заседания Совета и принятые на нем рекомендации. Протокол должен храниться в организации образования и должен быть включен в номенклатуру дел организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z152" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Обращение физического и (или) юридического лица, для рассмотрения которого не требуется получение информации от иных субъектов, должностных лиц, рассматривается Советом в течение пятнадцати календарных дней со дня поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z153" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обращение физического и (или) юридического лица, для рассмотрения которого требуются получение информации от иных субъектов, должностных лиц, рассматривается Советом и по нему принимается решение в течение тридцати календарных дней со дня поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z154" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Об итогах его рассмотрения должно быть незамедлительно сообщено заявителю на самом заседании либо по итогам его рассмотрения секретарем Совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z155" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24. Рассмотрение дела в отношении педагога приостанавливается на период: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z156" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) временной нетрудоспособности; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z157" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) нахождения в отпуске или командировке; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z158" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) освобождения от исполнения своих должностных обязанностей на время выполнения им государственных или общественных обязанностей; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z159" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) нахождения на подготовке, переподготовке, курсах повышения квалификации и стажировке. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z160" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25. Секретарем принимаются меры по извещению лиц, привлекаемых к ответственности, о месте и времени проведения заседания Совета не позднее, чем за 7 календарных дней. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z161" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рассмотрение дела на заседании Совета может происходить без участия лиц, привлекаемых к ответственности, если они были надлежащим образом извещены о времени и месте заседания Совета не менее чем за три дня до проведения заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z162" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26. Надлежащим извещением в настоящих Правилах признается извещение лица письмом, заказным письмом или телеграммой, которые вручаются ему лично или кому-то из совместно проживающих с ним совершеннолетних членов семьи под расписку либо с использованием иных средств связи, обеспечивающих фиксирование извещения или вызова. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z163" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27. При рассмотрении вопроса ответственности педагога на заседании Совет разрешает следующие вопросы: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z164" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) имело ли место конкретное действие (бездействие), являющееся основанием для рассмотрения ответственности педагога; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z165" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) является ли это действие (бездействие) нарушением этики; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z166" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) совершено ли это нарушение этики педагогом; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z167" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) усматривается ли вина педагога в совершении нарушения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z168" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. По итогам рассмотрения дела Совет рекомендует руководителю организации образования налагать и (или) не налагать соответствующее взыскание на педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z169" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Решение Совета носит рекомендательный характер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z170" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Руководитель организации образования при рассмотрении рекомендации Совета принимает решение в соответствии с требованиями трудового и иного законодательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z171" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Разбирательства в отношении педагога и принятые на их основании решения могут быть преданы гласности только с его письменного согласия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z172" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Секретарь Совета письменно сообщает заявителю результаты рассмотрения его обращения в установленные законодательством сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z173" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, заявителя информируют о необходимости соблюдения требований пункта 4 статьи 16 Закона Республики Казахстан "О статусе педагога" и пункта 31 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
+				</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...75 lines deleted...]
-</w:settings>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
     <w:name w:val="Normal"/>
+    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
+    <w:rsid w:val="004A3277"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...2 lines deleted...]
-    <w:link w:val="30"/>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D32"/>
+    <w:rsid w:val="00841CD9"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="true">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="true">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="true">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="true">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="true">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="true">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="8" w:space="4"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="true">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="008C2D32"/>
+    <w:qFormat/>
+    <w:rsid w:val="007109C0"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...5 lines deleted...]
-    <w:rsid w:val="008C2D32"/>
+  <w:style w:type="paragraph" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...5 lines deleted...]
-    <w:rsid w:val="008C2D32"/>
+  <w:style w:type="paragraph" w:styleId="DocDefaults">
+    <w:name w:val="DocDefaults"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...296 lines deleted...]
-</a:theme>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...9 lines deleted...]
-</cp:coreProperties>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>